--- v0 (2025-11-28)
+++ v1 (2026-01-23)
@@ -132,51 +132,51 @@
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>Naturschutz</t>
   </si>
   <si>
     <t>Vogelschutzgebiet besonderer Bedeutung (EG)</t>
   </si>
   <si>
     <t>Natura 2000</t>
   </si>
   <si>
     <t>DE-7015-405</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((443363.66000000015 5425601.949999999, 443374.5599999996 5425603.720000001, 443396.7000000002 5425604.050000001, 443406.71999999974 5425604.33, 443417.41000000015 5425604.619999999, 443420.3099999996 5425604.76, 443424.2999999998 5425606.18, 443426.1500000004 5425582.42, 443422.1200000001 5425580.4, 443413.36000000034 5425575.880000001, 443407.4400000004 5425572.630000001, 443404.4400000004 5425570.85, 443404.8300000001 5425558.0600000005, 443403.9199999999 5425546.1, 443408.61000000034 5425536.699999999, 443412.58999999985 5425533.43, 443416.3499999996 5425548.529999999, 443417.9199999999 5425549.779999999, 443420.01999999955 5425545.890000001, 443428.33999999985 5425536.42, 443429.73000000045 5425534.85, 443434.25 5425529.6899999995, 443435.75 5425527.890000001, 443442.4900000002 5425520.08, 443459.1900000004 5425502.67, 443462.1200000001 5425499.32, 443478.28000000026 5425480.539999999, 443492.5499999998 5425464.34, 443512.6500000004 5425441.710000001, 443520.8700000001 5425454.039999999, 443528.1699999999 5425463.6, 443530 5425465.99, 443534.0499999998 5425470.23, 443563.9000000004 5425501.380000001, 443565.83999999985 5425502.970000001, 443569.11000000034 5425506.41, 443569.51999999955 5425506.84, 443571.6799999997 5425509, 443582.3300000001 5425504.84, 443752.3700000001 5425411.17, 443774.5499999998 5425401.52, 443903.5999999996 5425347.050000001, 443981.3200000003 5425288.77, 443994.5099999998 5425278.710000001, 444037.8200000003 5425254.630000001, 444080.6900000004 5425230.27, 444126.03000000026 5425202.800000001, 444131.28000000026 5425199.949999999, 444135.63999999966 5425199.84, 444138.3799999999 5425202.08, 444140.8700000001 5425204.130000001, 444144.8700000001 5425207.41, 444134.03000000026 5425213.960000001, 444128.26999999955 5425217.4399999995, 444123.79000000004 5425220.140000001, 444117.66000000015 5425223.84, 444111.58999999985 5425227.5, 444106.03000000026 5425230.859999999, 444100.5599999996 5425234.16, 444095.20999999996 5425237.390000001, 444089.63999999966 5425240.75, 444084.0700000003 5425244.109999999, 444078.3499999996 5425247.57, 444072.71999999974 5425250.960000001, 444066.9900000002 5425254.42, 444061.70999999996 5425257.609999999, 444056.46999999974 5425260.75, 444055.48000000045 5425261.35, 444051.08999999985 5425264.01, 444045.5599999996 5425267.35, 444039.3499999996 5425271.09, 444034 5425274.32, 444028.0499999998 5425277.91, 444022.9000000004 5425281.02, 444017.0099999998 5425284.58, 444011.71999999974 5425287.77, 444008.3099999996 5425289.82, 444005.8799999999 5425291.77, 443999.33999999985 5425297, 443993.76999999955 5425301.460000001, 443986.5 5425307.27, 443978.6799999997 5425313.52, 443970.0499999998 5425320.4399999995, 443959.1699999999 5425329.140000001, 443929.6500000004 5425352.49, 443990.6900000004 5425366.960000001, 443996.5800000001 5425367.859999999, 444016.63999999966 5425369.390000001, 444031.58999999985 5425370.52, 444045.21999999974 5425371.5600000005, 444054.86000000034 5425372.289999999, 444056.6900000004 5425372.6, 444067.71999999974 5425374.17, 444078.16000000015 5425375.82, 444083.5 5425376.6, 444084.4299999997 5425378.279999999, 444116.13999999966 5425359.74, 444144.16000000015 5425374.82, 444187.45999999996 5425398.1, 444161.29000000004 5425413.710000001, 444174.3200000003 5425414.779999999, 444184.2000000002 5425415.59, 444196.2400000002 5425416.57, 444206.7999999998 5425417.4, 444218.4400000004 5425418.4, 444230.63999999966 5425419.4, 444242.13999999966 5425420.34, 444254.8300000001 5425421.390000001, 444267.03000000026 5425422.390000001, 444279.11000000034 5425423.539999999, 444291.36000000034 5425424.710000001, 444304.2999999998 5425425.5600000005, 444311.5099999998 5425426.039999999, 444317.25 5425426.48, 444330.04000000004 5425427.470000001, 444343.5099999998 5425428.52, 444355.75 5425429.470000001, 444368.75 5425430.48, 444382.61000000034 5425431.5600000005, 444383.4000000004 5425431.619999999, 444394.38999999966 5425432.470000001, 444404.86000000034 5425433.289999999, 444416.2599999998 5425434.18, 444427.1799999997 5425435.029999999, 444429.26999999955 5425435.18, 444440 5425435.140000001, 444453.4199999999 5425435.039999999, 444468.91000000015 5425434.98, 444484.2599999998 5425434.92, 444505.5099999998 5425434.83, 444506.4299999997 5425434.83, 444566.08999999985 5425429.699999999, 444567.7400000002 5425435.800000001, 444568.66000000015 5425439.1899999995, 444569.6900000004 5425442.99, 444564.9000000004 5425444.630000001, 444558.7000000002 5425446.76, 444553.63999999966 5425448.49, 444548.1299999999 5425450.390000001, 444542.8499999996 5425452.1899999995, 444534.5 5425455.050000001, 444525.9199999999 5425457.98, 444519.88999999966 5425460.050000001, 444513.78000000026 5425462.140000001, 444506.8799999999 5425464.43, 444500.38999999966 5425466.5600000005, 444493.8799999999 5425468.710000001, 444486.7599999998 5425471.050000001, 444479.26999999955 5425473.52, 444472.5499999998 5425475.74, 444464.45999999996 5425478.41, 444456.76999999955 5425480.9399999995, 444448.8300000001 5425483.550000001, 444439.45999999996 5425486.640000001, 444430.0599999996 5425489.74, 444420.26999999955 5425492.960000001, 444410.0099999998 5425496.35, 444398.6699999999 5425500.09, 444394.5999999996 5425500.85, 444391.8300000001 5425501.359999999, 444391.0499999998 5425501.52, 444387.46999999974 5425502.23, 444383.5499999998 5425503.01, 444379.76999999955 5425503.76, 444375.4400000004 5425504.609999999, 444371.8200000003 5425505.32, 444368.11000000034 5425506.050000001, 444363.6500000004 5425506.92, 444359.73000000045 5425507.699999999, 444356.2400000002 5425508.390000001, 444352.20999999996 5425509.18, 444347.9900000002 5425510, 444344.01999999955 5425510.789999999, 444339.6799999997 5425511.640000001, 444335.7599999998 5425512.42, 444331.75 5425513.210000001, 444327.5700000003 5425514.02, 444323.4400000004 5425514.83, 444319.6799999997 5425515.57, 444306.79000000004 5425518.109999999, 444302.1299999999 5425519.029999999, 444298.16000000015 5425519.8100000005, 444293.5599999996 5425520.720000001, 444289.0999999996 5425521.59, 444287.6799999997 5425521.869999999, 444286.6200000001 5425522.140000001, 444279.73000000045 5425522.130000001, 444274.70999999996 5425522.119999999, 444269.7999999998 5425522.119999999, 444265.08999999985 5425522.1, 444260.36000000034 5425522.1, 444255.21999999974 5425522.08, 444250.1299999999 5425522.07, 444245.29000000004 5425522.0600000005, 444240.13999999966 5425522.0600000005, 444235.4299999997 5425522.039999999, 444230.4000000004 5425522.029999999, 444224.7599999998 5425522.029999999, 444219.61000000034 5425522.02, 444214.95999999996 5425522, 444209.4299999997 5425522, 444204.29000000004 5425521.98, 444199.6200000001 5425521.98, 444194.2599999998 5425521.970000001, 444189.38999999966 5425521.960000001, 444183.2999999998 5425521.960000001, 444172.8799999999 5425521.960000001, 444167.79000000004 5425521.960000001, 444163.1299999999 5425521.960000001, 444157.4199999999 5425521.960000001, 444151.76999999955 5425521.949999999, 444145.8700000001 5425522.0600000005, 444140.16000000015 5425522.16, 444135.0800000001 5425522.32, 444126.63999999966 5425522.59, 444119.8300000001 5425522.8100000005, 444118.8799999999 5425522.99, 444111.25 5425524.41, 444099.0099999998 5425526.710000001, 444091.9900000002 5425528.02, 444084.8700000001 5425529.359999999, 444074.4000000004 5425531.3100000005, 444063.21999999974 5425533.4, 444056.0700000003 5425534.75, 444048.6799999997 5425536.130000001, 444039.98000000045 5425537.75, 444032.20999999996 5425539.210000001, 444024.26999999955 5425540.6899999995, 444016.33999999985 5425542.26, 444006.36000000034 5425544.220000001, 443997.95999999996 5425545.880000001, 443989.21999999974 5425547.6, 443980.03000000026 5425549.41, 443970.3799999999 5425551.369999999, 443959.78000000026 5425553.460000001, 443948.3799999999 5425555.43, 443936.8300000001 5425557.699999999, 443925.8499999996 5425560.09, 443914.29000000004 5425562.68, 443902.01999999955 5425565.27, 443900.41000000015 5425565.609999999, 443889.7000000002 5425567.82, 443878.0999999996 5425570.199999999, 443863.3099999996 5425573.24, 443832.41000000015 5425579.1, 443811.78000000026 5425583.140000001, 443788.25 5425587.27, 443788.25 5425603.289999999, 443788.25 5425607.470000001, 443787.2999999998 5425607.380000001, 443764.61000000034 5425604.449999999, 443754.96999999974 5425603.300000001, 443730.41000000015 5425600.619999999, 443729.83999999985 5425600.5600000005, 443718.53000000026 5425612.9, 443709.78000000026 5425622.449999999, 443694.9199999999 5425638.67, 443692.5599999996 5425640.449999999, 443687.66000000015 5425644.130000001, 443680.48000000045 5425649.529999999, 443678.91000000015 5425650.720000001, 443667.0999999996 5425659.779999999, 443646.83999999985 5425675.289999999, 443626.3300000001 5425691.0600000005, 443615.8099999996 5425698.18, 443612 5425700.77, 443609.48000000045 5425702.470000001, 443608.61000000034 5425703.119999999, 443602.4400000004 5425707.720000001, 443596.61000000034 5425712.07, 443593.54000000004 5425714.35, 443587.3200000003 5425718.99, 443584.2400000002 5425721.289999999, 443581.28000000026 5425723.48, 443578.29000000004 5425725.73, 443572.51999999955 5425730.029999999, 443569.53000000026 5425732.26, 443566.5999999996 5425734.4399999995, 443561.0599999996 5425738.5600000005, 443558.1699999999 5425740.720000001, 443555.5599999996 5425742.630000001, 443553.76999999955 5425743.970000001, 443552.70999999996 5425744.76, 443550.98000000045 5425746.050000001, 443546.9500000002 5425749.0600000005, 443540.8099999996 5425753.66, 443536.8099999996 5425756.59, 443533.6699999999 5425758.99, 443529.9199999999 5425761.789999999, 443528.20999999996 5425763.0600000005, 443526 5425764.720000001, 443521.1699999999 5425771.57, 443518.3499999996 5425775.5600000005, 443515.91000000015 5425779.02, 443513.2999999998 5425782.73, 443511.26999999955 5425785.6, 443508.20999999996 5425789.9399999995, 443505.4299999997 5425793.869999999, 443503.0099999998 5425797.289999999, 443499.48000000045 5425802.289999999, 443496.1200000001 5425807.07, 443492.53000000026 5425812.140000001, 443489.1200000001 5425816.970000001, 443485.03000000026 5425822.76, 443481.88999999966 5425827.25, 443477.4900000002 5425833.58, 443473.11000000034 5425839.859999999, 443469.2999999998 5425845.32, 443466.3300000001 5425849.58, 443463.1799999997 5425854.1, 443459.9900000002 5425858.67, 443456.58999999985 5425863.57, 443453.1799999997 5425868.449999999, 443446.13999999966 5425878.5600000005, 443442.9000000004 5425883.210000001, 443439.0700000003 5425888.77, 443435.95999999996 5425893.289999999, 443432.5800000001 5425898.210000001, 443429.0999999996 5425903.26, 443426.1200000001 5425907.58, 443423.0700000003 5425912.02, 443419.7999999998 5425916.77, 443416.5999999996 5425921.41, 443411.86000000034 5425928.300000001, 443407.25 5425935, 443405.13999999966 5425938.0600000005, 443403.6299999999 5425940.27, 443400.4500000002 5425944.880000001, 443397.46999999974 5425949.210000001, 443394.4000000004 5425953.68, 443391.25 5425958.26, 443388.6299999999 5425962.0600000005, 443385.8300000001 5425966.119999999, 443382.3499999996 5425971.18, 443379.2400000002 5425975.710000001, 443378.9400000004 5425976.43, 443376.70999999996 5425981.779999999, 443374.6799999997 5425986.65, 443372.4199999999 5425992.09, 443370.0800000001 5425997.699999999, 443367.83999999985 5426003.08, 443365.66000000015 5426008.300000001, 443363.2999999998 5426013.970000001, 443360.83999999985 5426019.9, 443358.8799999999 5426024.59, 443356.76999999955 5426029.66, 443354.8099999996 5426034.369999999, 443352.76999999955 5426039.25, 443350.54000000004 5426044.609999999, 443348.46999999974 5426049.58, 443346.25 5426054.91, 443344.4900000002 5426059.15, 443342.48000000045 5426063.9399999995, 443340.20999999996 5426069.41, 443335.7400000002 5426080.119999999, 443330.66000000015 5426092.35, 443325.0099999998 5426105.890000001, 443322.33999999985 5426112.720000001, 443319.7400000002 5426119.369999999, 443317.63999999966 5426126.35, 443315.51999999955 5426133.390000001, 443312.0599999996 5426144.869999999, 443275.9199999999 5426117.49, 443254.04000000004 5426100.93, 443246.5999999996 5426095.300000001, 443233.86000000034 5426085.76, 443228.3099999996 5426104.029999999, 443223.2000000002 5426119.8100000005, 443220.8200000003 5426127.17, 443218.54000000004 5426134.199999999, 443215.8300000001 5426142.5600000005, 443214.2999999998 5426147.32, 443211.79000000004 5426155.0600000005, 443209.25 5426162.91, 443207.5099999998 5426169.15, 443206.1500000004 5426176.119999999, 443204.6699999999 5426183.66, 443202.9400000004 5426192.470000001, 443201.29000000004 5426200.869999999, 443198.0999999996 5426217.18, 443196.5 5426225.300000001, 443194.7400000002 5426234.26, 443192.95999999996 5426243.34, 443191.36000000034 5426251.48, 443189.51999999955 5426260.93, 443187.9199999999 5426270.1899999995, 443186.21999999974 5426279.91, 443184.54000000004 5426289.51, 443182.7999999998 5426299.43, 443180.98000000045 5426309.85, 443179.3499999996 5426319.17, 443176.96999999974 5426332.75, 443174.78000000026 5426345.289999999, 443172.61000000034 5426357.68, 443170.4299999997 5426370.119999999, 443168.29000000004 5426382.34, 443165.9400000004 5426395.73, 443165.0099999998 5426401.09, 443163.76999999955 5426408.18, 443164.9000000004 5426420.01, 443166.0800000001 5426432.300000001, 443167.29000000004 5426444.859999999, 443168.5800000001 5426458.289999999, 443169.76999999955 5426470.710000001, 443170.9199999999 5426482.699999999, 443171.46999999974 5426488.359999999, 443172.0800000001 5426494.800000001, 443173.3700000001 5426508.140000001, 443174.66000000015 5426521.6, 443175.8499999996 5426534.029999999, 443177.21999999974 5426548.279999999, 443178.54000000004 5426562.1, 443178.8700000001 5426565.85, 443179.83999999985 5426576.85, 443180.96999999974 5426589.82, 443183.3300000001 5426616.84, 443185.61000000034 5426642.91, 443186.6500000004 5426654.76, 443187.4500000002 5426664.029999999, 443188.38999999966 5426674.67, 443189.2400000002 5426684.34, 443190.46999999974 5426698.48, 443190.86000000034 5426702.890000001, 443194.3700000001 5426711.9399999995, 443196.8799999999 5426718.41, 443200.0099999998 5426726.470000001, 443203.0999999996 5426734.42, 443206.41000000015 5426742.949999999, 443209.45999999996 5426750.8100000005, 443212.29000000004 5426758.109999999, 443215.36000000034 5426766.02, 443218.36000000034 5426774.210000001, 443223.36000000034 5426787.35, 443228.0099999998 5426799.58, 443231.25 5426808.1, 443234.51999999955 5426816.6899999995, 443237.9000000004 5426825.59, 443240.61000000034 5426832.73, 443243.11000000034 5426839.300000001, 443248.6200000001 5426845.17, 443252.98000000045 5426849.82, 443257.9400000004 5426855.130000001, 443262.4500000002 5426859.9399999995, 443269.88999999966 5426867.880000001, 443276.6500000004 5426875.109999999, 443281.01999999955 5426879.789999999, 443286.79000000004 5426885.9399999995, 443291.4500000002 5426890.9, 443295.4900000002 5426895.220000001, 443293.5099999998 5426897.630000001, 443378.38999999966 5426969.9399999995, 443404.16000000015 5426981.42, 443409 5426983.57, 443481.5599999996 5427015.880000001, 443578.21999999974 5427045.109999999, 443574.23000000045 5427049.279999999, 443571.8799999999 5427051.720000001, 443577.04000000004 5427053.220000001, 443581.5 5427054.52, 443586.1299999999 5427049.98, 443607.9299999997 5427028.08, 443613.5700000003 5427025.529999999, 443856.1299999999 5427106.699999999, 443863.7000000002 5427107.550000001, 443868.26999999955 5427108.0600000005, 443896.0999999996 5427118.74, 443901.8700000001 5427120.369999999, 443946.5800000001 5427136.33, 443945.20999999996 5427116.800000001, 444215.8200000003 5427111.539999999, 444386.20999999996 5427062.130000001, 444472.3700000001 5427035.779999999, 444501.4900000002 5427027.9399999995, 444508.4500000002 5427025.41, 444520.3799999999 5427021.07, 444532.5999999996 5427016.630000001, 444544.3700000001 5427012.35, 444557.13999999966 5427007.699999999, 444569.11000000034 5427003.35, 444580.8099999996 5426999.09, 444592.73000000045 5426994.77, 444604.1500000004 5426990.619999999, 444614.8200000003 5426986.74, 444633.9000000004 5426979.800000001, 444643.4299999997 5426976.34, 444652.96999999974 5426972.869999999, 444658.9400000004 5426970.85, 444671.54000000004 5426966.58, 444682.1799999997 5426962.98, 444694.8799999999 5426958.470000001, 444710.1500000004 5426952.890000001, 444717.66000000015 5426950.140000001, 444719.4000000004 5426950.1899999995, 444724.79000000004 5426950.34, 444726.1699999999 5426950.33, 444771.04000000004 5426933.35, 444769.38999999966 5426931.3100000005, 444761.16000000015 5426918.84, 444753.9299999997 5426907.869999999, 444751.9900000002 5426904.93, 444761.53000000026 5426896.6, 444772.3300000001 5426887.27, 444783.9900000002 5426877.76, 444788.1900000004 5426874.32, 444798.38999999966 5426866.01, 444808.2000000002 5426857.99, 444818.28000000026 5426849.710000001, 444828.66000000015 5426841.1899999995, 444838.71999999974 5426832.880000001, 444848.7400000002 5426824.6, 444859.01999999955 5426816.119999999, 444869.08999999985 5426807.800000001, 444896.6699999999 5426788, 444903.70999999996 5426782.23, 444910.0099999998 5426777.08, 444924.38999999966 5426764.220000001, 444927.08999999985 5426761.98, 444939.9299999997 5426751.57, 444950.96999999974 5426742.02, 444962.23000000045 5426731.27, 444962.3499999996 5426729.109999999, 444962.38999999966 5426728.470000001, 444980.20999999996 5426709.52, 444983.70999999996 5426712.1899999995, 445012.9400000004 5426684.130000001, 445023.7599999998 5426673.75, 445027.6500000004 5426675.4, 445032.53000000026 5426663.119999999, 445037.4199999999 5426653.3100000005, 445034.5800000001 5426651.369999999, 445044.9000000004 5426633.289999999, 445051.0599999996 5426608.390000001, 445077.3499999996 5426563.210000001, 445094.53000000026 5426626.16, 445130.2999999998 5426615.91, 445130.9400000004 5426611.32, 445181.6699999999 5426636.91, 445194.63999999966 5426615.630000001, 445196.29000000004 5426612.9399999995, 445199.4199999999 5426607.460000001, 445249.0999999996 5426635.210000001, 445262.0999999996 5426642.76, 445278.21999999974 5426652.109999999, 445280.29000000004 5426653.32, 445289.5700000003 5426658.15, 445290.76999999955 5426657.949999999, 445328.4000000004 5426633.710000001, 445364.79000000004 5426609.92, 445404.5 5426583.58, 445439.33999999985 5426560.470000001, 445474.78000000026 5426536.93, 445481.45999999996 5426532.35, 445488.0700000003 5426528.08, 445503.45999999996 5426518.02, 445519.8499999996 5426507.380000001, 445535.53000000026 5426497, 445548.95999999996 5426488.210000001, 445551.8499999996 5426486.09, 445563.1699999999 5426477.92, 445572.25 5426471.09, 445577.29000000004 5426466.17, 445580.98000000045 5426462.119999999, 445594.5800000001 5426447.6899999995, 445620.9400000004 5426416.26, 445625.45999999996 5426411.73, 445628.2000000002 5426407.51, 445630.9900000002 5426403.59, 445635.0700000003 5426398.220000001, 445640.9900000002 5426390.92, 445644.78000000026 5426386.33, 445649.58999999985 5426381.01, 445671.63999999966 5426356.99, 445671.75 5426354.960000001, 445670.61000000034 5426349.779999999, 445670.26999999955 5426345.470000001, 445670.4000000004 5426342.41, 445671.1799999997 5426339.17, 445674.11000000034 5426333.5, 445678.11000000034 5426332.91, 445681.70999999996 5426333.07, 445682 5426329.35, 445682.1699999999 5426327.15, 445685.8499999996 5426327.65, 445724.3200000003 5426329.359999999, 445726.9199999999 5426329.48, 445732.3099999996 5426329.57, 445737.71999999974 5426329.66, 445758.5099999998 5426330.029999999, 445761.4299999997 5426330.08, 445764.4500000002 5426330.130000001, 445766.4000000004 5426330.17, 445768.13999999966 5426330.119999999, 445774.9000000004 5426329.91, 445775.2000000002 5426333.76, 445784.86000000034 5426333.390000001, 445794.21999999974 5426333.02, 445797.6299999999 5426332.890000001, 445800.45999999996 5426333.050000001, 445806.5599999996 5426333.43, 445811.13999999966 5426333.720000001, 445818.7599999998 5426334.199999999, 445826.0999999996 5426334.65, 445833.58999999985 5426335.109999999, 445843.08999999985 5426335.699999999, 445845.76999999955 5426335.859999999, 445861.36000000034 5426341.359999999, 445874.5800000001 5426352.84, 445883.3799999999 5426363.720000001, 445885.54000000004 5426366.390000001, 445892.6799999997 5426378.17, 445894.58999999985 5426381.34, 445895.88999999966 5426388.77, 445897.9900000002 5426401, 445899.0700000003 5426407.18, 445899.1299999999 5426414.08, 445899.2400000002 5426427.289999999, 445899.3700000001 5426441.73, 445899.4900000002 5426455.24, 445899.61000000034 5426469.130000001, 445899.6500000004 5426472.449999999, 445899.7000000002 5426483.23, 445899.79000000004 5426497.029999999, 445899.8700000001 5426512.380000001, 445899.95999999996 5426527.789999999, 445900.0499999998 5426541.029999999, 445900.0499999998 5426543.32, 445900.11000000034 5426559.6, 445900.1699999999 5426575.3100000005, 445900.23000000045 5426592.539999999, 445900.29000000004 5426608.85, 445900.3099999996 5426611.08, 445899.79000000004 5426624.49, 445899.13999999966 5426641.4, 445899.0499999998 5426643.539999999, 445897.7000000002 5426657.3100000005, 445896.9400000004 5426665.09, 445895.79000000004 5426672.890000001, 445893.78000000026 5426686.59, 445892.83999999985 5426691.300000001, 445888.78000000026 5426711.33, 445886.96999999974 5426717.92, 445881.3499999996 5426735.84, 445873.01999999955 5426762.42, 445864.78000000026 5426788.73, 445860.1799999997 5426803.4, 445855.73000000045 5426819.27, 445854.3799999999 5426823.84, 445846.4500000002 5426850.85, 445842.7000000002 5426863.6, 445839.46999999974 5426874.6, 445833.76999999955 5426894.02, 445828.8499999996 5426910.77, 445825.03000000026 5426923.75, 445823.66000000015 5426924.07, 445820.88999999966 5426934.949999999, 445819.95999999996 5426938.6, 445819.9000000004 5426951.34, 445821.9900000002 5426964.1899999995, 445822.4299999997 5426967.1, 445824.0800000001 5426977.91, 445827.98000000045 5426993.390000001, 445831.5999999996 5427007.779999999, 445832.11000000034 5427009.789999999, 445835.0099999998 5427020.17, 445829.7400000002 5427026.01, 445801.0099999998 5427051.41, 445795.1699999999 5427055.1, 445787.6799999997 5427059.85, 445774.0999999996 5427071.529999999, 445756.1299999999 5427099.1899999995, 445744.9199999999 5427123.6899999995, 445712.0599999996 5427175.6, 445671.04000000004 5427234.74, 445650.6200000001 5427255.83, 445614.29000000004 5427285.449999999, 445588.33999999985 5427308.1, 445555.0099999998 5427332.699999999, 445533.1299999999 5427344.4, 445504.86000000034 5427353.73, 445482.36000000034 5427357.9399999995, 445468.4299999997 5427361.33, 445449.8300000001 5427377.699999999, 445429.61000000034 5427402.98, 445416.5700000003 5427415.1899999995, 445364.70999999996 5427446.01, 445333.13999999966 5427468.08, 445315.6200000001 5427480.33, 445263.0700000003 5427517.07, 445227.3700000001 5427539.26, 445190.5800000001 5427556.9, 445144.83999999985 5427578.84, 445103.3200000003 5427589.279999999, 445085.36000000034 5427594.199999999, 445075.5700000003 5427577.529999999, 444934.2400000002 5427610.140000001, 444882.41000000015 5427629.720000001, 444878.26999999955 5427625.85, 444873.96999999974 5427628.380000001, 444868.79000000004 5427631.4399999995, 444864.48000000045 5427634, 444848.5 5427643.470000001, 444829.3799999999 5427653.1, 444806.9900000002 5427662.109999999, 444793.0599999996 5427667.720000001, 444787.11000000034 5427643.32, 444811.1200000001 5427636.09, 444817.4199999999 5427633.65, 444823.4900000002 5427630.699999999, 444829.3300000001 5427627.289999999, 444834.8799999999 5427623.4399999995, 444843.2400000002 5427616.15, 444845.26999999955 5427613.58, 444846.63999999966 5427610.619999999, 444847.28000000026 5427607.41, 444847.1699999999 5427604.15, 444844.16000000015 5427593.880000001, 444850.75 5427576.15, 444859.41000000015 5427575.83, 444868.9000000004 5427575.470000001, 444877.25 5427575.16, 444883.6799999997 5427574.91, 444889.7999999998 5427574.68, 444895.8099999996 5427574.460000001, 444897.91000000015 5427574.380000001, 444905.8799999999 5427570.52, 444910.88999999966 5427568.08, 444915.79000000004 5427565.710000001, 444925.41000000015 5427561.050000001, 444933.3300000001 5427557.199999999, 444936.28000000026 5427555.779999999, 444947.54000000004 5427552.890000001, 444958.61000000034 5427550.039999999, 444964.4500000002 5427548.539999999, 444970.5999999996 5427546.960000001, 444975.96999999974 5427545.58, 444982.63999999966 5427543.859999999, 444988.8300000001 5427540.529999999, 444990.33999999985 5427539.720000001, 445005.6299999999 5427537.050000001, 445015.6500000004 5427534.289999999, 445024.76999999955 5427531.76, 445031.71999999974 5427529.83, 445033.26999999955 5427529.4, 445037.5099999998 5427527.199999999, 445040.0999999996 5427525.869999999, 445043 5427524.369999999, 445049.23000000045 5427521.15, 445052.1500000004 5427520.6899999995, 445070.78000000026 5427511.35, 445082.2000000002 5427505.6, 445094.73000000045 5427501.029999999, 445107.28000000026 5427496.4399999995, 445112.0800000001 5427494.24, 445131.5700000003 5427485.35, 445153.0999999996 5427475.52, 445182.0499999998 5427443.76, 445192.91000000015 5427431.859999999, 445198.5800000001 5427426.1899999995, 445204.16000000015 5427420.640000001, 445209.5999999996 5427415.210000001, 445215.58999999985 5427409.24, 445220.78000000026 5427404.07, 445226.38999999966 5427398.48, 445229.4500000002 5427395.43, 445231.54000000004 5427393.33, 445237.4000000004 5427387.5, 445242.1900000004 5427382.74, 445242.46999999974 5427382.449999999, 445244.9199999999 5427380.01, 445248.13999999966 5427376.789999999, 445253.3099999996 5427371.640000001, 445253.9299999997 5427371.01, 445259.5700000003 5427365.4, 445264.0599999996 5427360.91, 445267.86000000034 5427357.140000001, 445270.78000000026 5427354.210000001, 445273.6500000004 5427351.359999999, 445276.16000000015 5427348.85, 445276.48000000045 5427348.539999999, 445278.51999999955 5427346.5, 445283.83999999985 5427341.199999999, 445288.0700000003 5427336.98, 445292.3099999996 5427332.76, 445293.9000000004 5427331.17, 445295.4400000004 5427329.630000001, 445298.4000000004 5427326.550000001, 445303.26999999955 5427321.48, 445309.21999999974 5427315.300000001, 445312.01999999955 5427312.380000001, 445312.71999999974 5427311.640000001, 445315.33999999985 5427308.92, 445318.9900000002 5427305.119999999, 445323.3300000001 5427300.619999999, 445326.78000000026 5427297.02, 445327.5999999996 5427296.18, 445331.20999999996 5427292.42, 445335.0999999996 5427288.359999999, 445339.70999999996 5427283.57, 445340.51999999955 5427282.73, 445344.8799999999 5427278.1899999995, 445348.03000000026 5427274.92, 445350.5499999998 5427272.289999999, 445352.9000000004 5427269.859999999, 445356.36000000034 5427266.039999999, 445361.9500000002 5427260.26, 445364.88999999966 5427257.24, 445368.36000000034 5427253.640000001, 445374.3300000001 5427247.48, 445374.9400000004 5427246.84, 445377.0099999998 5427244.710000001, 445380.8300000001 5427240.75, 445383.98000000045 5427237.51, 445386.4000000004 5427235, 445391.4299999997 5427229.800000001, 445392.3799999999 5427228.8100000005, 445399.2000000002 5427221.779999999, 445402.7599999998 5427218.1, 445405.9000000004 5427214.85, 445409.8700000001 5427210.75, 445411.73000000045 5427208.699999999, 445416.3700000001 5427203.57, 445419.8700000001 5427199.699999999, 445421.23000000045 5427198.199999999, 445424.5800000001 5427194.5, 445427.61000000034 5427191.16, 445429.1200000001 5427189.48, 445430.0999999996 5427188.4, 445436.28000000026 5427181.5600000005, 445438.38999999966 5427179.24, 445440.1699999999 5427177.27, 445444.1200000001 5427172.91, 445447.6500000004 5427169, 445450.3700000001 5427166.01, 445451.73000000045 5427164.51, 445457.4400000004 5427158.199999999, 445461.9199999999 5427153.24, 445462.86000000034 5427152.1899999995, 445467 5427147.630000001, 445471.13999999966 5427143.050000001, 445471.83999999985 5427142.289999999, 445474.8300000001 5427138.98, 445481.0999999996 5427132.0600000005, 445481.70999999996 5427131.369999999, 445485.78000000026 5427126.869999999, 445489.8499999996 5427122.369999999, 445490.5499999998 5427121.6, 445497.45999999996 5427113.970000001, 445500.4299999997 5427110.6899999995, 445501.5999999996 5427109.4, 445505.3099999996 5427105.300000001, 445506.2999999998 5427104.199999999, 445510.1699999999 5427099.93, 445514.76999999955 5427094.84, 445516.7599999998 5427092.640000001, 445519.2599999998 5427089.609999999, 445520.63999999966 5427087.93, 445526.25 5427081.130000001, 445527.1900000004 5427079.98, 445532 5427074.15, 445535.3099999996 5427070.130000001, 445537.3300000001 5427067.68, 445540.9500000002 5427063.289999999, 445542.13999999966 5427061.83, 445544.8799999999 5427058.51, 445548.13999999966 5427054.5600000005, 445549.23000000045 5427053.25, 445553.01999999955 5427048.630000001, 445554.4199999999 5427046.9399999995, 445559.20999999996 5427041.130000001, 445559.51999999955 5427040.74, 445564.5499999998 5427034.640000001, 445565.98000000045 5427032.890000001, 445567.66000000015 5427030.859999999, 445569.45999999996 5427028.289999999, 445570.6500000004 5427026.58, 445571.20999999996 5427025.779999999, 445574.16000000015 5427021.550000001, 445575.5700000003 5427019.529999999, 445577.46999999974 5427016.8100000005, 445580.3099999996 5427012.75, 445580.98000000045 5427011.789999999, 445584.26999999955 5427007.07, 445584.96999999974 5427006.0600000005, 445588.53000000026 5427000.970000001, 445592.36000000034 5426995.49, 445592.6200000001 5426995.109999999, 445600.0499999998 5426984.460000001, 445600.8700000001 5426983.289999999, 445607.9299999997 5426973.17, 445609.1200000001 5426971.470000001, 445614.76999999955 5426962.18, 445619.0599999996 5426955.119999999, 445622.86000000034 5426948.880000001, 445623.2599999998 5426948.210000001, 445626.5 5426942.880000001, 445627.66000000015 5426940.970000001, 445629.01999999955 5426938.75, 445630.5 5426936.33, 445634.2599999998 5426930.1899999995, 445637.3499999996 5426925.130000001, 445638.5800000001 5426923.119999999, 445642.20999999996 5426917.199999999, 445646.61000000034 5426910, 445650.53000000026 5426903.59, 445654.6900000004 5426896.779999999, 445655.03000000026 5426896.23, 445658.75 5426890.15, 445661.9900000002 5426884.85, 445664.73000000045 5426880.369999999, 445668.1799999997 5426874.74, 445670.9299999997 5426870.23, 445671.5700000003 5426869.1899999995, 445674.01999999955 5426865.18, 445677.4400000004 5426859.59, 445680.5800000001 5426854.470000001, 445683.5499999998 5426848.890000001, 445685.6200000001 5426845, 445686.38999999966 5426843.57, 445689.01999999955 5426838.609999999, 445691.9900000002 5426833.039999999, 445694.9299999997 5426827.52, 445698.01999999955 5426821.76, 445698.63999999966 5426820.57, 445700.78000000026 5426815.960000001, 445703.16000000015 5426810.8100000005, 445705.7000000002 5426805.33, 445709.11000000034 5426797.949999999, 445710.4400000004 5426795.0600000005, 445715.91000000015 5426783.48, 445718.71999999974 5426777.34, 445720.01999999955 5426774.539999999, 445721.20999999996 5426771.970000001, 445723.75 5426766.41, 445726.3799999999 5426760.67, 445726.7000000002 5426759.779999999, 445728.6699999999 5426754.09, 445730.7599999998 5426748.09, 445731.88999999966 5426744.8100000005, 445732.1699999999 5426744.02, 445733.03000000026 5426741.52, 445735.01999999955 5426735.800000001, 445737.04000000004 5426729.970000001, 445738.0099999998 5426727.18, 445739.71999999974 5426722.279999999, 445741.2999999998 5426717.720000001, 445742.5 5426714.26, 445742.7999999998 5426712.279999999, 445743.76999999955 5426705.449999999, 445744.6299999999 5426699.52, 445745.3799999999 5426694.470000001, 445746.76999999955 5426684.51, 445746.91000000015 5426683.6, 445748.29000000004 5426673.74, 445749.0499999998 5426668.300000001, 445749.23000000045 5426667.07, 445749.71999999974 5426663.59, 445749.8700000001 5426662.43, 445750.1500000004 5426660.51, 445750.8099999996 5426657.380000001, 445751 5426656.289999999, 445751.36000000034 5426654.24, 445751.9299999997 5426649.050000001, 445752.4299999997 5426644.43, 445752.8700000001 5426641.210000001, 445753.78000000026 5426634.67, 445754.01999999955 5426633.27, 445755.3099999996 5426624.859999999, 445755.38999999966 5426623.75, 445756.1500000004 5426614.02, 445756.1900000004 5426613.58, 445757.0499999998 5426603.68, 445757.51999999955 5426597.199999999, 445758.01999999955 5426590.68, 445758.76999999955 5426580.75, 445758.86000000034 5426579.32, 445759.4000000004 5426570.550000001, 445760.04000000004 5426563.09, 445760.1500000004 5426561.77, 445760.1299999999 5426560.51, 445760.0999999996 5426558.85, 445760.29000000004 5426549.93, 445760.4</t>
   </si>
   <si>
     <t>https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=7015-405</t>
   </si>
   <si>
     <t>https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg7015-405</t>
   </si>
   <si>
-    <t>https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/vsg_sdb_7015-405.pdf</t>
+    <t>https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/vsg_sdb_7015-405.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -510,90 +510,90 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vogelschutzgebiet&amp;layers=vogelschutzgebiet&amp;qid=VSG-7000-057" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=7015-405" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg7015-405" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/vsg_sdb_7015-405.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vogelschutzgebiet&amp;layers=vogelschutzgebiet&amp;qid=VSG-7000-057" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=7015-405" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg7015-405" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/vsg_sdb_7015-405.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:X2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="34.42578125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="6" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="19.42578125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="178.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="15.5703125" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="42.42578125" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="178" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="81.85546875" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="76.28515625" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="73.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -664,51 +664,51 @@
       <c r="E2" t="s">
         <v>27</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>28</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>29</v>
       </c>
       <c r="J2" t="s">
         <v>30</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>31</v>
       </c>
       <c r="N2">
         <v>109764</v>
       </c>
       <c r="O2" s="3">
-        <v>45989.97957228957</v>
+        <v>46045.56808133562</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2" t="s">
         <v>35</v>
       </c>
       <c r="T2" t="s">
         <v>36</v>
       </c>
       <c r="U2" t="s">
         <v>37</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>38</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>39</v>
       </c>