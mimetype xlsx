--- v0 (2025-11-08)
+++ v1 (2026-01-23)
@@ -132,51 +132,51 @@
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>Naturschutz</t>
   </si>
   <si>
     <t>Vogelschutzgebiet besonderer Bedeutung (EG)</t>
   </si>
   <si>
     <t>Natura 2000</t>
   </si>
   <si>
     <t>DE-6915-403</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((446476.0599999996 5428440.82, 446124.23000000045 5427977.140000001, 446120.5499999998 5427972.27, 446097.83999999985 5427815.130000001, 446096.66000000015 5427811.460000001, 446079.54000000004 5427763.390000001, 446030.38999999966 5427647.43, 445995.9199999999 5427666.75, 445912.0099999998 5427704.23, 445908.54000000004 5427704.4, 445870.33999999985 5427722.4, 445870.6200000001 5427706.390000001, 445870.6200000001 5427691.550000001, 445870.6799999997 5427626.619999999, 445868.45999999996 5427566.779999999, 445865.0599999996 5427514.609999999, 445860.70999999996 5427447.470000001, 445856.9400000004 5427389.380000001, 445854.2000000002 5427318.0600000005, 445854.0099999998 5427244.41, 445854.2400000002 5427223.4, 445854.9299999997 5427157.98, 445856.1699999999 5427079.890000001, 445858.3499999996 5427039.98, 445859.26999999955 5427023.17, 445860.2999999998 5426998.67, 445861.6500000004 5426966.140000001, 445862.01999999955 5426962.359999999, 445862.7000000002 5426955.33, 445867.3799999999 5426940.1, 445883.88999999966 5426940.6, 445899.54000000004 5426941.07, 445916.45999999996 5426941.57, 445930.4900000002 5426941.98, 445943.46999999974 5426942.26, 445956.6900000004 5426942.800000001, 445970.6200000001 5426943.07, 445983.2599999998 5426943.5, 446000.8700000001 5426944, 446018.26999999955 5426944.5, 446028.78000000026 5426944.800000001, 446039.48000000045 5426945.109999999, 446049.0499999998 5426945.4, 446059.5599999996 5426945.859999999, 446064.13999999966 5426946.0600000005, 446069.8499999996 5426945.98, 446079.46999999974 5426945.960000001, 446088.23000000045 5426945.970000001, 446096.9500000002 5426945.98, 446105.5499999998 5426946, 446114.13999999966 5426946.02, 446121.8799999999 5426946.039999999, 446130.01999999955 5426946.050000001, 446137.8499999996 5426946.07, 446142.88999999966 5426946.09, 446146.11000000034 5426945.720000001, 446152.6299999999 5426944.98, 446159.8200000003 5426944.199999999, 446173.48000000045 5426942.720000001, 446180.73000000045 5426941.949999999, 446187.54000000004 5426941.26, 446194.4400000004 5426940.42, 446199.3799999999 5426939.859999999, 446200.51999999955 5426939.58, 446206.9500000002 5426938.17, 446213.51999999955 5426936.5600000005, 446218.9400000004 5426935.460000001, 446225.8200000003 5426934.07, 446232.4000000004 5426932.73, 446246.3200000003 5426929.68, 446247.9900000002 5426929.32, 446251.33999999985 5426928.6, 446263.0999999996 5426925.4399999995, 446269.36000000034 5426924.130000001, 446275.33999999985 5426922.630000001, 446281.8099999996 5426921.289999999, 446288.0099999998 5426919.52, 446293.7999999998 5426918.08, 446299.98000000045 5426916.539999999, 446305.96999999974 5426915.0600000005, 446312.16000000015 5426913.57, 446318.78000000026 5426911.98, 446323.8700000001 5426910.75, 446329.36000000034 5426909.42, 446335.98000000045 5426907.83, 446338.48000000045 5426907.23, 446344.0800000001 5426905.880000001, 446349.91000000015 5426904.470000001, 446355.5800000001 5426903.08, 446361.4199999999 5426901.66, 446366.9400000004 5426900.32, 446373.4299999997 5426898.75, 446379.0099999998 5426897.390000001, 446384.7599999998 5426895.98, 446390.21999999974 5426894.65, 446397.36000000034 5426892.92, 446403.3499999996 5426891.460000001, 446409.6900000004 5426889.92, 446415.7999999998 5426888.42, 446421.98000000045 5426886.880000001, 446428.04000000004 5426885.34, 446434.71999999974 5426883.640000001, 446444.36000000034 5426882.359999999, 446454.3799999999 5426879.630000001, 446460.25 5426878.0600000005, 446466.6299999999 5426876.359999999, 446472.3300000001 5426874.83, 446478.26999999955 5426873.24, 446487.66000000015 5426870.73, 446497.0499999998 5426868.25, 446503.1699999999 5426866.74, 446509.7400000002 5426865.16, 446516.83999999985 5426863.4399999995, 446522.83999999985 5426861.99, 446528.75 5426860.58, 446535.1299999999 5426859.1, 446541.9500000002 5426857.539999999, 446548.58999999985 5426856.02, 446554.79000000004 5426854.59, 446561.1200000001 5426853.140000001, 446567.8300000001 5426851.609999999, 446572.0599999996 5426850.640000001, 446574.48000000045 5426850.08, 446575.01999999955 5426849.949999999, 446581.4199999999 5426848.33, 446586.78000000026 5426846.970000001, 446593.1900000004 5426845.35, 446599.6299999999 5426843.73, 446605.8700000001 5426842.16, 446612.63999999966 5426840.449999999, 446618.78000000026 5426838.91, 446624.91000000015 5426837.359999999, 446631.70999999996 5426835.65, 446638.04000000004 5426834.050000001, 446644.3300000001 5426832.470000001, 446650.9400000004 5426830.800000001, 446656.76999999955 5426829.34, 446663.6500000004 5426827.6, 446669.63999999966 5426826.09, 446675.9900000002 5426824.49, 446678.0599999996 5426823.970000001, 446682.61000000034 5426822.68, 446688.04000000004 5426821.199999999, 446694.5599999996 5426819.43, 446700.71999999974 5426817.880000001, 446707.75 5426816.109999999, 446713.7000000002 5426814.619999999, 446719.7400000002 5426813.1, 446724.8300000001 5426811.82, 446726.6799999997 5426811.42, 446733.7999999998 5426809.9, 446739.4900000002 5426808.68, 446746.0499999998 5426807.289999999, 446752.0099999998 5426806.18, 446758.71999999974 5426806.32, 446763.6500000004 5426806.43, 446771.8799999999 5426806.6, 446779.54000000004 5426806.77, 446784.1699999999 5426807.01, 446789.2400000002 5426807.279999999, 446793.7999999998 5426807.52, 446798.6699999999 5426807.789999999, 446803.88999999966 5426808.08, 446808.54000000004 5426808.35, 446813.75 5426808.630000001, 446815.8700000001 5426808.75, 446818.3200000003 5426809.26, 446822.53000000026 5426810.449999999, 446827.6500000004 5426811.91, 446832.4199999999 5426767.52, 446837 5426724.880000001, 446840.66000000015 5426690.92, 446841.2400000002 5426685.449999999, 446845.7000000002 5426652.789999999, 446842.0499999998 5426649.369999999, 446827.4000000004 5426637.880000001, 446777.7599999998 5426592.41, 446762.33999999985 5426575.390000001, 446729.63999999966 5426546.130000001, 446716.13999999966 5426532.6, 446697.3799999999 5426518.15, 446666.13999999966 5426501.1899999995, 446652.41000000015 5426490.52, 446624.25 5426475.74, 446613.1299999999 5426464.98, 446574.1299999999 5426446.199999999, 446548.2000000002 5426430.57, 446541.79000000004 5426426.699999999, 446534.20999999996 5426422.220000001, 446497.76999999955 5426400.67, 446456.0499999998 5426375.630000001, 446412.0099999998 5426349.220000001, 446380.3300000001 5426330.369999999, 446377.78000000026 5426334.84, 446371.76999999955 5426331.25, 446364.5800000001 5426326.949999999, 446360.16000000015 5426324.300000001, 446362.75 5426319.9399999995, 446325.96999999974 5426298.17, 446295.1299999999 5426280.470000001, 446280.9000000004 5426272.3100000005, 446225.0599999996 5426238.779999999, 446207.53000000026 5426229.66, 446201.41000000015 5426226.48, 446177.0599999996 5426216.550000001, 446147.3200000003 5426207.65, 446126.7599999998 5426201.300000001, 446116.5800000001 5426198.16, 446091.70999999996 5426187.130000001, 446065.58999999985 5426196.49, 446055.5499999998 5426203.48, 446040.33999999985 5426212.84, 446017.0700000003 5426226.050000001, 445973.16000000015 5426250.23, 445933.3799999999 5426271.029999999, 445921.29000000004 5426276.359999999, 445898.48000000045 5426285.26, 445877.79000000004 5426293.039999999, 445872.2999999998 5426295.039999999, 445865.58999999985 5426298.359999999, 445846.5099999998 5426308.09, 445843.73000000045 5426307.35, 445788.4299999997 5426315.609999999, 445746.83999999985 5426318.0600000005, 445740.3499999996 5426318.140000001, 445697.51999999955 5426316.539999999, 445687.13999999966 5426316, 445630.1500000004 5426306.77, 445594.75 5426299.890000001, 445542.1900000004 5426289.6899999995, 445473.2599999998 5426273.67, 445427.7599999998 5426262.16, 445413.8700000001 5426257.1, 445395.08999999985 5426250.25, 445376.01999999955 5426239.4399999995, 445370.0700000003 5426236.07, 445339.0700000003 5426218.5, 445328.9400000004 5426213.109999999, 445318.6799999997 5426207.65, 445325.21999999974 5426204.710000001, 445321.4500000002 5426197.4, 445312.9900000002 5426189.49, 445298.1500000004 5426177.6899999995, 445292.6699999999 5426170.720000001, 445291.6299999999 5426166.460000001, 445290.58999999985 5426164.619999999, 445288.2400000002 5426160.470000001, 445281.1900000004 5426151.07, 445280.36000000034 5426151.77, 445276.3300000001 5426149.4399999995, 445276.0499999998 5426149.050000001, 445265.36000000034 5426134.27, 445254.5999999996 5426119.779999999, 445252.9900000002 5426117.65, 445241.6699999999 5426102.789999999, 445231.0800000001 5426088.869999999, 445220.1900000004 5426074.550000001, 445217.61000000034 5426070.720000001, 445205 5426052.039999999, 445192.7400000002 5426037.109999999, 445182.0800000001 5426021.210000001, 445181.48000000045 5426020.15, 445175.3700000001 5426009.369999999, 445170.78000000026 5426000.77, 445168.91000000015 5425997.26, 445167.9299999997 5425995.42, 445158.76999999955 5425967.8100000005, 445160.83999999985 5425967.18, 445159.58999999985 5425963.01, 445152.20999999996 5425938.5600000005, 445151.25 5425937.539999999, 445132.9000000004 5425944.18, 445132.4400000004 5425942.029999999, 445123.01999999955 5425898.779999999, 445101.5499999998 5425800.08, 445099.25 5425779.26, 445086.98000000045 5425673.609999999, 445072.4900000002 5425637.300000001, 445066.5599999996 5425622.43, 445061.7599999998 5425610.119999999, 445059.4299999997 5425605, 445055.8099999996 5425593.65, 445057.5099999998 5425593.17, 445053.8300000001 5425579.92, 445055.11000000034 5425574.9399999995, 445089.36000000034 5425559.880000001, 445125.13999999966 5425545.550000001, 445130.1500000004 5425542.6899999995, 445129.0700000003 5425536.720000001, 445114.96999999974 5425514.880000001, 445113.03000000026 5425511.75, 445106.9400000004 5425501.85, 445102.4000000004 5425495.109999999, 445078.6900000004 5425458.26, 445051.5800000001 5425415.359999999, 445048.23000000045 5425404.24, 445045.29000000004 5425379.1, 445029.8799999999 5425344.5, 445028.36000000034 5425331.880000001, 445024.9199999999 5425326.210000001, 445009.8499999996 5425292.300000001, 445007.3200000003 5425286.630000001, 444985.5 5425236.220000001, 444979.36000000034 5425217.630000001, 444972.9299999997 5425204.17, 444970.1299999999 5425198.300000001, 444964.4000000004 5425188.83, 444957.9500000002 5425178.16, 444955.0700000003 5425173.84, 444936.26999999955 5425145.65, 444907.1500000004 5425114.41, 444903.23000000045 5425110.210000001, 444890.7999999998 5425096.869999999, 444889.41000000015 5425095.369999999, 444869.8700000001 5425074.4, 444847.04000000004 5425047.34, 444795.6799999997 5424981.57, 444775.1200000001 5424955.0600000005, 444744.03000000026 5424915.42, 444727.96999999974 5424895.119999999, 444720.78000000026 5424886.02, 444693.0499999998 5424850.92, 444659.5099999998 5424806.24, 444649.7599999998 5424793.25, 444612.1699999999 5424745.42, 444605.01999999955 5424739.4399999995, 444576.2400000002 5424715.390000001, 444575.79000000004 5424714.8100000005, 444570.0599999996 5424707.3100000005, 444567.76999999955 5424708.3100000005, 444566.5099999998 5424707.25, 444557.46999999974 5424699.9, 444538.3200000003 5424684.3100000005, 444532.0599999996 5424679.220000001, 444525.7599999998 5424674.09, 444519.6299999999 5424669.1, 444518.79000000004 5424668.42, 444513.2599999998 5424664.109999999, 444506.5700000003 5424658.890000001, 444499.0099999998 5424653, 444487.5999999996 5424644.109999999, 444432.6299999999 5424598.859999999, 444426.8099999996 5424598.029999999, 444422.8499999996 5424597.460000001, 444420.4299999997 5424597.119999999, 444407.8700000001 5424591.15, 444342.28000000026 5424536.73, 444341.0999999996 5424538.35, 444319.21999999974 5424520.789999999, 444299.8099999996 5424505.220000001, 444283.1900000004 5424491.75, 444273.4000000004 5424483.82, 444268.11000000034 5424479.699999999, 444254.0499999998 5424468.73, 444243.9500000002 5424460.869999999, 444241.2999999998 5424459.02, 444229.1200000001 5424450.16, 444228.2999999998 5424449.869999999, 444215.3200000003 5424445.26, 444214.46999999974 5424444.960000001, 444200.51999999955 5424441.3100000005, 444194.11000000034 5424439.65, 444186.4400000004 5424439, 444170.8099999996 5424437.68, 444152.3099999996 5424436.119999999, 444134.20999999996 5424434.58, 444114.1900000004 5424433.449999999, 444112.1900000004 5424433.33, 444052.4400000004 5424423.039999999, 443999.3300000001 5424397.619999999, 444003.4299999997 5424392.07, 443983.23000000045 5424378.77, 443960 5424362.02, 443934.66000000015 5424345.130000001, 443916.6299999999 5424332.41, 443898.3300000001 5424319.85, 443884.9299999997 5424311.18, 443867.6799999997 5424298.779999999, 443850.0700000003 5424288.02, 443833.0800000001 5424278.5600000005, 443813.1200000001 5424267.4399999995, 443796.51999999955 5424259.93, 443770.71999999974 5424250.9, 443756.28000000026 5424245.83, 443740.53000000026 5424241.02, 443729.9299999997 5424237.119999999, 443714.96999999974 5424232.140000001, 443702.4900000002 5424228.380000001, 443695.4199999999 5424226.17, 443691.3200000003 5424224.890000001, 443687.7000000002 5424223.35, 443684.2000000002 5424221.73, 443680.45999999996 5424219.73, 443677.2400000002 5424217.8100000005, 443674.1299999999 5424215.8100000005, 443670.83999999985 5424213.51, 443666.8700000001 5424210.17, 443663.1900000004 5424206.5, 443659.9400000004 5424203.23, 443662.0099999998 5424201.449999999, 443662.4500000002 5424201.07, 443663.1500000004 5424201.76, 443664.3300000001 5424202.9399999995, 443669.61000000034 5424199.17, 443676.98000000045 5424194.5600000005, 443686.98000000045 5424188.58, 443709.20999999996 5424175.09, 443737.3700000001 5424152.34, 443750.3499999996 5424145.1, 443770.88999999966 5424131.76, 443776.4299999997 5424128.49, 443768.0599999996 5424126.119999999, 443859.23000000045 5423944.52, 444116.9900000002 5424147.93, 444401.9400000004 5424369.9, 444691.79000000004 5424603.18, 444923.8499999996 5424786.119999999, 445443.1699999999 5425201.140000001, 446811.8099999996 5426292.3100000005, 446968.9500000002 5426419.619999999, 447152.21999999974 5426575.98, 447291.7599999998 5426700.220000001, 447401.6799999997 5426802.23, 447534.4199999999 5426979.51, 447651.83999999985 5427145.42, 447793.3099999996 5427366.609999999, 447887.9900000002 5427528.09, 447944.8700000001 5427630.17, 448019.3300000001 5427768.289999999, 448065.3799999999 5427856.779999999, 448182.51999999955 5428097.26, 448211.9400000004 5428157.59, 448395.66000000015 5428603.59, 448419.2599999998 5428661.5600000005, 448511.13999999966 5428889.85, 448611.7400000002 5429192.529999999, 448627.9500000002 5429253.4, 448666.0499999998 5429428.720000001, 448680.8499999996 5429494.0600000005, 448744.78000000026 5429765.9, 448773.71999999974 5429874.220000001, 448832.9299999997 5430145.109999999, 448886.16000000015 5430403.449999999, 448920.54000000004 5430695.369999999, 448925.46999999974 5430737.26, 448798.53000000026 5430749.390000001, 448791.1200000001 5430750.1, 448778.3300000001 5430751.32, 448773.46999999974 5430739.289999999, 448764.7999999998 5430717.74, 448762.46999999974 5430711.970000001, 448760.66000000015 5430707.49, 448738.13999999966 5430660.92, 448720.2000000002 5430632.32, 448714.6200000001 5430623.42, 448697.8799999999 5430602.27, 448694.3799999999 5430597.84, 448679.58999999985 5430582.07, 448674 5430576.1, 448664.46999999974 5430569.369999999, 448652.70999999996 5430561.0600000005, 448650.5 5430560.16, 448639.5800000001 5430555.699999999, 448638.04000000004 5430555.6, 448625.8700000001 5430554.85, 448624.0700000003 5430555.1, 448609.9900000002 5430557.1, 448596.38999999966 5430559.029999999, 448583 5430560.92, 448570.01999999955 5430562.92, 448556.96999999974 5430564.93, 448544.2999999998 5430566.869999999, 448531.9500000002 5430568.77, 448522.73000000045 5430570.18, 448519.0099999998 5430570.359999999, 448505.96999999974 5430570.98, 448504.4199999999 5430571.050000001, 448495.5800000001 5430570.720000001, 448479.79000000004 5430573.07, 448460.01999999955 5430576.02, 448347.7999999998 5430594.8100000005, 448344.03000000026 5430595.32, 448347.73000000045 5430600.550000001, 448252.88999999966 5430616.75, 448094.86000000034 5430640.789999999, 448048.1200000001 5430644.33, 448046.9199999999 5430640.27, 448044.96999999974 5430636.66, 448037.9000000004 5430637.25, 447992.75 5430635.98, 447987.6799999997 5430635.83, 447985.46999999974 5430635.5600000005, 447979.6699999999 5430634.869999999, 447973.6900000004 5430634.16, 447967.76999999955 5430633.449999999, 447958.03000000026 5430634.890000001, 447944.8099999996 5430636.73, 447942.5599999996 5430637.109999999, 447929.36000000034 5430639.35, 447928.4199999999 5430628.359999999, 447920.86000000034 5430627.140000001, 447869.9000000004 5430618.369999999, 447838.9000000004 5430613.039999999, 447825.28000000026 5430610.699999999, 447813.98000000045 5430608.76, 447774.1200000001 5430601.890000001, 447762.38999999966 5430599.880000001, 447751.6200000001 5430598.02, 447725.7999999998 5430593.58, 447706.1200000001 5430590.1899999995, 447688.76999999955 5430587.210000001, 447671.01999999955 5430584.15, 447663.9299999997 5430582.93, 447660.1900000004 5430582.289999999, 447653.25 5430581.08, 447652.1799999997 5430580.91, 447632.9400000004 5430577.58, 447631.3700000001 5430577.3100000005, 447614.08999999985 5430574.32, 447609.5800000001 5430573.539999999, 447598.26999999955 5430571.59, 447595.9400000004 5430571.1899999995, 447583.20999999996 5430568.98, 447579.0700000003 5430568.1899999995, 447558.7000000002 5430564.279999999, 447553.23000000045 5430563.23, 447543.98000000045 5430561.449999999, 447534.6200000001 5430559.65, 447523.63999999966 5430557.550000001, 447509.9299999997 5430554.92, 447508.3499999996 5430554.609999999, 447503.11000000034 5430553.630000001, 447497.1900000004 5430552.52, 447486.4900000002 5430550.52, 447405.5800000001 5430537.109999999, 447378.5099999998 5430530.1899999995, 447354.2400000002 5430520.8100000005, 447353 5430520.01, 447335.7599999998 5430507.609999999, 447327.23000000045 5430501.470000001, 447318.36000000034 5430492.199999999, 447302.4500000002 5430475.58, 447286.28000000026 5430458.6899999995, 447271.6299999999 5430443.369999999, 447270.1900000004 5430441.869999999, 447262.8200000003 5430434.18, 447196.4000000004 5430363.23, 447172.2000000002 5430337.369999999, 447124.75 5430288.699999999, 447055.8700000001 5430212.92, 446985.1900000004 5430137.77, 446981.8799999999 5430131.5600000005, 446973.95999999996 5430116.710000001, 446975.4299999997 5430021.970000001, 446969.9900000002 5430018.710000001, 446956.45999999996 5430014.08, 446949.3099999996 5430011.65, 446949.8799999999 5430009.93, 446949.6500000004 5430009.449999999, 446948.73000000045 5430009.08, 446949.0700000003 5430007.800000001, 446948.28000000026 5430007.52, 446946.5700000003 5430006.93, 446945.11000000034 5430010.550000001, 446935.76999999955 5430007.109999999, 446929.4199999999 5430005.17, 446926.3200000003 5430012.24, 446913.2999999998 5430010.970000001, 446911.2000000002 5430006.74, 446909.3200000003 5430002.960000001, 446902.5599999996 5429989.359999999, 446915.5800000001 5429969.99, 446918.8300000001 5429945.779999999, 446934.3700000001 5429899.57, 446948.76999999955 5429870.58, 446975.3700000001 5429831.93, 446993.5 5429812.369999999, 447020.5800000001 5429792.3100000005, 447050.9400000004 5429774.210000001, 447056.0099999998 5429766.390000001, 447054.5 5429763.119999999, 447051.4000000004 5429756.380000001, 447006.25 5429719.050000001, 446958.5599999996 5429667.970000001, 446906.4299999997 5429632.470000001, 446865.51999999955 5429597.92, 446855.8799999999 5429591.029999999, 446838.3200000003 5429578.460000001, 446819.6799999997 5429559, 446803.7000000002 5429525.390000001, 446795.8499999996 5429511.5600000005, 446789.1200000001 5429499.720000001, 446775.1299999999 5429461.17, 446770.54000000004 5429405.23, 446765.5599999996 5429374.99, 446765.3799999999 5429355.640000001, 446765.11000000034 5429326.18, 446769.5 5429283.25, 446768.41000000015 5429271.84, 446764.2400000002 5429248.619999999, 446762.58999999985 5429242.74, 446760.9000000004 5429236.74, 446759.23000000045 5429230.77, 446757.5099999998 5429224.630000001, 446755.7400000002 5429218.289999999, 446753.95999999996 5429211.98, 446751.6500000004 5429208.449999999, 446749.2000000002 5429204.73, 446746.7000000002 5429200.9399999995, 446744.1500000004 5429197.050000001, 446733.5 5429180.83, 446730.7999999998 5429176.74, 446680.41000000015 5429167.75, 446679.0499999998 5429169.58, 446654.6299999999 5429162.779999999, 446647.1200000001 5429155.08, 446644.46999999974 5429144.109999999, 446645.7400000002 5429138.9399999995, 446650.04000000004 5429121.48, 446651.1200000001 5429101.029999999, 446665.9500000002 5429062.039999999, 446671.95999999996 5429052.529999999, 446681.0099999998 5429044.33, 446690.66000000015 5429035.609999999, 446696.2999999998 5429030.51, 446701.0800000001 5429025.109999999, 446711.6500000004 5429013.199999999, 446723.4500000002 5428999.9, 446760.28000000026 5428958.35, 446761.71999999974 5428956.720000001, 446779.45999999996 5428921.77, 446795.3700000001 5428859.68, 446801.71999999974 5428837.279999999, 446802.38999999966 5428835.210000001, 446804.70999999996 5428827.970000001, 446807.5499999998 5428819.09, 446810.46999999974 5428809.960000001, 446813.29000000004 5428801.109999999, 446816.2599999998 5428791.869999999, 446819.48000000045 5428781.789999999, 446822.3499999996 5428772.85, 446825.5099999998 5428762.960000001, 446828.5999999996 5428753.300000001, 446831.5999999996 5428743.9399999995, 446834.9000000004 5428733.619999999, 446838.0599999996 5428723.75, 446841.21999999974 5428713.859999999, 446841.78000000026 5428712.119999999, 446843.4199999999 5428702.74, 446845.48000000045 5428690.9399999995, 446847.5700000003 5428678.92, 446849.7400000002 5428666.57, 446851.8700000001 5428654.34, 446854.1799999997 5428641.130000001, 446856.5499999998 5428627.59, 446858.0700000003 5428618.84, 446858.1500000004 5428612.75, 446858.3700000001 5428596.51, 446858.5999999996 5428579.0600000005, 446858.8700000001 5428558.199999999, 446859.03000000026 5428545.800000001, 446856.5099999998 5428534.84, 446851.1799999997 5428511.630000001, 446850.3499999996 5428502.369999999, 446849.6200000001 5428494.32, 446848.20999999996 5428478.550000001, 446846.13999999966 5428455.619999999, 446840.8499999996 5428441.42, 446833.0999999996 5428432.23, 446824.98000000045 5428422.6, 446817.0999999996 5428408.75, 446810.5999999996 5428397.32, 446803.3200000003 5428384.550000001, 446786.1299999999 5428359.140000001, 446746.7999999998 5428330.52, 446731.9000000004 5428348.8100000005, 446728.04000000004 5428345.73, 446729.03000000026 5428330.4399999995, 446729.1799999997 5428328.09, 446728.0800000001 5428321.890000001, 446726.8700000001 5428315.07, 446726.1799999997 5428311.23, 446726.3700000001 5428309.25, 446724.0800000001 5428306.24, 446720.9900000002 5428302.859999999, 446718.3200000003 5428300.449999999, 446703.7599999998 5428287.75, 446691.7999999998 5428278.550000001, 446686.88999999966 5428275.65, 446684.0999999996 5428274.41, 446682.53000000026 5428273.83, 446673.1900000004 5428270.4399999995, 446669.1799999997 5428289.26, 446668.3499999996 5428293.130000001, 446661.0800000001 5428309.24, 446652.16000000015 5428329.02, 446642.96999999974 5428349.369999999, 446633.36000000034 5428370.67, 446623.41000000015 5428392.710000001, 446612.11000000034 5428414.720000001, 446600.0700000003 5428438.16, 446591.20999999996 5428455.4399999995, 446581.5700000003 5428474.220000001, 446575.5499999998 5428485.9399999995, 446569.1299999999 5428494.9, 446554.7999999998 5428514.9, 446544.1699999999 5428529.75, 446540.8700000001 5428534.359999999, 446538 5428538.369999999, 446525.48000000045 5428550.890000001, 446509.38999999966 5428566.960000001, 446492.3099999996 5428584.039999999, 446483.71999999974 5428592.73, 446431.0599999996 5428643.699999999, 446428.6500000004 5428645.23, 446426.58999999985 5428645.9399999995, 446422.70999999996 5428654.74, 446393.2000000002 5428689.039999999, 446358.66000000015 5428724.5600000005, 446334.2999999998 5428753.15, 446321.9199999999 5428742.300000001, 446314.6299999999 5428735.91, 446306.16000000015 5428719.949999999, 446296.3300000001 5428701.43, 446293.3799999999 5428695.859999999, 446379.61000000034 5428574.800000001, 446386.53000000026 5428565.09, 446476.0599999996 5428440.82)))</t>
   </si>
   <si>
     <t>https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=6915-403</t>
   </si>
   <si>
     <t>https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg6915-403</t>
   </si>
   <si>
-    <t>https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/vsg_sdb_6915-403.pdf</t>
+    <t>https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/vsg_sdb_6915-403.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -510,90 +510,90 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vogelschutzgebiet&amp;layers=vogelschutzgebiet&amp;qid=VSG-7000-056" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=6915-403" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg6915-403" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/vsg_sdb_6915-403.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vogelschutzgebiet&amp;layers=vogelschutzgebiet&amp;qid=VSG-7000-056" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=6915-403" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg6915-403" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/vsg_sdb_6915-403.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:X2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="36.5703125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="6" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="26.42578125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="178.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="15.5703125" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="42.42578125" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="178" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="81.85546875" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="76.28515625" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="73.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -664,51 +664,51 @@
       <c r="E2" t="s">
         <v>27</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>28</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>29</v>
       </c>
       <c r="J2" t="s">
         <v>30</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>31</v>
       </c>
       <c r="N2">
         <v>109763</v>
       </c>
       <c r="O2" s="3">
-        <v>45969.25024686764</v>
+        <v>46045.49862541018</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2" t="s">
         <v>35</v>
       </c>
       <c r="T2" t="s">
         <v>36</v>
       </c>
       <c r="U2" t="s">
         <v>37</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>38</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>39</v>
       </c>