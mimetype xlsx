--- v0 (2025-11-12)
+++ v1 (2026-01-23)
@@ -132,51 +132,51 @@
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>Naturschutz</t>
   </si>
   <si>
     <t>Vogelschutzgebiet besonderer Bedeutung (EG)</t>
   </si>
   <si>
     <t>Natura 2000</t>
   </si>
   <si>
     <t>DE-6915-402</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((449970.6699999999 5435810.470000001, 449961.0999999996 5435807.77, 449913.3799999999 5435793, 449835.33999999985 5435776.98, 449819.0599999996 5435754.77, 449809.4299999997 5435751.960000001, 449763.25 5435733.029999999, 449718.4299999997 5435710.970000001, 449675.29000000004 5435685.9, 449718.23000000045 5435665.050000001, 449546.8700000001 5435536.91, 449470.6200000001 5435463.869999999, 449439.9199999999 5435424.720000001, 449403.0999999996 5435336.109999999, 449391.6200000001 5435292.17, 449338.03000000026 5435160.869999999, 449263.5499999998 5435002.029999999, 449221.9199999999 5434917.199999999, 449215.5800000001 5434859.17, 449225.38999999966 5434831.130000001, 449193.73000000045 5434762.01, 449139.88999999966 5434665.99, 449028.5999999996 5434505.98, 448936.83999999985 5434376.140000001, 448924.76999999955 5434358.720000001, 448913.04000000004 5434341.76, 448896.9500000002 5434318.52, 448557.38999999966 5433828.039999999, 448554.13999999966 5433823.460000001, 448551.21999999974 5433818.65, 448548.63999999966 5433813.66, 448543.7400000002 5433804.220000001, 448539.0800000001 5433794.65, 448533.4199999999 5433782.449999999, 448528.20999999996 5433770.039999999, 448526.4400000004 5433765.32, 448519.8200000003 5433730.859999999, 448513.78000000026 5433688.35, 448514.1900000004 5433664.609999999, 448514.6200000001 5433658.949999999, 448516.4900000002 5433654.779999999, 448521.20999999996 5433651.279999999, 448527.3499999996 5433650.210000001, 448654.0800000001 5433639.4, 448755.01999999955 5433631.5, 448855.41000000015 5433624.039999999, 449010.0800000001 5433613.9399999995, 449040 5433602.359999999, 449121.03000000026 5433652.49, 449201.88999999966 5433702.5, 449287.95999999996 5433755.76, 449355.3300000001 5433799.039999999, 449427.61000000034 5433891.91, 449429.03000000026 5433893.77, 449441.48000000045 5433910.199999999, 449496.46999999974 5433983.82, 449569.26999999955 5434077.32, 449643.23000000045 5434174.25, 449710.3700000001 5434263.609999999, 449716.5999999996 5434271.869999999, 449742.3099999996 5434304.76, 449789.7000000002 5434367.16, 449779.5499999998 5434371.800000001, 449593.03000000026 5434456.109999999, 449617.5700000003 5434593.01, 449642.0599999996 5434731.050000001, 449643.21999999974 5434852.710000001, 449678.6299999999 5435003.960000001, 449752.01999999955 5435083.65, 449818.9299999997 5435126.51, 449949.6500000004 5435158.6, 450096.28000000026 5435188.67, 450238.2999999998 5435235.5, 450252.75 5435237.369999999, 450283.1299999999 5435232.25, 450305.5700000003 5435219.789999999, 450338.33999999985 5435210.85, 450364.88999999966 5435208.039999999, 450376.8799999999 5435198.9399999995, 450392.3700000001 5435199.300000001, 450402.36000000034 5435202.5, 450407.66000000015 5435204.1899999995, 450422.38999999966 5435210.539999999, 450436.71999999974 5435220.48, 450444.86000000034 5435227.8100000005, 450451.1299999999 5435237.75, 450455.9199999999 5435239.710000001, 450463.9299999997 5435239.199999999, 450467.33999999985 5435236.130000001, 450468.21999999974 5435233.74, 450468.0700000003 5435230.02, 450533.1699999999 5435324.73, 450530.20999999996 5435322.539999999, 450527.8799999999 5435322.27, 450525.5599999996 5435322.6, 450523.41000000015 5435323.52, 450522.0099999998 5435325.15, 450521.1799999997 5435327.109999999, 450520.98000000045 5435329.24, 450521.4299999997 5435331.33, 450523.3300000001 5435334.52, 450530.0599999996 5435345.789999999, 450548.4400000004 5435374.66, 450547.2999999998 5435389.039999999, 450546.6799999997 5435391.68, 450544.45999999996 5435401.02, 450538.4000000004 5435414.609999999, 450536.9299999997 5435417.9, 450531.26999999955 5435429.3100000005, 450523.95999999996 5435438.68, 450518.70999999996 5435442.9, 450507.95999999996 5435444.890000001, 450482.71999999974 5435445.890000001, 450457.04000000004 5435460.33, 450444.04000000004 5435467.16, 450444.1699999999 5435471.68, 450444.25 5435474.640000001, 450433.95999999996 5435480.58, 450423.9900000002 5435487.050000001, 450414.3499999996 5435494.01, 450407.20999999996 5435500.23, 450400.38999999966 5435506.789999999, 450393.9000000004 5435513.6899999995, 450372.21999999974 5435548.75, 450372.1200000001 5435566.8100000005, 450371.95999999996 5435573.880000001, 450371.2400000002 5435580.92, 450369.95999999996 5435587.880000001, 450365.9000000004 5435606.5, 450366.04000000004 5435616.609999999, 450365.53000000026 5435621.880000001, 450365.6500000004 5435624.609999999, 450366.01999999955 5435634.1899999995, 450351.9500000002 5435671.4, 450350.5800000001 5435673.029999999, 450313.98000000045 5435694.59, 450308.2999999998 5435697.26, 450301.8700000001 5435698.98, 450293.5700000003 5435700.859999999, 450285.1500000004 5435702.0600000005, 450281.79000000004 5435702.41, 450274.1299999999 5435703.1899999995, 450266.4400000004 5435703.66, 450259.5499999998 5435704.48, 450256.96999999974 5435705.32, 450254.6900000004 5435706.789999999, 450252.8300000001 5435708.779999999, 450250.3200000003 5435712.970000001, 450248.29000000004 5435717.41, 450242.2400000002 5435732.300000001, 450238.45999999996 5435736.970000001, 450231.4000000004 5435745.75, 450186.9299999997 5435779.68, 450184.28000000026 5435781.25, 450181.45999999996 5435782.470000001, 450178.5099999998 5435783.33, 450167.08999999985 5435786.869999999, 450163.71999999974 5435788.07, 450160.5599999996 5435789.77, 450157.7000000002 5435791.91, 450155.1799999997 5435794.449999999, 450153.0599999996 5435797.34, 450143.4500000002 5435810.25, 450123 5435842.550000001, 450123.0499999998 5435847.17, 450122.70999999996 5435851.76, 450121.95999999996 5435856.32, 450116.21999999974 5435867.4, 450097.5999999996 5435897.550000001, 450078.86000000034 5435926.449999999, 450059.6299999999 5435945.369999999, 450026.1799999997 5436012.48, 449990.53000000026 5436147.93, 449946.23000000045 5436230.050000001, 449941.2400000002 5436246.390000001, 449940.4299999997 5436248.109999999, 449940.04000000004 5436249.82, 449940 5436252.300000001, 449940.4199999999 5436254.51, 449941.36000000034 5436256.57, 449944.7999999998 5436264.85, 449924.8799999999 5436251.470000001, 449915.6900000004 5436264.23, 449914.0999999996 5436269.01, 449914.13999999966 5436272.3100000005, 449915.33999999985 5436273.77, 449907.51999999955 5436282.640000001, 449908.9500000002 5436283.74, 449906.1299999999 5436287.27, 449875.54000000004 5436325.75, 449833.21999999974 5436366.130000001, 449808.4400000004 5436380.880000001, 449775.54000000004 5436406.25, 449756.1900000004 5436418.9, 449730.6699999999 5436435.57, 449682.4199999999 5436460.029999999, 449659.36000000034 5436471.710000001, 449608.5599999996 5436493.01, 449571.9400000004 5436508.359999999, 449513.91000000015 5436532.68, 449458.4000000004 5436546.83, 449398.8099999996 5436555.119999999, 449341.3300000001 5436558.42, 449261.6699999999 5436566.17, 449181.91000000015 5436558.640000001, 449143.23000000045 5436554.99, 449115.13999999966 5436571.84, 449078.3200000003 5436581.73, 449064.66000000015 5436595.890000001, 449052.5700000003 5436608.42, 449049.3300000001 5436608.9399999995, 449042.6799999997 5436609.970000001, 449035.71999999974 5436611.08, 449030.51999999955 5436611.890000001, 449024.4299999997 5436612.84, 449017.8700000001 5436613.869999999, 449013.79000000004 5436614.52, 449009.1699999999 5436615.24, 449005.0099999998 5436615.9, 449000.4000000004 5436616.609999999, 448996.4199999999 5436617.25, 448988.8200000003 5436618.4399999995, 448983.36000000034 5436619.300000001, 448975.71999999974 5436620.67, 448969.83999999985 5436621.720000001, 448962.88999999966 5436622.98, 448950.26999999955 5436625.25, 448942.6699999999 5436626.9, 448936.73000000045 5436627.92, 448932.03000000026 5436628.720000001, 448929.79000000004 5436622.609999999, 448924.8799999999 5436615.65, 448924.95999999996 5436614.050000001, 448867.25 5436614.16, 448846.4500000002 5436611.859999999, 448834.8799999999 5436609.6899999995, 448756.1500000004 5436507.98, 448744.7599999998 5436487.16, 448739.1200000001 5436485.98, 448721.88999999966 5436463.720000001, 448717.9199999999 5436461.890000001, 448719 5436459.43, 448718.01999999955 5436458.210000001, 448715.76999999955 5436457.23, 448597.8099999996 5436405.859999999, 448390.3700000001 5436315.5, 448424.79000000004 5436236.67, 448359.6200000001 5436202.16, 448363.6699999999 5436168.73, 448364.5800000001 5436161.289999999, 448357.46999999974 5436150.869999999, 448338.9900000002 5436132.529999999, 448326.7999999998 5436123.1899999995, 448317.5599999996 5436115.130000001, 448306.3499999996 5436103.720000001, 448307.0599999996 5436101.3100000005, 448285.5999999996 5436079.92, 448245.96999999974 5436043.619999999, 448219.46999999974 5436019.35, 448204.1900000004 5436005.359999999, 448179.8300000001 5435984.609999999, 448141.0800000001 5435951.59, 448136.11000000034 5435947.359999999, 448124.5800000001 5435937.529999999, 448098.3499999996 5435919.17, 448074.2599999998 5435898.5600000005, 448052.36000000034 5435882.880000001, 448008.8200000003 5435851.73, 447965.9400000004 5435821.0600000005, 447922.9500000002 5435793.050000001, 447906.5599999996 5435782.75, 447889.76999999955 5435773.130000001, 447872.58999999985 5435764.210000001, 447855.0599999996 5435756.01, 447837.20999999996 5435748.529999999, 447819.0599999996 5435741.800000001, 447813.4199999999 5435739.73, 447807.58999999985 5435738.369999999, 447801.6200000001 5435737.74, 447795.6200000001 5435737.859999999, 447789.6799999997 5435738.710000001, 447783.9000000004 5435740.300000001, 447778.36000000034 5435742.59, 447772.53000000026 5435745.67, 447768.4400000004 5435748.300000001, 447766.4900000002 5435749.529999999, 447747.08999999985 5435761.67, 447744.5599999996 5435758.460000001, 447738.5999999996 5435747.85, 447725.61000000034 5435739.279999999, 447712.79000000004 5435733.23, 447656.36000000034 5435722.51, 447644.78000000026 5435719.42, 447630.58999999985 5435714.16, 447620.98000000045 5435706.289999999, 447612.0999999996 5435699.529999999, 447607.13999999966 5435691.800000001, 447601.95999999996 5435683.779999999, 447591.0099999998 5435662.949999999, 447581.1799999997 5435642.279999999, 447574.04000000004 5435626.93, 447573.4400000004 5435621.99, 447573.4500000002 5435617.01, 447574.0700000003 5435612.08, 447575.3099999996 5435607.26, 447577.1500000004 5435602.619999999, 447579.54000000004 5435598.26, 447605.76999999955 5435571.92, 447607.6799999997 5435574.6, 447622.21999999974 5435564.02, 447624.96999999974 5435562.08, 447643.9199999999 5435548.720000001, 447646.21999999974 5435547.109999999, 447660.7000000002 5435536.15, 447659.29000000004 5435533.869999999, 447669.71999999974 5435526.57, 447679.6799999997 5435518.66, 447689.13999999966 5435510.15, 447698.0700000003 5435501.09, 447700.5999999996 5435498.91, 447713.0800000001 5435488.220000001, 447726.46999999974 5435473.4, 447739.41000000015 5435458.1899999995, 447740.5 5435456.91, 447748.7000000002 5435458.369999999, 447756.7599999998 5435473.99, 447773.7999999998 5435479.119999999, 447811.95999999996 5435500.01, 447923.9299999997 5435561.33, 447986.3300000001 5435598.08, 447990.4500000002 5435600.390000001, 447995.36000000034 5435603.17, 448000.0700000003 5435605.83, 448008.70999999996 5435611.83, 448005.70999999996 5435616.460000001, 448011.8799999999 5435622.51, 448017.9500000002 5435628.02, 448022.1500000004 5435631.83, 448025.6200000001 5435634.98, 448030.1699999999 5435639.1, 448029.48000000045 5435641.220000001, 448038.95999999996 5435646.4399999995, 448051.6799999997 5435653.4399999995, 448093.5700000003 5435683.43, 448153.1799999997 5435734.210000001, 448193.86000000034 5435760.52, 448224.8099999996 5435782.130000001, 448241.5 5435803.380000001, 448259.48000000045 5435823.08, 448285.38999999966 5435851.470000001, 448311.95999999996 5435873.5600000005, 448331.11000000034 5435895.539999999, 448345.6900000004 5435909.470000001, 448399.2400000002 5435969.130000001, 448427.36000000034 5436004.57, 448466.21999999974 5436041.26, 448499.73000000045 5436079.24, 448522.9500000002 5436092.65, 448547.8200000003 5436113.34, 448630.4299999997 5436171.1, 448694.8700000001 5436208.050000001, 448723.0700000003 5436219.15, 448727.70999999996 5436219.789999999, 448784.5 5436258.1, 448783.2400000002 5436261.1899999995, 448781.6299999999 5436265.16, 448797.78000000026 5436272.35, 448843.5099999998 5436292.720000001, 448894.4400000004 5436315.41, 448934.58999999985 5436335.82, 448980.16000000015 5436358.74, 449003.1900000004 5436370.640000001, 449005.4199999999 5436371.77, 449009.1699999999 5436366.119999999, 449011.98000000045 5436361.92, 449017.6799999997 5436353.449999999, 449032.45999999996 5436331.41, 449041.0099999998 5436333.43, 449083.3499999996 5436343.41, 449106.26999999955 5436348.82, 449151.7999999998 5436357.76, 449279.9199999999 5436382.93, 449407.0599999996 5436389.76, 449507.16000000015 5436381.91, 449562.5499999998 5436372.91, 449686.96999999974 5436332.300000001, 449777.4299999997 5436277.529999999, 449788.1200000001 5436268.58, 449837.5800000001 5436221.720000001, 449854.13999999966 5436201.880000001, 449843.3200000003 5436194.58, 449860.61000000034 5436169.359999999, 449880.9500000002 5436125.99, 449892.8700000001 5436090.24, 449930.73000000045 5435905.24, 449936.13999999966 5435878.800000001, 449937.3300000001 5435872.67, 449948.3799999999 5435816.359999999, 449953.63999999966 5435814, 449968.6699999999 5435817.9, 449968.8799999999 5435817.130000001, 449970.6699999999 5435810.470000001)), ((447434.70999999996 5435623.800000001, 447418.4500000002 5435610.289999999, 447401.9000000004 5435592.470000001, 447385.23000000045 5435572.48, 447369.4299999997 5435553.51, 447368.38999999966 5435551.3100000005, 447354.8099999996 5435536.08, 447346.6900000004 5435526.970000001, 447344.9199999999 5435525.720000001, 447310.38999999966 5435501.880000001, 447303.5999999996 5435497.41, 447261.8799999999 5435470.01, 447249.5999999996 5435461.949999999, 447219.70999999996 5435441.32, 447186.0800000001 5435418.119999999, 447149.76999999955 5435384.23, 447083.41000000015 5435330.470000001, 447036.73000000045 5435292.66, 446988.7000000002 5435252.48, 446927.4299999997 5435204.27, 446872.03000000026 5435164.75, 446852.1799999997 5435150.58, 446843.7400000002 5435144.5600000005, 446823.61000000034 5435131.84, 446789.2400000002 5435109.93, 446760.8200000003 5435090.720000001, 446746.45999999996 5435081.289999999, 446663.54000000004 5435026.83, 446661.9199999999 5435025.779999999, 446643.9900000002 5435009.220000001, 446618.1299999999 5434985.33, 446609.5099999998 5434973.460000001, 446604.9900000002 5434967.220000001, 446584.1900000004 5434929.210000001, 446564.45999999996 5434893.109999999, 446561.46999999974 5434884.539999999, 446545.3099999996 5434838.130000001, 446528.03000000026 5434791.52, 446527.0099999998 5434783.859999999, 446514.41000000015 5434745.210000001, 446514.1900000004 5434745.050000001, 446508.76999999955 5434728.82, 446509.08999999985 5434728.880000001, 446504.5700000003 5434715.02, 446497.61000000034 5434693.68, 446483.6200000001 5434650.789999999, 446482.41000000015 5434647.880000001, 446479.5499999998 5434639.58, 446475.25 5434627.08, 446469.25 5434609.67, 446466.45999999996 5434598.92, 446463.4000000004 5434587.130000001, 446460.2999999998 5434575.1899999995, 446455.88999999966 5434540.92, 446456.86000000034 5434517.93, 446460.38999999966 5434496.52, 446462.33999999985 5434484.800000001, 446488.7599999998 5434513.25, 446498.0700000003 5434531.289999999, 446507.25 5434547.07, 446526.61000000034 5434539.6, 446554.45999999996 5434525.720000001, 446569.1200000001 5434524, 446571.1200000001 5434508.0600000005, 446626.1799999997 5434500.4399999995, 446621.91000000015 5434470.369999999, 446654.3799999999 5434467.119999999, 446702.54000000004 5434462.58, 446701.5800000001 5434470.890000001, 446701.11000000034 5434478.9, 446701.23000000045 5434482.74, 446702.7400000002 5434493.83, 446701.8099999996 5434509.42, 446700.4500000002 5434525.029999999, 446699.08999999985 5434534.98, 446696.91000000015 5434544.789999999, 446694.04000000004 5434554.4, 446690.4500000002 5434563.77, 446686.3099999996 5434572.869999999, 446691.8200000003 5434575.4, 446695.13999999966 5434574.07, 446693.7400000002 5434579.859999999, 446697.5999999996 5434578.48, 446701.33999999985 5434576.84, 446700.8099999996 5434585.800000001, 446702.8700000001 5434591.32, 446704.95999999996 5434596.970000001, 446709.7599999998 5434609.9399999995, 446712.70999999996 5434617.859999999, 446715.51999999955 5434625.4, 446718.63999999966 5434633.83, 446721.0999999996 5434641.9, 446723.58999999985 5434650.140000001, 446726.2999999998 5434659.140000001, 446727.58999999985 5434663.390000001, 446728.9400000004 5434667.800000001, 446731.58999999985 5434676.4399999995, 446734.21999999974 5434684.91, 446736.8300000001 5434693.15, 446739.2599999998 5434700.85, 446742 5434709.49, 446744.58999999985 5434717.699999999, 446749.95999999996 5434733.68, 446752.66000000015 5434741.789999999, 446755.3799999999 5434750.01, 446758.5 5434758.359999999, 446762.2000000002 5434768.279999999, 446765.23000000045 5434775.619999999, 446768.48000000045 5434784.27, 446771.0800000001 5434792.279999999, 446773.63999999966 5434800.16, 446780.21999999974 5434816.890000001, 446783.2999999998 5434824.779999999, 446786.8099999996 5434833.6899999995, 446789.9299999997 5434841.609999999, 446793.0599999996 5434849.609999999, 446796.3200000003 5434857.68, 446799.8300000001 5434865.43, 446803.25 5434873.859999999, 446806.6900000004 5434882.5600000005, 446809.83999999985 5434890.35, 446813.95999999996 5434898.65, 446818.0700000003 5434906.91, 446821.7400000002 5434914.33, 446825.96999999974 5434922.84, 446828.4500000002 5434927.83, 446831.0700000003 5434933.109999999, 446840.3799999999 5434947.48, 446843.3799999999 5434952.119999999, 446846.4900000002 5434956.93, 446849.0099999998 5434960.82, 446854.7999999998 5434969.76, 446860 5434977.0600000005, 446867.7599999998 5434982.49, 446875.33999999985 5434987.789999999, 446883.2000000002 5434993.27, 446891.73000000045 5434999.23, 446900.75 5435005.52, 446909.6299999999 5435011.35, 446918.33999999985 5435017.07, 446926.63999999966 5435022.51, 446935.4500000002 5435028.289999999, 446945.7999999998 5435031.279999999, 446955.98000000045 5435034.83, 446965.8300000001 5435038.609999999, 446975.2999999998 5435043.710000001, 446984.76999999955 5435048.82, 446993.6299999999 5435055.359999999, 447001.04000000004 5435060.83, 447010.36000000034 5435067.720000001, 447018.8700000001 5435073.99, 447028.2999999998 5435079.970000001, 447043.8200000003 5435091.119999999, 447041 5435094.41, 447047.38999999966 5435099.4, 447053.4000000004 5435104.1, 447058.63999999966 5435108.1899999995, 447064.79000000004 5435112.99, 447070.3499999996 5435117.42, 447074.8200000003 5435120.98, 447076.3700000001 5435122.210000001, 447082.3200000003 5435126.9399999995, 447087.4299999997 5435131.02, 447093.0700000003 5435135.51, 447098.3300000001 5435140.140000001, 447103.95999999996 5435145.09, 447108.5599999996 5435149.140000001, 447113.3300000001 5435153.33, 447115.7400000002 5435155.449999999, 447118.66000000015 5435158.02, 447122.83999999985 5435152.17, 447129.0599999996 5435143.470000001, 447133.61000000034 5435147.41, 447138.96999999974 5435151.869999999, 447148.5499999998 5435160.66, 447153.83999999985 5435164.91, 447163.4000000004 5435173.5600000005, 447168.5700000003 5435178.039999999, 447173.63999999966 5435182.4399999995, 447178.6799999997 5435186.8100000005, 447183.1200000001 5435190.91, 447176.5 5435200.140000001, 447172.79000000004 5435205.33, 447178.0499999998 5435209.48, 447182.45999999996 5435213.35, 447187.03000000026 5435217.35, 447191.51999999955 5435221.27, 447192.7599999998 5435222.359999999, 447197.5099999998 5435226.52, 447201.3200000003 5435229.85, 447205.9199999999 5435233.880000001, 447210.58999999985 5435237.970000001, 447215.3200000003 5435242.109999999, 447224.4000000004 5435250.0600000005, 447229.0800000001 5435254.15, 447231.63999999966 5435256.380000001, 447237.4299999997 5435261.470000001, 447241.76999999955 5435265.49, 447244.66000000015 5435268.09, 447248.8799999999 5435272.08, 447257.75 5435280.449999999, 447265.9400000004 5435288.1899999995, 447269.6699999999 5435291.710000001, 447273.96999999974 5435295.779999999, 447280.5800000001 5435300.779999999, 447287.29000000004 5435305.869999999, 447295.9900000002 5435312.470000001, 447304.8799999999 5435319.199999999, 447309.0800000001 5435322.4, 447313.5700000003 5435325.8100000005, 447317.9000000004 5435329.1, 447322.8499999996 5435331.970000001, 447327.6699999999 5435334.779999999, 447332.79000000004 5435337.77, 447337.7599999998 5435340.67, 447347.8700000001 5435346.57, 447352.6299999999 5435349.35, 447357.5499999998 5435352.210000001, 447361.23000000045 5435354.359999999, 447362.95999999996 5435355.220000001, 447368.1699999999 5435357.82, 447373.4900000002 5435360.470000001, 447384.54000000004 5435365.98, 447389.70999999996 5435368.5600000005, 447394.83999999985 5435371.109999999, 447400.2999999998 5435373.84, 447406.53000000026 5435376.9399999995, 447407.20999999996 5435377.279999999, 447412.3099999996 5435379.49, 447454.4000000004 5435397.699999999, 447483.04000000004 5435409.390000001, 447505.9199999999 5435424.92, 447508.1500000004 5435426.43, 447535.36000000034 5435442.460000001, 447543.79000000004 5435459.17, 447553.1799999997 5435453.300000001, 447556.5999999996 5435452.18, 447579.61000000034 5435444.58, 447577.9900000002 5435439.98, 447576.8700000001 5435435.23, 447576.26999999955 5435430.390000001, 447576.1900000004 5435425.51, 447576.63999999966 5435420.65, 447579.1699999999 5435409.65, 447582.2400000002 5435404.9399999995, 447585.75 5435400.539999999, 447589.63999999966 5435396.48, 447593.88999999966 5435392.82, 447600.5700000003 5435388.6899999995, 447604.1799999997 5435387.380000001, 447607.9199999999 5435386.5600000005, 447611.75 5435386.25, 447622.6900000004 5435385.6, 447632.33999999985 5435388.08, 447644.21999999974 5435395.470000001, 447655.38999999966 5435405.119999999, 447685.3300000001 5435435.619999999, 447688.6900000004 5435439.32, 447691.6799999997 5435443.33, 447694.2599999998 5435447.619999999, 447696.4000000004 5435452.130000001, 447698.2000000002 5435459.66, 447703.1500000004 5435480.67, 447680.01999999955 5435502.640000001, 447653.9299999997 5435525.18, 447652.83999999985 5435523.84, 447638.4500000002 5435534.82, 447636.58999999985 5435536.130000001, 447626.4199999999 5435543.23, 447617.6200000001 5435548.99, 447614.23000000045 5435551.210000001, 447598.8300000001 5435560.6, 447600.0099999998 5435562.550000001, 447575.5599999996 5435576.5, 447544.7999999998 5435591.529999999, 447516.1699999999 5435605.27, 447499.3700000001 5435612.210000001, 447487.51999999955 5435618.609999999, 447483.3300000001 5435620.92, 447478.9199999999 5435622.77, 447474.33999999985 5435624.17, 447469.6500000004 5435625.07, 447444.9400000004 5435630.84, 447438.4900000002 5435630.57, 447434.70999999996 5435623.800000001)))</t>
   </si>
   <si>
     <t>https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=6915-402</t>
   </si>
   <si>
     <t>https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg6915-402</t>
   </si>
   <si>
-    <t>https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/vsg_sdb_6915-402.pdf</t>
+    <t>https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/vsg_sdb_6915-402.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -510,90 +510,90 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vogelschutzgebiet&amp;layers=vogelschutzgebiet&amp;qid=VSG-7000-055" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=6915-402" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg6915-402" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/vsg_sdb_6915-402.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vogelschutzgebiet&amp;layers=vogelschutzgebiet&amp;qid=VSG-7000-055" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=6915-402" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg6915-402" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/vsg_sdb_6915-402.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:X2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="35.5703125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="6" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="38.5703125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="178.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="15.5703125" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="42.42578125" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="178" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="81.85546875" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="76.28515625" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="73.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -664,51 +664,51 @@
       <c r="E2" t="s">
         <v>27</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>28</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>29</v>
       </c>
       <c r="J2" t="s">
         <v>30</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>31</v>
       </c>
       <c r="N2">
         <v>109762</v>
       </c>
       <c r="O2" s="3">
-        <v>45973.27078652914</v>
+        <v>46045.59555463755</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2" t="s">
         <v>35</v>
       </c>
       <c r="T2" t="s">
         <v>36</v>
       </c>
       <c r="U2" t="s">
         <v>37</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>38</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>39</v>
       </c>