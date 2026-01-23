--- v0 (2025-11-09)
+++ v1 (2026-01-23)
@@ -132,51 +132,51 @@
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>Naturschutz</t>
   </si>
   <si>
     <t>Vogelschutzgebiet besonderer Bedeutung (EG)</t>
   </si>
   <si>
     <t>Natura 2000</t>
   </si>
   <si>
     <t>DE-6914-401</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((438489.76999999955 5435489.880000001, 438375.41000000015 5435469.26, 438353.20999999996 5435464.15, 438266.38999999966 5435440.6, 438178.54000000004 5435416.779999999, 437998.58999999985 5435369.52, 437982.66000000015 5435366.17, 437979.4299999997 5435363.92, 437987.04000000004 5435301.630000001, 437973.9500000002 5435301.17, 437954.8099999996 5435301.199999999, 437930.3200000003 5435301.23, 437870.03000000026 5435301.300000001, 437853.1699999999 5435301.32, 437834.3799999999 5435301.35, 437789.04000000004 5435301.41, 437787 5435299.050000001, 437808.5700000003 5435119.779999999, 437811.7400000002 5435117.01, 437811.8099999996 5435112.82, 437811.88999999966 5435107.58, 437811.9400000004 5435104.199999999, 437810.96999999974 5435104.199999999, 437779.0800000001 5435104.07, 437747.61000000034 5435103.9399999995, 437697.4500000002 5435103.75, 437670.4199999999 5435103.640000001, 437660.1900000004 5435103.6, 437639.54000000004 5435103.550000001, 437615.98000000045 5435103.51, 437593.45999999996 5435103.460000001, 437582.08999999985 5435103.4399999995, 437580.70999999996 5435107.07, 437579.0999999996 5435111.34, 437577.4500000002 5435115.68, 437575.4299999997 5435121.16, 437529.98000000045 5435245.359999999, 437599.8200000003 5435269.16, 437588.5099999998 5435300.23, 437574.6799999997 5435338.220000001, 437570.4199999999 5435341.210000001, 437494.6699999999 5435341.66, 437461.79000000004 5435341.859999999, 437448.6200000001 5435341.93, 437433.28000000026 5435342.029999999, 437358.5 5435342.470000001, 437339.03000000026 5435342.59, 437318.5700000003 5435342.710000001, 437319.4199999999 5435340.4, 437314.3099999996 5435339.029999999, 437310.29000000004 5435341.67, 437288.08999999985 5435339.640000001, 437258.0999999996 5435336.869999999, 437228.3200000003 5435334.130000001, 437192.3499999996 5435330.82, 437190.9400000004 5435334.710000001, 437190.16000000015 5435336.970000001, 437182.7000000002 5435357.470000001, 437180.7599999998 5435362.460000001, 437176.2999999998 5435367.24, 437173.3499999996 5435368.41, 437169.36000000034 5435369.77, 437042.4000000004 5435391.300000001, 437036.76999999955 5435393.130000001, 437031.95999999996 5435396.5600000005, 436975.88999999966 5435449.34, 436972.0499999998 5435453.710000001, 436969.8300000001 5435458.09, 436928.0599999996 5435573.109999999, 436926.16000000015 5435578.82, 436925.1900000004 5435584.529999999, 436920.1299999999 5435633.130000001, 436914.9400000004 5435631.35, 436893.20999999996 5435622.869999999, 436879.4500000002 5435617.49, 436859.5599999996 5435609.720000001, 436857.0499999998 5435605.640000001, 436864.3300000001 5435527.960000001, 436865.6500000004 5435524.279999999, 436861.9000000004 5435523.039999999, 436857.8200000003 5435521.8100000005, 436829.21999999974 5435513.25, 436795.1200000001 5435503.039999999, 436783.0499999998 5435499.43, 436769.2000000002 5435495.279999999, 436746.54000000004 5435488.49, 436731.46999999974 5435483.98, 436718.4000000004 5435480.07, 436703.54000000004 5435475.619999999, 436669.03000000026 5435465.289999999, 436597.58999999985 5435443.880000001, 436569.53000000026 5435435.460000001, 436551.8200000003 5435430.16, 436535.8799999999 5435425.380000001, 436541.03000000026 5435401.6, 436545.26999999955 5435382.029999999, 436548.3700000001 5435367.67, 436550.0800000001 5435364.140000001, 436551.58999999985 5435361.02, 436537.1200000001 5435356.630000001, 436545.08999999985 5435333.880000001, 436538.3200000003 5435331.5600000005, 436542.01999999955 5435325.42, 436558.5499999998 5435280.289999999, 436559.9500000002 5435276.49, 436561.5999999996 5435271.99, 436562.98000000045 5435268.23, 436560.4299999997 5435267.460000001, 436644.16000000015 5435037.68, 436646.8799999999 5435038.01, 436648.5800000001 5435033.3100000005, 436645.8799999999 5435032.970000001, 436685.20999999996 5434925.25, 436687.8700000001 5434925.6, 436689.2599999998 5434921.77, 436686.61000000034 5434921.42, 436720.1699999999 5434829.77, 436722.8700000001 5434829.57, 436724.4500000002 5434825.25, 436726.4000000004 5434819.890000001, 436713.4000000004 5434820.85, 436700.61000000034 5434821.949999999, 436688.5 5434824.4, 436677.2999999998 5434828.9399999995, 436645.46999999974 5434844.949999999, 436494.4400000004 5434920.970000001, 436480.1200000001 5434926.57, 436465.4400000004 5434930.41, 436450.1799999997 5434932.83, 436363.8700000001 5434944.68, 436286.8799999999 5434939.07, 436275.3799999999 5434936.359999999, 436264.9000000004 5434930.720000001, 436255.4900000002 5434923.85, 436168.76999999955 5434842.5600000005, 436158.48000000045 5434835.41, 436146.58999999985 5434829.74, 436134.5 5434826.880000001, 435967.0800000001 5434792.66, 435952.98000000045 5434790.289999999, 435947.4199999999 5434789.539999999, 435947.58999999985 5434784.1899999995, 435957.0499999998 5434637.5, 435965.0099999998 5434638.109999999, 435965.71999999974 5434628.539999999, 435980.0999999996 5434628.869999999, 435993.45999999996 5434629.17, 436000.8099999996 5434650.359999999, 436012.2000000002 5434650.779999999, 436017.3799999999 5434629.550000001, 436027.3200000003 5434630.57, 436029.2599999998 5434583.76, 436029.78000000026 5434571.26, 435961.4900000002 5434568.619999999, 435964.78000000026 5434517.73, 435967.51999999955 5434510.789999999, 435968.8099999996 5434507.550000001, 435964.66000000015 5434507.68, 435964.95999999996 5434502.48, 435955.8799999999 5434502.279999999, 435952.6900000004 5434505.5, 435911.3200000003 5434508.720000001, 435874.4900000002 5434507.640000001, 435876.76999999955 5434511.699999999, 435879.7400000002 5434516.99, 435882.01999999955 5434521.050000001, 435870.28000000026 5434646.210000001, 435868.51999999955 5434650.130000001, 435859.6200000001 5434780.109999999, 435847.98000000045 5434779.550000001, 435826.4500000002 5434778.49, 435786.3799999999 5434776.51, 435749.4299999997 5434774.699999999, 435728.25 5434773.65, 435699.51999999955 5434772.23, 435683.96999999974 5434771.470000001, 435630.6699999999 5434768.84, 435623.0800000001 5434768.460000001, 435549.6299999999 5434764.8100000005, 435529.76999999955 5434763.84, 435526.54000000004 5434763.6899999995, 435510.66000000015 5434762.890000001, 435494.23000000045 5434762.08, 435469.88999999966 5434760.890000001, 435451.2400000002 5434759.970000001, 435431.3700000001 5434758.98, 435401.4900000002 5434757.5, 435383.8200000003 5434756.630000001, 435385.4900000002 5434732.199999999, 435386.8200000003 5434712.699999999, 435388.1299999999 5434693.6899999995, 435389.20999999996 5434677.82, 435389.4000000004 5434675.1899999995, 435390.6299999999 5434657.1899999995, 435391.8200000003 5434639.68, 435392.6900000004 5434626.970000001, 435392.5700000003 5434622.970000001, 435386.46999999974 5434622.67, 435370.03000000026 5434621.869999999, 435339.2400000002 5434620.369999999, 435336.51999999955 5434617.25, 435327.6200000001 5434616.41, 435327.3099999996 5434619.869999999, 435269.28000000026 5434617.9, 435269.3300000001 5434622.83, 435269.04000000004 5434641.869999999, 435268.88999999966 5434651.869999999, 435268.79000000004 5434658.460000001, 435268.54000000004 5434675.050000001, 435268.28000000026 5434691.66, 435268.01999999955 5434708.32, 435267.78000000026 5434724.869999999, 435267.51999999955 5434741.48, 435267.26999999955 5434757.369999999, 435241.53000000026 5434755.59, 435220.3200000003 5434754.109999999, 435211.79000000004 5434753.52, 435198.2400000002 5434752.58, 435190.8099999996 5434752.050000001, 435177.71999999974 5434751.0600000005, 435172.41000000015 5434750.66, 435153.4900000002 5434749.24, 435135.23000000045 5434747.869999999, 435121.28000000026 5434746.82, 435110.0999999996 5434745.99, 435099.36000000034 5434745.18, 435087.48000000045 5434744.289999999, 435075.6500000004 5434743.4, 435052.29000000004 5434741.640000001, 435043.11000000034 5434740.960000001, 435034.71999999974 5434740.33, 435023.20999999996 5434739.460000001, 435008.78000000026 5434738.380000001, 434954.3300000001 5434734.380000001, 434933.2400000002 5434732.83, 434908.7999999998 5434731.029999999, 434901.0499999998 5434730.470000001, 434892.51999999955 5434729.83, 434877.73000000045 5434728.75, 434874.7999999998 5434725.529999999, 434869.78000000026 5434726.210000001, 434869.6299999999 5434736.26, 434869 5434777.26, 434867.9400000004 5434846.699999999, 434866.9000000004 5434850.93, 434811.63999999966 5434863.880000001, 434802.83999999985 5434865.93, 434779.0599999996 5434871.51, 434774.58999999985 5434872.300000001, 434761.73000000045 5434874.609999999, 434754.0800000001 5434875.300000001, 434748.6699999999 5434875.77, 434735.4500000002 5434876.779999999, 434714.5700000003 5434878.359999999, 434702.7599999998 5434879.27, 434675.8799999999 5434881.3100000005, 434665.41000000015 5434882.1, 434660.38999999966 5434882.550000001, 434654.78000000026 5434883.050000001, 434649.53000000026 5434883.52, 434628.71999999974 5434885.130000001, 434601.4900000002 5434887.25, 434588.4000000004 5434888.25, 434571.8099999996 5434889.550000001, 434563.78000000026 5434890.17, 434562.36000000034 5434890.279999999, 434554.4199999999 5434890.98, 434553.1500000004 5434891.0600000005, 434544.58999999985 5434891.609999999, 434542.91000000015 5434891.720000001, 434531.9000000004 5434891.57, 434525.25 5434889.539999999, 434517.3799999999 5434887.16, 434514.6799999997 5434886.34, 434506.1799999997 5434883.17, 434492.4199999999 5434878.02, 434474.3799999999 5434871.279999999, 434461.78000000026 5434866.58, 434448.3499999996 5434861.5600000005, 434394.76999999955 5434841.550000001, 434374.29000000004 5434833.890000001, 434367.33999999985 5434831.07, 434352.46999999974 5434824.93, 434334.2599999998 5434817.43, 434292.2000000002 5434798.01, 434282.0599999996 5434793.539999999, 434261.3499999996 5434784.4, 434251.7400000002 5434780.6899999995, 434230.9900000002 5434772.699999999, 434223.7999999998 5434770.300000001, 434206.4500000002 5434764.49, 434183.54000000004 5434757.98, 434178.6500000004 5434756.58, 434155.46999999974 5434750, 434132 5434743.33, 434114.2599999998 5434737.75, 434100.2000000002 5434733.3100000005, 434092.2000000002 5434730.800000001, 434079.4000000004 5434726.74, 434064.1900000004 5434721.91, 434035.7400000002 5434709.789999999, 434028.36000000034 5434703.91, 434024.71999999974 5434697.85, 434021.3300000001 5434687.75, 434020.73000000045 5434633.3100000005, 434020.70999999996 5434631.3100000005, 434021.78000000026 5434631.289999999, 434021.8499999996 5434627.07, 434021.9299999997 5434622.91, 434022.03000000026 5434617.050000001, 434024.0999999996 5434520.630000001, 434025 5434478.5, 434025.1299999999 5434472.449999999, 434025.16000000015 5434470.23, 434025.23000000045 5434467.9399999995, 434025.36000000034 5434461.9, 434027.29000000004 5434371.77, 434027.4000000004 5434366.75, 434027.4199999999 5434364.869999999, 434027.4900000002 5434362.77, 434029.03000000026 5434292.220000001, 434029.1500000004 5434286.26, 434029.25 5434281.8100000005, 434029.3700000001 5434275.779999999, 434032.8099999996 5434114.119999999, 434032.9400000004 5434107.85, 434033 5434105.289999999, 434033.0499999998 5434102.800000001, 434033.1799999997 5434096.630000001, 434035.41000000015 5433990.4, 434035.4500000002 5433988.390000001, 434037.5499999998 5433984.130000001, 434039.5 5433980.18, 434034.5800000001 5433982.24, 434031.71999999974 5433979.07, 434029.1500000004 5433976.220000001, 434015.5800000001 5433977.960000001, 433925.7400000002 5433969.869999999, 433879.51999999955 5433966, 433733.7599999998 5433953.289999999, 433587.8300000001 5433940.67, 433451.6799999997 5433928.91, 433418.6900000004 5433925.74, 433406.8700000001 5433924.9399999995, 433389.71999999974 5433925.1, 433385.5099999998 5433925.710000001, 433373.7999999998 5433924.199999999, 433332.0099999998 5433918.16, 433328.63999999966 5433916.57, 433326.1500000004 5433913.75, 433325.3200000003 5433911.619999999, 433327.0999999996 5433907.199999999, 433386.0999999996 5433765.470000001, 433439.7599999998 5433635, 433428.3799999999 5433633.289999999, 433365.3099999996 5433622.609999999, 433365.3799999999 5433618.369999999, 433365.45999999996 5433614.26, 433367.79000000004 5433484.890000001, 433367.8700000001 5433480.84, 433370.1900000004 5433352.66, 433370.2599999998 5433348.58, 433372.1299999999 5433243.27, 433372.2000000002 5433239.23, 433372.4199999999 5433226.460000001, 433374.0700000003 5433133.890000001, 433374.13999999966 5433129.84, 433377.1500000004 5432954.66, 433382.25 5432955.6899999995, 433382.3300000001 5432949.779999999, 433353.6500000004 5432944.210000001, 433134.6200000001 5432901.4, 433125.5 5432899.619999999, 432641.5700000003 5432805, 432635.8200000003 5432803.869999999, 432634.6799999997 5432810.27, 432575.2599999998 5433183.08, 432526.5800000001 5433487.859999999, 432533.0999999996 5433488.800000001, 432539.5700000003 5433486.83, 433115.8200000003 5433585.17, 433149.0800000001 5433850.119999999, 433069.9199999999 5433858.34, 433079.8700000001 5433958.01, 432901.88999999966 5433977, 432881.6299999999 5433971.67, 432693.2999999998 5433848.869999999, 432685.4299999997 5433843.74, 432497.0599999996 5433720.8100000005, 432490.11000000034 5433716.3100000005, 432488.9400000004 5433719.57, 432487.76999999955 5433722.82, 432476.9500000002 5433715.630000001, 432472.1799999997 5433712.5, 432473.03000000026 5433715.3100000005, 432444.51999999955 5433835.58, 432442.73000000045 5433836.67, 432441.08999999985 5433840.0600000005, 432438.91000000015 5433844.51, 432437.0599999996 5433848.3100000005, 432438.9000000004 5433852.85, 432408.4199999999 5433981.390000001, 432407.73000000045 5433984.3100000005, 432407.1200000001 5433986.859999999, 432406.75 5433988.470000001, 432406.33999999985 5433990.23, 432405.78000000026 5433992.550000001, 432405.3700000001 5433994.32, 432404.1500000004 5433999.43, 432402.3099999996 5433994.91, 432396.53000000026 5433991.210000001, 432389.11000000034 5433986.48, 432377.1200000001 5433978.82, 432369.51999999955 5433973.970000001, 432360.5700000003 5433968.25, 432351.95999999996 5433962.77, 432347.9500000002 5433960.199999999, 432335.9000000004 5433952.52, 432315.23000000045 5433939.3100000005, 432305.96999999974 5433933.41, 432303.5099999998 5433931.85, 432293.78000000026 5433925.630000001, 432289.20999999996 5433922.710000001, 432272.5599999996 5433912.1, 432263.4299999997 5433906.26, 432222.71999999974 5433880.289999999, 432220.6299999999 5433881.1899999995, 432214.25 5433877.08, 432200.91000000015 5433934.609999999, 432186.4000000004 5433997.210000001, 432185.9500000002 5433999.16, 432185.3099999996 5434005.300000001, 432184.5999999996 5434007.609999999, 432183.83999999985 5434010.119999999, 432182.5499999998 5434014.369999999, 432181.66000000015 5434019.140000001, 432178.8799999999 5434023.109999999, 432174.2000000002 5434022.34, 432167.03000000026 5434021.130000001, 432162.5999999996 5434020.390000001, 432158.4400000004 5434019.6899999995, 432152.88999999966 5434018.76, 432147.95999999996 5434017.93, 432140.4000000004 5434016.66, 432134.6299999999 5434015.6899999995, 432128.96999999974 5434014.74, 432120.5999999996 5434013.33, 432115.2999999998 5434012.460000001, 432107.53000000026 5434011.140000001, 432098.8799999999 5434009.699999999, 432092.0999999996 5434008.550000001, 432083.5499999998 5434007.109999999, 432072.70999999996 5434005.289999999, 432065.6200000001 5434004.1, 432047 5433994.789999999, 432041.7599999998 5433991.84, 432032.46999999974 5433986.74, 432030.8799999999 5433985.609999999, 432018.25 5433977.029999999, 432006.25 5433968.289999999, 431998.71999999974 5433963.68, 431982.28000000026 5433952.6, 431967.0099999998 5433942.390000001, 431953.23000000045 5433932.43, 431951.6699999999 5433931.15, 431950.20999999996 5433930.8100000005, 431943.53000000026 5433925.869999999, 431914.5 5433904.42, 431897.66000000015 5433891.960000001, 431888.28000000026 5433885.029999999, 431883.78000000026 5433882.050000001, 431851.9400000004 5433860.970000001, 431850.9199999999 5433856.6899999995, 431845.83999999985 5433853.42, 431844.1799999997 5433856.039999999, 431832.76999999955 5433848.279999999, 431822.20999999996 5433841.119999999, 431785.11000000034 5433815.890000001, 431775.1799999997 5433809.140000001, 431757.9500000002 5433803.970000001, 431734.0599999996 5433796.77, 431722.6900000004 5433793.359999999, 431712.63999999966 5433790.33, 431701.20999999996 5433786.890000001, 431693.21999999974 5433784.48, 431679.9900000002 5433775.41, 431666.9400000004 5433766.449999999, 431657.3799999999 5433759.890000001, 431642.66000000015 5433749.789999999, 431627.4900000002 5433739.390000001, 431623.75 5433738.0600000005, 431587.1500000004 5433724.84, 431574.0800000001 5433720.359999999, 431571.1200000001 5433719.300000001, 431564.5099999998 5433716.84, 431551.6200000001 5433712.01, 431533.0499999998 5433705.050000001, 431517.36000000034 5433699.17, 431503.4199999999 5433693.949999999, 431476.28000000026 5433683.779999999, 431468.61000000034 5433680.91, 431456.5700000003 5433676.4, 431438.73000000045 5433670.279999999, 431424.1900000004 5433664.890000001, 431409.5700000003 5433659.470000001, 431397.1900000004 5433654.890000001, 431384.8499999996 5433650.3100000005, 431357.8300000001 5433640.27, 431346.4900000002 5433636.0600000005, 431330.1299999999 5433629.93, 431315.21999999974 5433624.32, 431311.41000000015 5433623.279999999, 431304.6299999999 5433620.699999999, 431304.83999999985 5433624.66, 431307.7000000002 5433628.59, 431305.4900000002 5433643.33, 431287.1699999999 5433747.210000001, 431277.58999999985 5433741.789999999, 431272.91000000015 5433739.140000001, 431266.26999999955 5433735.380000001, 431257.4199999999 5433730.23, 431249.8200000003 5433725.8100000005, 431243.88999999966 5433722.35, 431237.75 5433718.8100000005, 431231.8799999999 5433715.42, 431219.91000000015 5433708.51, 431211.63999999966 5433703.74, 431203.4400000004 5433699, 431198.20999999996 5433695.99, 431189.4299999997 5433690.880000001, 431182.48000000045 5433686.84, 431178.0700000003 5433684.27, 431167.91000000015 5433678.25, 431149.71999999974 5433667.779999999, 431137.03000000026 5433660.58, 431135.7000000002 5433659.82, 431117.6699999999 5433649.41, 431106.8799999999 5433643.18, 431089.23000000045 5433632.949999999, 431073.28000000026 5433623.6899999995, 431070.9000000004 5433622.4, 431054.1699999999 5433610.08, 431037.6200000001 5433599.15, 431023 5433587.210000001, 430981.53000000026 5433558.9399999995, 430976.6900000004 5433555.859999999, 430965.6500000004 5433548.51, 430950.41000000015 5433538.949999999, 430948.3300000001 5433537.6899999995, 430924.1200000001 5433522.960000001, 430904.6200000001 5433511.470000001, 430900.6900000004 5433509.16, 430886.6900000004 5433500.92, 430878.7000000002 5433496.210000001, 430866.5700000003 5433489.08, 430852.73000000045 5433480.92, 430850.5800000001 5433479.66, 430841.91000000015 5433474.550000001, 430832.8499999996 5433469.210000001, 430815.21999999974 5433458.789999999, 430800.4400000004 5433450.07, 430792.38999999966 5433445.33, 430784.3200000003 5433440.550000001, 430768.70999999996 5433431.34, 430764.23000000045 5433428.699999999, 430752.46999999974 5433421.25, 430742.79000000004 5433415.119999999, 430728.01999999955 5433403.01, 430715.0999999996 5433392.4, 430710.1500000004 5433385.109999999, 430659.6500000004 5433365.24, 430635.8200000003 5433350.99, 430627.41000000015 5433345.9399999995, 430624.79000000004 5433344.460000001, 430621.3499999996 5433342.42, 430617.01999999955 5433339.9399999995, 430611.78000000026 5433336.800000001, 430602.66000000015 5433331.380000001, 430596.6900000004 5433327.82, 430588.9000000004 5433323.1899999995, 430584.86000000034 5433320.779999999, 430574.53000000026 5433314.59, 430570.61000000034 5433312.26, 430559.4000000004 5433305.5600000005, 430548.1799999997 5433298.84, 430540.7599999998 5433294.41, 430521.6900000004 5433283.01, 430518.1699999999 5433280.91, 430511.21999999974 5433276.76, 430506.6299999999 5433274.02, 430502.1200000001 5433271.27, 430487.1799999997 5433262.140000001, 430475.23000000045 5433254.83, 430468.21999999974 5433250.550000001, 430459.6299999999 5433245.300000001, 430439.25 5433232.85, 430428.16000000015 5433224.6, 430421.29000000004 5433219.48, 430420.4199999999 5433215.109999999, 430446.46999999974 5433171.82, 430451.1299999999 5433164.050000001, 430456.5700000003 5433155.01, 430478.5499999998 5433118.470000001, 430482.16000000015 5433112.470000001, 430484.0099999998 5433109.380000001, 430486.0800000001 5433105.949999999, 430487.6299999999 5433103.390000001, 430547.5 5433003.890000001, 430551.0999999996 5432997.9, 430553.1699999999 5432994.470000001, 430555.2999999998 5432990.9399999995, 430557.8700000001 5432992.470000001, 430557.6500000004 5432989.08, 430663.7000000002 5432905.380000001, 430669.41000000015 5432900.880000001, 430672.4500000002 5432898.48, 430675.79000000004 5432895.84, 430678.13999999966 5432893.98, 430783.4000000004 5432810.92, 430789.08999999985 5432806.43, 430793.5499999998 5432802.91, 430796.88999999966 5432800.279999999, 430799.2400000002 5432798.42, 430795.6299999999 5432796.16, 430790.7400000002 5432796.43, 430780.3200000003 5432789.890000001, 430766.91000000015 5432781.48, 430760.1299999999 5432777.24, 430777.1200000001 5432755.470000001, 430810.1900000004 5432774.93, 430856.83999999985 5432708.76, 430858.0700000003 5432707.08, 430860.98000000045 5432702.75, 430862.4400000004 5432700.57, 430667.03000000026 5432577.609999999, 430663.6299999999 5432578.83, 430657.61000000034 5432581.01, 430657.70999999996 5432584.35, 430564.21999999974 5432651.1899999995, 430557.48000000045 5432656.01, 430553.5999999996 5432658.779999999, 430547.73000000045 5432662.960000001, 430434.70999999996 5432743.66, 430427.9299999997 5432748.49, 430424.79000000004 5432750.720000001, 430418.7999999998 5432754.98, 430349.53000000026 5432804.279999999, 430345.1200000001 5432807.42, 430305.08999999985 5432838.26, 430302.70999999996 5432840.09, 430299.3499999996 5432842.75, 430295.75 5432845.58, 430292.4000000004 5432848.25, 430290.0499999998 5432850.1, 430260.76999999955 5432873.26, 430181.4500000002 5432920.41, 430176.2999999998 5432920.390000001, 430165.4900000002 5432913.91, 430146.6900000004 5432902.6, 430140.0700000003 5432898.619999999, 430126.8700000001 5432890.720000001, 430113.41000000015 5432882.65, 430103.8799999999 5432876.93, 430090.1900000004 5432868.720000001, 430079.8799999999 5432862.529999999, 430069.5099999998 5432856.32, 430058.91000000015 5432849.960000001, 430047.58999999985 5432843.17, 430042.0700000003 5432839.859999999, 430039.61000000034 5432838.380000001, 430033.1699999999 5432834.52, 430019.95999999996 5432826.59, 430013.03000000026 5432822.449999999, 429996.3200000003 5432812.43, 429996.2000000002 5432809.15, 430099.6299999999 5432736.23, 430104.66000000015 5432736.039999999, 430108.23000000045 5432733.51, 430111.96999999974 5432730.869999999, 430115.5499999998 5432728.34, 430109.21999999974 5432724.5600000005, 430069.0499999998 5432700.6, 430063.4900000002 5432697.279999999, 430055.4400000004 5432692.48, 430047.53000000026 5432687.75, 430040.11000000034 5432683.33, 430031.83999999985 5432678.4, 430017.1799999997 5432669.65, 430006.75 5432663.42, 429999.48000000045 5432659.09, 429989.7999999998 5432653.32, 429983.8499999996 5432649.77, 429977.6699999999 5432645.949999999, 429969.21999999974 5432640.710000001, 429954.7599999998 5432631.76, 429951.9900000002 5432630.050000001, 429946.04000000004 5432627.09, 429869.98000000045 5432581.890000001, 429867.8700000001 5432577.57, 429858.6699999999 5432574.27, 429857.95999999996 5432576.449999999, 429856.3099999996 5432580.73, 429855 5432584.130000001, 429850.9199999999 5432593.869999999, 429844.2599999998 5432608.359999999, 429836.8499999996 5432624.48, 429831.3799999999 5432635.32, 429827.53000000026 5432641.23, 429818.7000000002 5432655.74, 429818.1699999999 5432656.9, 429812.9900000002 5432663.119999999, 429805.7400000002 5432672.609999999, 429800.6799999997 5432679.210000001, 429791.8700000001 5432690.720000001, 429789.38999999966 5432694.08, 429787.29000000004 5432696.92, 429777.5099999998 5432710.26, 429773.6200000001 5432715.550000001, 429772.4299999997 5432717.24, 429763.0800000001 5432730.57, 429753.4900000002 5432744.25, 429752.2999999998 5432745.949999999, 429744.7999999998 5432757.289999999, 429736.04000000004 5432770.5, 429728.3200000003 5432782.130000001, 429727.01999999955 5432788.800000001, 429724.28000000026 5432802.84, 429636.6299999999 5432749.710000001, 429623.5999999996 5432742.16, 429612.6500000004 5432735.279999999, 429604.16000000015 5432730.470000001, 429587.0999999996 5432720.369999999, 429569.61000000034 5432710.01, 429561.9299999997 5432705.470000001, 429560.8799999999 5432704.83, 429552.75 5432699.99, 429544.0700000003 5432694.82, 429537.16000000015 5432690.68, 429520.6200000001 5432680.82, 429506.7999999998 5432672.57, 429497.53000000026 5432667.039999999, 429489.1200000001 5432662.029999999, 429476.8499999996 5432654.699999999, 429463.78000000026 5432647.470000001, 429452.3200000003 5432640.8100000005, 429432.23000000045 5432629.5, 429416.2999999998 5432620.539999999, 429406.9199999999 5432615.25, 429394.5599999996 5432608.300000001, 429389.36000000034 5432605.529999999, 429360.75 5432590.35, 429332.6500000004 5432575.43, 429331.4900000002 5432573.35, 429322.5 5432568.869999999, 429294.63999999966 5432554.970000001, 429293.98000000045 5432555.640000001, 429289.71999999974 5432553.9, 429239.6699999999 5432527.779999999, 429233.28000000026 5432525.039999999, 429213.0599999996 5432518.77, 429208.2400000002 5432517.279999999, 429199.3700000001 5432513.609999999, 429197.28000000026 5432512.59, 429185.51999999955 5432506.85, 429176.0999999996 5432502.25, 429169.5999999996 5432499.09, 429163.5499999998 5432496.140000001, 429150.08999999985 5432489.57, 429132.88999999966 5432481.18, 429121.1799999997 5432475.5, 429097.7400000002 5432464.15, 429059.2599999998 5432446.52, 429047.8200000003 5432441.51, 429026.6299999999 5432432.220000001, 429025.33999999985 5432431.449999999, 429020.8499999996 5432429.26, 428999.86000000034 5432421.3100000005, 428995.4900000002 5432419.65, 428988.25 5432412.42, 428985.53000000026 5432409.710000001, 428971.4299999997 5432403.52, 428959.0499999998 5432397.5600000005, 428936.63999999966 5432386.779999999, 428926.9000000004 5432382.699999999, 428922.3700000001 5432380.800000001, 428895.1200000001 5432369.41, 428878.3700000001 5432362.390000001, 428844.7400000002 5432348.32, 428831.6299999999 5432343.1, 428810.0999999996 5432334.539999999, 428766.23000000045 5432317.1, 428751.6500000004 5432311.300000001, 428749.3499999996 5432310.390000001, 428724.6900000004 5432300.58, 428703.21999999974 5432292.039999999, 428688.1299999999 5432286.039999999, 428672.3499999996 5432279.76, 428658.5599999996 5432274.289999999, 428651.53000000026 5432271.42, 428636.3499999996 5432265.23, 428624.3499999996 5432260.470000001, 428600.7000000002 5432251.08, 428584.3799999999 5432244.619999999, 428582.1500000004 5432243.74, 428578.2999999998 5432242.210000001, 428575.41000000015 5432241.0600000005, 428573.26999999955 5432240.220000001, 428520.95999999996 5432219.48, 428471.4400000004 5432202.73, 428378.3200000003 5432166.16, 428338.9900000002 5432150.710000001, 428335.96999999974 5432150.58, 428311.2000000002 5432148.85, 428279.6200000001 5432146.640000001, 428269.1699999999 5432145.9, 428262.83999999985 5432145.460000001, 428259.6799999997 5432145.24, 428259.63999999966 5432147.039999999, 428259.51999999955 5432152.289999999, 428259.5 5432153.33, 428253.4900000002 5432291.210000001, 428306.4299999997 5432296.09, 428305.96999999974 5432300.0600000005, 428300.3700000001 5432350.109999999, 428297.0499999998 5432379.720000001, 428295.2400000002 5432395.890000001, 428294.9199999999 5432398.85, 428328.7400000002 5432400.029999999, 428379.4500000002 5432401.77, 428378.8700000001 5432404.380000001, 428378.75 5432405.18, 428377.8499999996 5432410.98, 428377.8200000003 5432411.17, 428376.2999999998 5432421.08, 428372.66000000015 5432444.92, 428391.1900000004 5432445.869999999, 428388.7400000002 5432459.130000001, 428385.25 5432458.91, 428383.66000000015 5432467.140000001, 428381.7000000002 5432477.279999999, 428379.0700000003 5432490.859999999, 428378.3499999996 5432494.5600000005, 428377.4900000002 5432499.02, 428376.9199999999 5432501.9399999995, 428376.03000000026 5432506.550000001, 428374.91000000015 5432512.34, 428373.4299999997 5432520.029999999, 428372.4299999997 5432525.15, 428371.0700000003 5432532.220000001, 428370.28000000026 5432536.27, 428366.08999999985 5432540.039999999, 428365.73000000045 5432544.51, 428365.33999999985 5432549.32, 428055.0999999996 5432529.85, 428049.6900000004 5432529.960000001, 428007.66000000015 5432617.02, 428003.21999999974 5432626.17, 427991.2599999998 5432650.83, 427971.76999999955 5432682.08, 427965.29000000004 5432692.470000001, 427953.1799999997 5432712.18, 427948.78000000026 5432719.4399999995, 427944.3700000001 5432726.73, 427939.71999999974 5432734.43, 427934.3200000003 5432735.92, 427931.96999999974 5432734.1899999995, 427912.3300000001 5432719.74, 427887.8200000003 5432701.699999999, 427808.0999999996 5432665.74, 427800.8499999996 5432662.470000001, 427797.54000000004 5432660.960000001, 427795.9299999997 5432660.220000001, 427786.41000000015 5432655.869999999, 427774.88999999966 5432650.609999999, 427767.29000000004 5432647.140000001, 427764.28000000026 5432645.76, 427754.6299999999 5432641.35, 427746.13999999966 5432637.470000001, 427735.45999999996 5432632.6, 427728.96999999974 5432629.619999999, 427725.28000000026 5432628.380000001, 427717.91000000015 5432625.74, 427646.20999999996 5432600.15, 427630.4199999999 5432599.529999999, 427626.36000000034 5432599.369999999, 427609.75 5432598.710000001, 427584.0999999996 5432597.710000001, 427575.78000000026 5432597.390000001, 427568.5800000001 5432597.1, 427558.78000000026 5432598.93, 427551.4900000002 5432597.41, 427543.76999999955 5432595.789999999, 427536.36000000034 5432594.25, 427531.5999999996 5432593.26, 427523.5999999996 5432591.58, 427515.2000000002 5432589.82, 427504.01999999955 5432587.49, 427495.83999999985 5432585.779999999, 427480.6699999999 5432579.960000001, 427462.01999999955 5432572.98, 427456.13999999966 5432570.779999999, 427450.5700000003 5432568.699999999, 427443.48000000045 5432566.039999999, 427436.1799999997 5432563.300000001, 427424.9500000002 5432559.1, 427419.4500000002 5432557.25, 427412.4400000004 5432554.59, 427405.03000000026 5432551.789999999, 427382.75 5432543.34, 427380.54000000004 5432542.609999999, 427377.5 5432541.619999999, 427363.4400000004 5432537.02, 427351.7000000002 5432533.18, 427341.1799999997 5432529.74, 427337.3700000001 5432528.5, 427330.4299999997 5432523.039999999, 427316.7599999998 5432512.300000001, 427300.45999999996 5432499.48, 427292.6900000004 5432493.369999999, 427288.66000000015 5432492.0600000005, 427273.2000000002 5432487.039999999, 427268.23000000045 5432485.43, 427235.3099999996 5432474.73, 427225.70999999996 5432471.609999999, 427210.5 5432466.67, 427196.25 5432462.029999999, 427182.75 5432457.630000001, 427161.3200000003 5432450.640000001, 427150.23000000045 5432447.02, 427139.66000000015 5432443.57, 427126.63999999966 5432439.32, 427099.3200000003 5432430.4399999995, 427095.88999999966 5432429.3100000005, 427074.75 5432422.369999999, 427072.08999999985 5432417.5600000005, 427067.45999999996 5432415.84, 427066.2000000002 5432419.59, 427065.25 5432422.380000001, 427021.2999999998 5432408.029999999, 427009.7000000002 5432404.25, 426994.04000000004 5432399.130000001, 426984.53000000026 5432396.02, 426976.33999999985 5432393.35, 426933.0999999996 5432377.449999999, 426914.3300000001 5432370.57, 426895.71999999974 5432363.710000001, 426886.6200000001 5432360.369999999, 426878.13999999966 5432357.24, 426866.6500000004 5432353.02, 426837.0499999998 5432342.15, 426858.54000000004 5432278.5600000005, 426873.1799999997 5432235.25, 426875.25 5432229.140000001, 426883.5599999996 5432204.51, 426885.0999999996 5432199.949999999, 426886 5432195, 426890.7000000002 5432168.93, 426891.53000000026 5432164.3100000005, 426891.70999999996 5432163.380000001, 426889.6500000004 5432159.23, 426865.9199999999 5432156.92, 426848.20999999996 5432155.1899999995, 426828.2400000002 5432153.25, 426818.6500000004 5432152.32, 426783.1500000004 5432148.859999999, 426768.78000000026 5432147.460000001, 426765.41000000015 5432147.119999999, 426730.08999999985 5432143.59, 426726.9199999999 5432143.279999999, 426726.3700000001 5432124.779999999, 426725.8700000001 5432108.1, 426725.33999999985 5432090.77, 426724.8200000003 5432073.130000001, 426724.29000000004 5432055.25, 426724.8499999996 5432049.85, 426725.29000000004 5432045.539999999, 426711.91000000015 5432043.279999999, 426712.29000000004 5432032.619999999, 426713.009999999</t>
   </si>
   <si>
     <t>https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=6914-401</t>
   </si>
   <si>
     <t>https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg6914-401</t>
   </si>
   <si>
-    <t>https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/vsg_sdb_6914-401.pdf</t>
+    <t>https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/vsg_sdb_6914-401.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -510,90 +510,90 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vogelschutzgebiet&amp;layers=vogelschutzgebiet&amp;qid=VSG-7000-054" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=6914-401" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg6914-401" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/vsg_sdb_6914-401.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vogelschutzgebiet&amp;layers=vogelschutzgebiet&amp;qid=VSG-7000-054" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=6914-401" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg6914-401" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/vsg_sdb_6914-401.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:X2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="34.7109375" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="8" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="29" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="178.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="15.5703125" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="42.42578125" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="178" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="81.85546875" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="76.28515625" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="73.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -664,51 +664,51 @@
       <c r="E2" t="s">
         <v>27</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>28</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>29</v>
       </c>
       <c r="J2" t="s">
         <v>30</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>31</v>
       </c>
       <c r="N2">
         <v>109761</v>
       </c>
       <c r="O2" s="3">
-        <v>45970.04444395658</v>
+        <v>46045.47634662778</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2" t="s">
         <v>35</v>
       </c>
       <c r="T2" t="s">
         <v>36</v>
       </c>
       <c r="U2" t="s">
         <v>37</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>38</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>39</v>
       </c>