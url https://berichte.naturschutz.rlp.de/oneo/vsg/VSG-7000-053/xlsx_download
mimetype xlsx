--- v0 (2025-11-09)
+++ v1 (2026-01-23)
@@ -132,51 +132,51 @@
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>Naturschutz</t>
   </si>
   <si>
     <t>Vogelschutzgebiet besonderer Bedeutung (EG)</t>
   </si>
   <si>
     <t>Natura 2000</t>
   </si>
   <si>
     <t>DE-6816-404</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((454657.9199999999 5448517.890000001, 454662.8300000001 5448520.949999999, 454667.0800000001 5448523.59, 454670.78000000026 5448525.9, 454674.0800000001 5448527.960000001, 454677.53000000026 5448530.09, 454680.98000000045 5448532.24, 454684.48000000045 5448534.42, 454688 5448536.609999999, 454697.08999999985 5448542.27, 454700.2999999998 5448544.279999999, 454712.73000000045 5448552.07, 454724.98000000045 5448559.77, 454737.26999999955 5448567.470000001, 454749.53000000026 5448575.16, 454761.95999999996 5448582.949999999, 454768.0499999998 5448586.77, 454769.5700000003 5448587.73, 454772.46999999974 5448593.51, 454776.3700000001 5448601.27, 454780.1200000001 5448608.720000001, 454780.53000000026 5448611.01, 454782.9900000002 5448624.449999999, 454785.38999999966 5448637.5600000005, 454788.0499999998 5448652.1, 454795.9400000004 5448695.199999999, 454799.3700000001 5448714.01, 454802.41000000015 5448731.4, 454803.3799999999 5448736.960000001, 454811.0099999998 5448780.5600000005, 454811.7400000002 5448784.710000001, 454830.0499999998 5448889.390000001, 454830.0999999996 5448889.68, 454830.38999999966 5448891.4399999995, 454830.86000000034 5448894.34, 454834.0499999998 5448913.49, 454834.3700000001 5448915.42, 454841.71999999974 5448959.710000001, 454845.0099999998 5448979.539999999, 454858.1500000004 5449051.34, 454859.0999999996 5449056.529999999, 454860.0599999996 5449062, 454860.66000000015 5449065.52, 454861.08999999985 5449068.93, 454869.9199999999 5449119.09, 454870.8200000003 5449127.359999999, 454872.53000000026 5449143.119999999, 454881.0800000001 5449180.77, 454885.20999999996 5449199.01, 454885.1900000004 5449207.16, 454888.9000000004 5449227.32, 454891.29000000004 5449240.279999999, 454891.73000000045 5449242.710000001, 454895.0999999996 5449261.08, 454905.9500000002 5449322.57, 454894.61000000034 5449320.279999999, 454883.6500000004 5449318.07, 454881.9400000004 5449326.68, 454869.4000000004 5449344.17, 454844.0599999996 5449379.470000001, 454842.4299999997 5449381.85, 454851.38999999966 5449387.48, 454885.5 5449409.199999999, 454818.86000000034 5449531.83, 454817.1500000004 5449534.98, 454781.66000000015 5449512.49, 454764.36000000034 5449501.529999999, 454756.1200000001 5449496.289999999, 454747.2000000002 5449490.65, 454712.95999999996 5449469.029999999, 454711.2000000002 5449467.92, 454677.61000000034 5449446.3100000005, 454660.53000000026 5449435.32, 454642.8099999996 5449423.93, 454607.9900000002 5449401.529999999, 454573.6900000004 5449379.470000001, 454556.08999999985 5449368.140000001, 454538.46999999974 5449356.800000001, 454530.0800000001 5449351.4, 454521.53000000026 5449345.9, 454508.0999999996 5449337.279999999, 454503.8499999996 5449334.539999999, 454481.36000000034 5449320.07, 454469.3700000001 5449312.35, 454435.38999999966 5449290.5, 454400.86000000034 5449268.27, 454365.3300000001 5449245.41, 454361.75 5449243.119999999, 454347.9000000004 5449234.27, 454330.8200000003 5449223.380000001, 454313.38999999966 5449212.26, 454306.63999999966 5449207.960000001, 454295.9900000002 5449201.16, 454278.83999999985 5449190.220000001, 454261.4299999997 5449179.119999999, 454244.33999999985 5449168.220000001, 454226.7400000002 5449156.99, 454209.1799999997 5449145.789999999, 454193.6699999999 5449135.9, 454174.13999999966 5449123.4399999995, 454165.2400000002 5449117.76, 454156.86000000034 5449112.42, 454140.11000000034 5449101.73, 454128.2400000002 5449094.16, 454142.6799999997 5449038.539999999, 454201.41000000015 5448973.289999999, 454203.3700000001 5448971.119999999, 454303.3799999999 5448867.470000001, 454304.53000000026 5448865.83, 454356.08999999985 5448811.01, 454366.0800000001 5448800.390000001, 454397.13999999966 5448772.25, 454399.16000000015 5448770.43, 454497.3799999999 5448681.66, 454498.48000000045 5448680.65, 454566.1799999997 5448620.65, 454575.0700000003 5448610.6899999995, 454632.5800000001 5448546.26, 454657.9199999999 5448517.890000001)))</t>
   </si>
   <si>
     <t>https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=6816-404</t>
   </si>
   <si>
     <t>https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg6816-404</t>
   </si>
   <si>
-    <t>https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/vsg_sdb_6816-404.pdf</t>
+    <t>https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/vsg_sdb_6816-404.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -510,90 +510,90 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vogelschutzgebiet&amp;layers=vogelschutzgebiet&amp;qid=VSG-7000-053" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=6816-404" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg6816-404" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/vsg_sdb_6816-404.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vogelschutzgebiet&amp;layers=vogelschutzgebiet&amp;qid=VSG-7000-053" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=6816-404" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg6816-404" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/vsg_sdb_6816-404.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:X2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="35.5703125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="5" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="24.85546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="178.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="15.5703125" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="42.42578125" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="178" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="81.85546875" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="76.28515625" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="73.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -664,51 +664,51 @@
       <c r="E2" t="s">
         <v>27</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>28</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>29</v>
       </c>
       <c r="J2" t="s">
         <v>30</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>31</v>
       </c>
       <c r="N2">
         <v>109760</v>
       </c>
       <c r="O2" s="3">
-        <v>45970.04577153378</v>
+        <v>46045.84061276279</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2" t="s">
         <v>35</v>
       </c>
       <c r="T2" t="s">
         <v>36</v>
       </c>
       <c r="U2" t="s">
         <v>37</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>38</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>39</v>
       </c>