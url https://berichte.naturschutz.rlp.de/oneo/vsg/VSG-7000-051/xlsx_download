--- v0 (2025-11-08)
+++ v1 (2026-01-23)
@@ -132,51 +132,51 @@
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>Naturschutz</t>
   </si>
   <si>
     <t>Vogelschutzgebiet besonderer Bedeutung (EG)</t>
   </si>
   <si>
     <t>Natura 2000</t>
   </si>
   <si>
     <t>DE-6816-402</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((449571.9400000004 5436508.359999999, 449608.5599999996 5436493.01, 449659.36000000034 5436471.710000001, 449682.4199999999 5436460.029999999, 449730.6699999999 5436435.57, 449756.1900000004 5436418.9, 449775.54000000004 5436406.25, 449808.4400000004 5436380.880000001, 449833.21999999974 5436366.130000001, 449875.54000000004 5436325.75, 449906.1299999999 5436287.27, 449908.9500000002 5436283.74, 449907.51999999955 5436282.640000001, 449915.33999999985 5436273.77, 449914.13999999966 5436272.3100000005, 449914.0999999996 5436269.01, 449915.6900000004 5436264.23, 449924.8799999999 5436251.470000001, 449944.7999999998 5436264.85, 449941.36000000034 5436256.57, 449940.4199999999 5436254.51, 449940 5436252.300000001, 449940.04000000004 5436249.82, 449940.4299999997 5436248.109999999, 449941.2400000002 5436246.390000001, 449946.23000000045 5436230.050000001, 449990.53000000026 5436147.93, 450026.1799999997 5436012.48, 450059.6299999999 5435945.369999999, 450078.86000000034 5435926.449999999, 450097.5999999996 5435897.550000001, 450116.21999999974 5435867.4, 450121.95999999996 5435856.32, 450122.70999999996 5435851.76, 450123.0499999998 5435847.17, 450123 5435842.550000001, 450143.4500000002 5435810.25, 450153.0599999996 5435797.34, 450155.1799999997 5435794.449999999, 450157.7000000002 5435791.91, 450160.5599999996 5435789.77, 450163.71999999974 5435788.07, 450167.08999999985 5435786.869999999, 450178.5099999998 5435783.33, 450181.45999999996 5435782.470000001, 450184.28000000026 5435781.25, 450186.9299999997 5435779.68, 450231.4000000004 5435745.75, 450238.45999999996 5435736.970000001, 450242.2400000002 5435732.300000001, 450248.29000000004 5435717.41, 450250.3200000003 5435712.970000001, 450252.8300000001 5435708.779999999, 450254.6900000004 5435706.789999999, 450256.96999999974 5435705.32, 450259.5499999998 5435704.48, 450266.4400000004 5435703.66, 450274.1299999999 5435703.1899999995, 450281.79000000004 5435702.41, 450285.1500000004 5435702.0600000005, 450293.5700000003 5435700.859999999, 450301.8700000001 5435698.98, 450308.2999999998 5435697.26, 450313.98000000045 5435694.59, 450350.5800000001 5435673.029999999, 450351.9500000002 5435671.4, 450366.01999999955 5435634.1899999995, 450365.6500000004 5435624.609999999, 450365.53000000026 5435621.880000001, 450366.04000000004 5435616.609999999, 450365.9000000004 5435606.5, 450369.95999999996 5435587.880000001, 450371.2400000002 5435580.92, 450371.95999999996 5435573.880000001, 450372.1200000001 5435566.8100000005, 450372.21999999974 5435548.75, 450393.9000000004 5435513.6899999995, 450400.38999999966 5435506.789999999, 450407.20999999996 5435500.23, 450414.3499999996 5435494.01, 450423.9900000002 5435487.050000001, 450433.95999999996 5435480.58, 450444.25 5435474.640000001, 450444.1699999999 5435471.68, 450444.04000000004 5435467.16, 450457.04000000004 5435460.33, 450482.71999999974 5435445.890000001, 450507.95999999996 5435444.890000001, 450518.70999999996 5435442.9, 450523.95999999996 5435438.68, 450531.26999999955 5435429.3100000005, 450536.9299999997 5435417.9, 450538.4000000004 5435414.609999999, 450544.45999999996 5435401.02, 450546.6799999997 5435391.68, 450547.2999999998 5435389.039999999, 450548.4400000004 5435374.66, 450530.0599999996 5435345.789999999, 450523.3300000001 5435334.52, 450521.4299999997 5435331.33, 450520.98000000045 5435329.24, 450521.1799999997 5435327.109999999, 450522.0099999998 5435325.15, 450523.41000000015 5435323.52, 450525.5599999996 5435322.6, 450527.8799999999 5435322.27, 450530.20999999996 5435322.539999999, 450533.1699999999 5435324.73, 450468.0700000003 5435230.02, 450468.21999999974 5435233.74, 450467.33999999985 5435236.130000001, 450463.9299999997 5435239.199999999, 450455.9199999999 5435239.710000001, 450451.1299999999 5435237.75, 450444.86000000034 5435227.8100000005, 450436.71999999974 5435220.48, 450422.38999999966 5435210.539999999, 450407.66000000015 5435204.1899999995, 450402.36000000034 5435202.5, 450392.3700000001 5435199.300000001, 450376.8799999999 5435198.9399999995, 450364.88999999966 5435208.039999999, 450338.33999999985 5435210.85, 450305.5700000003 5435219.789999999, 450283.1299999999 5435232.25, 450252.75 5435237.369999999, 450238.2999999998 5435235.5, 450096.28000000026 5435188.67, 449949.6500000004 5435158.6, 449818.9299999997 5435126.51, 449752.01999999955 5435083.65, 449678.6299999999 5435003.960000001, 449643.21999999974 5434852.710000001, 449642.0599999996 5434731.050000001, 449617.5700000003 5434593.01, 449593.03000000026 5434456.109999999, 449779.5499999998 5434371.800000001, 449789.7000000002 5434367.16, 449742.3099999996 5434304.76, 449716.5999999996 5434271.869999999, 449710.3700000001 5434263.609999999, 449643.23000000045 5434174.25, 449569.26999999955 5434077.32, 449496.46999999974 5433983.82, 449441.48000000045 5433910.199999999, 449429.03000000026 5433893.77, 449427.61000000034 5433891.91, 449355.3300000001 5433799.039999999, 449287.95999999996 5433755.76, 449201.88999999966 5433702.5, 449121.03000000026 5433652.49, 449040 5433602.359999999, 449037.2599999998 5433587.93, 449155.28000000026 5433562.33, 449237.1200000001 5433544.550000001, 449307.2599999998 5433529.4399999995, 449312.6500000004 5433523.6, 449312.4900000002 5433515.710000001, 449306.4000000004 5433491.33, 449306.0099999998 5433489.800000001, 449298.2000000002 5433471.380000001, 449292.7400000002 5433458.51, 449254.2400000002 5433367.68, 449275.4500000002 5433358.609999999, 449276.0099999998 5433355.85, 449277.6299999999 5433334.0600000005, 449260.38999999966 5433270.460000001, 449245.25 5433193.93, 449238.71999999974 5433162.51, 449232.5999999996 5433123.09, 449228.2000000002 5433094.73, 449214.70999999996 5433057.4, 449212.1500000004 5433044.300000001, 449216.11000000034 5433042.99, 449219.3499999996 5433041.779999999, 449229.1500000004 5433038.699999999, 449252.5 5433031.3100000005, 449276.91000000015 5433023.58, 449403.8499999996 5432987.279999999, 449515.53000000026 5433278.890000001, 449589.98000000045 5433452.92, 449728.4199999999 5433776.59, 449992.3799999999 5434267.539999999, 450064.7599999998 5434390.73, 450284.5099999998 5434765.76, 450500.5599999996 5435079.74, 450633.1699999999 5435271.51, 451055.3300000001 5435761.640000001, 451107.04000000004 5435816.59, 451459.79000000004 5436191.369999999, 451911.3300000001 5436677.9399999995, 451982.0499999998 5436754.15, 452318.58999999985 5437174.3100000005, 452595.95999999996 5437550.140000001, 452778.6200000001 5437816.24, 452828.16000000015 5437896.08, 452846.8300000001 5437926.16, 452889.86000000034 5438000.9399999995, 452912.13999999966 5438041.34, 453083.0499999998 5438397.199999999, 453101.4400000004 5438438.42, 453118.6699999999 5438478.02, 453150.46999999974 5438557.050000001, 453191.6900000004 5438663.42, 453198.53000000026 5438681.050000001, 453258.3499999996 5438900.859999999, 453352.7599999998 5439263.1899999995, 453354.03000000026 5439266.800000001, 453433.9900000002 5439722.789999999, 453443.2000000002 5439760.43, 453443.8200000003 5439762.99, 453485.0800000001 5439931.539999999, 453534.4000000004 5440205.210000001, 453612.0999999996 5440569.140000001, 453641.91000000015 5440888.32, 453743.6900000004 5441471.5600000005, 453834.6900000004 5441993.16, 453893.8799999999 5442332.49, 453955.7400000002 5442679.050000001, 453980.41000000015 5442817.16, 454051.04000000004 5443213.359999999, 454062.8700000001 5443279.49, 454140.5700000003 5443714.85, 454152.8200000003 5443785.220000001, 454231.4500000002 5444238.23, 454235.4500000002 5444261.24, 454250.1900000004 5444384.59, 454256.5599999996 5444550.8100000005, 454243.8099999996 5444738.84, 454212.6699999999 5444884.460000001, 454166.6500000004 5445030.789999999, 454100.6200000001 5445215.880000001, 454090.88999999966 5445243.17, 453992.5 5445474.119999999, 453936.5700000003 5445649.98, 453916.03000000026 5445802.67, 453917.4400000004 5445922.01, 453919.48000000045 5445954.85, 453786.4900000002 5445956.869999999, 453783.2999999998 5445969.74, 453786.6500000004 5446054.6, 453790.16000000015 5446104.619999999, 453793.9900000002 5446146.119999999, 453797.96999999974 5446171.57, 453801.16000000015 5446180.24, 453803.5499999998 5446194.85, 453815.6200000001 5446267.890000001, 453818.0499999998 5446272.300000001, 453831.1200000001 5446333.84, 453836.0800000001 5446354.1, 453846.3099999996 5446390.890000001, 453857.9400000004 5446430.01, 453860.8499999996 5446437.5600000005, 453894.1299999999 5446528.470000001, 453906.53000000026 5446557.210000001, 453934.16000000015 5446618.550000001, 453964.9400000004 5446679.970000001, 453997.11000000034 5446743.07, 454008.79000000004 5446765.970000001, 454042.70999999996 5446832.949999999, 454054.7000000002 5446854.35, 454074.3300000001 5446896.380000001, 454091.9199999999 5446934.02, 454140.75 5447034.6899999995, 454186.66000000015 5447123.6, 454232.0800000001 5447212.82, 454257.2000000002 5447260.109999999, 454261.0599999996 5447271.35, 454273.25 5447291.5, 454458.8700000001 5447653.99, 454504.73000000045 5447743.779999999, 454514.73000000045 5447763.369999999, 454569.9299999997 5447866.460000001, 454595.7400000002 5447917.720000001, 454640.96999999974 5448005.75, 454686.2599999998 5448091.640000001, 454727.5099999998 5448171.02, 454778.46999999974 5448273.5600000005, 454789.29000000004 5448296.07, 454808.46999999974 5448336.300000001, 454834.4500000002 5448406.4399999995, 454840.0499999998 5448407.890000001, 454842.91000000015 5448416.210000001, 454845.71999999974 5448424.85, 454846.8099999996 5448428.720000001, 454850.1200000001 5448439.32, 454851.1900000004 5448443.699999999, 454854.2000000002 5448454.84, 454855.0999999996 5448458.220000001, 454864.25 5448506.49, 454858.8700000001 5448507.609999999, 454855.4500000002 5448508.3100000005, 454866.95999999996 5448591.380000001, 454871.4000000004 5448591.609999999, 454873 5448609.220000001, 454873.41000000015 5448613.75, 454869.6299999999 5448619.220000001, 454875.46999999974 5448651.460000001, 454878.38999999966 5448667.550000001, 454909.46999999974 5448838.630000001, 454917.4400000004 5448882.5, 454930.0999999996 5448952.199999999, 454951.1500000004 5449079.279999999, 454958.98000000045 5449124.65, 454959.7999999998 5449129.4, 454961.41000000015 5449138.74, 454973.1799999997 5449206.17, 454950.98000000045 5449210.119999999, 454955.04000000004 5449249.34, 454942.66000000015 5449263.33, 454926.9199999999 5449282.699999999, 454921.61000000034 5449291.5, 454919.83999999985 5449294.449999999, 454916.48000000045 5449301.58, 454913.1799999997 5449310.109999999, 454910.26999999955 5449321.41, 454905.9500000002 5449322.57, 454895.0999999996 5449261.08, 454891.73000000045 5449242.710000001, 454891.29000000004 5449240.279999999, 454888.9000000004 5449227.32, 454885.1900000004 5449207.16, 454885.20999999996 5449199.01, 454881.0800000001 5449180.77, 454872.53000000026 5449143.119999999, 454870.8200000003 5449127.359999999, 454869.9199999999 5449119.09, 454861.08999999985 5449068.93, 454860.66000000015 5449065.52, 454860.0599999996 5449062, 454859.0999999996 5449056.529999999, 454858.1500000004 5449051.34, 454845.0099999998 5448979.539999999, 454841.71999999974 5448959.710000001, 454834.3700000001 5448915.42, 454834.0499999998 5448913.49, 454830.86000000034 5448894.34, 454830.38999999966 5448891.4399999995, 454830.0999999996 5448889.68, 454830.0499999998 5448889.390000001, 454811.7400000002 5448784.710000001, 454811.0099999998 5448780.5600000005, 454803.3799999999 5448736.960000001, 454802.41000000015 5448731.4, 454799.3700000001 5448714.01, 454795.9400000004 5448695.199999999, 454788.0499999998 5448652.1, 454785.38999999966 5448637.5600000005, 454782.9900000002 5448624.449999999, 454780.53000000026 5448611.01, 454780.1200000001 5448608.720000001, 454776.3700000001 5448601.27, 454772.46999999974 5448593.51, 454769.5700000003 5448587.73, 454768.0499999998 5448586.77, 454761.95999999996 5448582.949999999, 454749.53000000026 5448575.16, 454737.26999999955 5448567.470000001, 454724.98000000045 5448559.77, 454712.73000000045 5448552.07, 454700.2999999998 5448544.279999999, 454697.08999999985 5448542.27, 454688 5448536.609999999, 454684.48000000045 5448534.42, 454680.98000000045 5448532.24, 454677.53000000026 5448530.09, 454674.0800000001 5448527.960000001, 454670.78000000026 5448525.9, 454667.0800000001 5448523.59, 454662.8300000001 5448520.949999999, 454657.9199999999 5448517.890000001, 454653.4199999999 5448515.08, 454637.61000000034 5448505.25, 454617.33999999985 5448493.130000001, 454566.23000000045 5448460.85, 454538.8499999996 5448445.43, 454523.6299999999 5448439.35, 454479.3300000001 5448433.6, 454425.0499999998 5448426.57, 454424.78000000026 5448417.949999999, 454424.61000000034 5448413.449999999, 454424.25 5448403.27, 454420.4299999997 5448284.970000001, 454418.5599999996 5448193.8100000005, 454408.9199999999 5448170.529999999, 454394.1900000004 5448149.51, 454368.75 5448112.699999999, 454336.79000000004 5448063.9399999995, 454300.0099999998 5447998.289999999, 454279.38999999966 5447971.710000001, 454273.7999999998 5447966.41, 454260.1200000001 5447953.140000001, 454253.41000000015 5447946.8100000005, 454251.86000000034 5447945.33, 454250.54000000004 5447944.0600000005, 454246.1299999999 5447941.609999999, 454239.16000000015 5447937.720000001, 454232.0800000001 5447933.779999999, 454224.96999999974 5447929.82, 454218.88999999966 5447926.4399999995, 454211.76999999955 5447922.470000001, 454205.11000000034 5447918.75, 454198.3499999996 5447914.99, 454191.61000000034 5447911.23, 454184.7999999998 5447907.43, 454178.4900000002 5447903.92, 454177.4299999997 5447903.33, 454165.25 5447896.82, 454157.8099999996 5447892.859999999, 454151.38999999966 5447889.42, 454144.5099999998 5447885.75, 454137.78000000026 5447882.15, 454131.1299999999 5447878.6, 454124.8700000001 5447875.25, 454117.61000000034 5447871.779999999, 454111.3200000003 5447868.77, 454105.3700000001 5447865.93, 454098.8700000001 5447862.8100000005, 454092.26999999955 5447859.66, 454085.3799999999 5447856.359999999, 454084.79000000004 5447856.07, 454084.76999999955 5447853.49, 454079.3799999999 5447850.92, 454072.71999999974 5447847.73, 454066.13999999966 5447844.59, 454059.7000000002 5447841.51, 454052.83999999985 5447838.23, 454046.66000000015 5447835.27, 454039.9000000004 5447832.039999999, 454026.66000000015 5447825.710000001, 454019.5800000001 5447822.32, 454013.3099999996 5447819.32, 454006.53000000026 5447816.07, 453999.61000000034 5447812.77, 453993.16000000015 5447809.68, 453986.7400000002 5447806.609999999, 453980.8200000003 5447803.77, 453974.1200000001 5447800.58, 453968.0099999998 5447797.640000001, 453962 5447794.76, 453955.53000000026 5447791.699999999, 453949.45999999996 5447788.710000001, 453943.66000000015 5447785.93, 453937.13999999966 5447783.050000001, 453931.4199999999 5447780.449999999, 453925.1699999999 5447777.609999999, 453919.2400000002 5447774.92, 453912.41000000015 5447771.8100000005, 453906.4900000002 5447769.130000001, 453900.7000000002 5447766.5, 453894.5999999996 5447763.73, 453888.4299999997 5447760.92, 453881.9900000002 5447758.01, 453875.95999999996 5447755.4, 453870.54000000004 5447753.039999999, 453864.6500000004 5447750.5, 453858.5099999998 5447747.83, 453852.91000000015 5447745.4, 453846.70999999996 5447742.720000001, 453840.20999999996 5447739.890000001, 453834.5999999996 5447737.859999999, 453829.21999999974 5447735.9, 453822.6799999997 5447733.52, 453816.41000000015 5447731.24, 453810.1799999997 5447728.960000001, 453804.2400000002 5447726.800000001, 453797.8499999996 5447724.470000001, 453791.45999999996 5447722.18, 453786.75 5447720.49, 453780.2400000002 5447719.15, 453774.5800000001 5447717.98, 453768.04000000004 5447716.619999999, 453761.13999999966 5447715.199999999, 453755.0499999998 5447713.9399999995, 453749.41000000015 5447712.77, 453743.6200000001 5447711.77, 453737.7999999998 5447710.77, 453731.01999999955 5447709.6, 453724.9500000002 5447708.550000001, 453718.7400000002 5447707.48, 453712.51999999955 5447707.34, 453706.6500000004 5447707.210000001, 453700.5099999998 5447707.07, 453694.83999999985 5447706.9399999995, 453688.3700000001 5447706.789999999, 453681.6699999999 5447706.640000001, 453676.3700000001 5447706.52, 453670.3300000001 5447706.380000001, 453664.13999999966 5447706.24, 453652.13999999966 5447707.640000001, 453646.58999999985 5447708.289999999, 453640.2000000002 5447709.029999999, 453633.5800000001 5447709.800000001, 453628.1200000001 5447710.43, 453621.78000000026 5447711.17, 453615.66000000015 5447711.890000001, 453608.9900000002 5447712.66, 453605.1200000001 5447713.359999999, 453601.45999999996 5447714.029999999, 453594.7599999998 5447715.25, 453588.4500000002 5447716.390000001, 453581.6699999999 5447717.609999999, 453575.6200000001 5447718.710000001, 453569.4000000004 5447719.84, 453563.1699999999 5447720.98, 453556.1500000004 5447722.25, 453550.25 5447723.32, 453543.95999999996 5447724.460000001, 453537.78000000026 5447725.59, 453531.4500000002 5447726.73, 453524.7000000002 5447727.949999999, 453520.03000000026 5447729.029999999, 453512.4400000004 5447730.779999999, 453506.4400000004 5447732.140000001, 453499.8200000003 5447733.65, 453492.6900000004 5447735.279999999, 453487.4199999999 5447736.48, 453480.6500000004 5447738.029999999, 453473.86000000034 5447739.59, 453467.3700000001 5447741.07, 453460.11000000034 5447742.74, 453454.08999999985 5447744.109999999, 453447.38999999966 5447745.65, 453439.3799999999 5447748.470000001, 453431.96999999974 5447751.08, 453424.70999999996 5447753.640000001, 453417.6299999999 5447756.140000001, 453410.03000000026 5447758.82, 453403.25 5447761.33, 453396.0700000003 5447763.98, 453388.7400000002 5447766.68, 453381.6200000001 5447769.3100000005, 453374.13999999966 5447772.07, 453365.7000000002 5447775.18, 453358.45999999996 5447778.07, 453350.13999999966 5447781.390000001, 453342.13999999966 5447784.57, 453332.7999999998 5447788.289999999, 453325.1799999997 5447791.1899999995, 453317.2000000002 5447794.220000001, 453307.8799999999 5447798.01, 453299.20999999996 5447801.529999999, 453290.3099999996 5447805.15, 453281.61000000034 5447808.6899999995, 453276.5 5447810.720000001, 453272.66000000015 5447812.25, 453264.3099999996 5447815.58, 453256.2000000002 5447818.82, 453247.5700000003 5447822.25, 453232.7999999998 5447828.140000001, 453222.4000000004 5447832.289999999, 453211.8200000003 5447836.5, 453201.3499999996 5447840.67, 453190.29000000004 5447844.199999999, 453178.8700000001 5447843.359999999, 453178.9199999999 5447834.32, 453171.04000000004 5447838.34, 453166.0800000001 5447834.26, 453157.4000000004 5447831.75, 453145.0999999996 5447834.710000001, 453136.16000000015 5447837.800000001, 453089.4299999997 5447859.93, 453075.04000000004 5447863.859999999, 453071.96999999974 5447864.8100000005, 453050.41000000015 5447878.539999999, 453044.13999999966 5447890.1, 453038.26999999955 5447926.9399999995, 453035.78000000026 5447946.27, 453033.79000000004 5447961.68, 453031.8099999996 5447977.0600000005, 453029.7999999998 5447992.640000001, 453027.7599999998 5448008.48, 453025.7599999998 5448023.98, 453023.7000000002 5448039.970000001, 453021.53000000026 5448056.76, 453019.28000000026 5448074.279999999, 453016.45999999996 5448096.08, 453012.3499999996 5448128.23, 453011.2999999998 5448126.73, 453007.8499999996 5448121.9399999995, 453006.0999999996 5448120.74, 453000.7599999998 5448116.949999999, 452999.7000000002 5448116.27, 452992.1699999999 5448111.48, 452985 5448106.880000001, 452978.1500000004 5448102.51, 452976.26999999955 5448101.300000001, 452958.63999999966 5448097.25, 452948.0999999996 5448147.880000001, 452946.79000000004 5448154.17, 452960.0099999998 5448181.710000001, 452964.73000000045 5448191.6899999995, 452970.8200000003 5448204.59, 452974.4199999999 5448212.23, 452977.4400000004 5448218.51, 452981.9199999999 5448227.84, 452986.6299999999 5448237.640000001, 452991.2400000002 5448247.23, 452996.8799999999 5448258.960000001, 452999.63999999966 5448265.619999999, 453001.0099999998 5448278.27, 453000.1799999997 5448287.27, 452998.20999999996 5448303.880000001, 452996.6900000004 5448315.289999999, 452994.2000000002 5448328.619999999, 452992.5599999996 5448335.91, 452990.6299999999 5448344.07, 452981.25 5448359.08, 452975.6799999997 5448368.279999999, 452970.29000000004 5448376.130000001, 452965.9400000004 5448382.300000001, 452960.70999999996 5448388.85, 452954.04000000004 5448397.41, 452948.08999999985 5448405.539999999, 452942.51999999955 5448414.01, 452936.01999999955 5448422.8100000005, 452930.4000000004 5448430.43, 452924.5700000003 5448438.33, 452920.76999999955 5448442.710000001, 452914.5499999998 5448447.35, 452908.08999999985 5448452.18, 452903.9199999999 5448455.279999999, 452899.61000000034 5448457.390000001, 452895.2599999998 5448459.52, 452889.4900000002 5448462.34, 452883.5800000001 5448465.24, 452871.0099999998 5448471.4, 452860.98000000045 5448476.32, 452850.7999999998 5448481.300000001, 452844.08999999985 5448484.59, 452835.8799999999 5448488.609999999, 452827.5800000001 5448492.68, 452823.16000000015 5448494.85, 452818.2999999998 5448497.220000001, 452809.03000000026 5448501.77, 452795.53000000026 5448508.369999999, 452793.33999999985 5448509.970000001, 452766.9900000002 5448494.609999999, 452757.6900000004 5448516.949999999, 452752.96999999974 5448515.48, 452743.51999999955 5448539.0600000005, 452756.08999999985 5448565.76, 452716.9500000002 5448648.1, 452713.3700000001 5448655.619999999, 452708.6699999999 5448657.43, 452693.25 5448654.42, 452685.76999999955 5448652.960000001, 452633.0599999996 5448643.66, 452571.78000000026 5448633.710000001, 452522.46999999974 5448624.5600000005, 452519.4299999997 5448623.85, 452516.3200000003 5448623.109999999, 452493.1900000004 5448617.720000001, 452451.3499999996 5448605.34, 452443.2400000002 5448602.74, 452419.21999999974 5448592.9, 452393.9400000004 5448580.32, 452368.8300000001 5448565.130000001, 452356.16000000015 5448555.0600000005, 452341.0599999996 5448543.07, 452314.1900000004 5448519.5, 452292.3099999996 5448496.779999999, 452274.1200000001 5448475.15, 452257.2599999998 5448452.539999999, 452241.46999999974 5448428.720000001, 452214.9199999999 5448383.279999999, 452193.6200000001 5448340.42, 452206.1200000001 5448336.5600000005, 452201.8499999996 5448327.789999999, 452179.58999999985 5448276.52, 452178.9500000002 5448275.039999999, 452175.20999999996 5448266.99, 452172.7999999998 5448261.83, 452188.9900000002 5448257.48, 452188.0099999998 5448255.34, 452158.70999999996 5448191.1, 452106.29000000004 5448076.210000001, 452090.8300000001 5448042.33, 452089.38999999966 5448039.16, 452088.0700000003 5448036.279999999, 452075.48000000045 5448008.68, 452026.66000000015 5447879.34, 451968.13999999966 5447703.77, 451864.9199999999 5447496.699999999, 451770.04000000004 5447258.83, 451721.8300000001 5447090.050000001, 451721.58999999985 5447089.08, 451720.23000000045 5447083.57, 451697.9000000004 5446992.6899999995, 451694.28000000026 5446978.130000001, 451691.61000000034 5446967.43, 451676.13999999966 5446905.050000001, 451672.8200000003 5446827.52, 451672.2999999998 5446815.49, 451672.0800000001 5446810.380000001, 451671.95999999996 5446807.84, 451671.4900000002 5446796.93, 451661.7000000002 5446767.76, 451644.9000000004 5446717.76, 451644.04000000004 5446715.1899999995, 451633.26999999955 5446689.5, 451622.4400000004 5446667.73, 451534.5700000003 5446480.6, 451513.8300000001 5446436.99, 451506.4199999999 5446422.609999999, 451501.13999999966 5446405.74, 451498.2599999998 5446396.17, 451487.63999999966 5446360.43, 451484.5 5446355.4, 451489.76999999955 5446304.25, 451492.61000000034 5446281.789999999, 451492.91000000015 5446280.35, 451495.75 5446266.9, 451497.79000000004 5446271.029999999, 451500.7000000002 5446261.57, 451501.1799999997 5446259.98, 451502.03000000026 5446249.119999999, 451520.7599999998 5446196.8100000005, 451528.7000000002 5446169.289999999, 451542.33999999985 5446139.85, 451545.0599999996 5446133.970000001, 451595.54000000004 5446025, 451674.4500000002 5445898.92, 451708.1500000004 5445847.24, 451738.08999999985 5445793.09, 451766.23000000045 5445753.24, 451777.7400000002 5445740.529999999, 451785.16000000015 5445729.16, 451799.4900000002 5445707.1899999995, 451894.61000000034 5445599.74, 451974.1699999999 5445466.210000001, 451876.5999999996 5445341.359999999, 451783.5599999996 5445222.300000001, 451690.8300000001 5445103.6, 451645.9900000002 5445046.199999999, 451598.2000000002 5444985.029999999, 451591.6500000004 5444916.529999999, 451730.21999999974 5444888.210000001, 451779.0800000001 5444878.65, 451863.83999999985 5444844.1, 451932.9199999999 5444830.26, 452030.28000000026 5444836.619999999, 452114.4299999997 5444868.220000001, 452177.3099999996 5444903.02, 452233.3799999999 5444948.6, 452323.1500000004 5445003.800000001, 452326.6500000004 5445005.949999999, 452331.8200000003 5445009.119999999, 452334 5444997.609999999, 452429.96999999974 5445042.109999999, 452494.88999999966 5445066.210000001, 452573.13999999966 5445084.26, 452777.61000000034 5445041.869999999, 452779.8099999996 5444977.9, 452785.28000000026 5444957.84, 452781.4900000002 5444956.359999999, 452763.0800000001 5444847.949999999, 452778.98000000045 5444845.1, 452778.1699999999 5444840.119999999, 452771.26999999955 5444780.16, 452765.6900000004 5444707.08, 452762.8700000001 5444631.529999999, 452763.38999999966 5444500.01, 452715.13999999966 5444485.640000001, 452755.83999999985 5444431.130000001, 452784.0599999996 5444280.08, 452812.28000000026 5444153.01, 452820.25 5444068.68, 452815.9299999997 5443998.720000001, 452797.04000000004 5443953.5, 452779.0700000003 5443935.970000001, 452740.03000000026 5443915.199999999, 452653.1699999999 5443881.07, 452577.11000000034 5443856.76, 452562.38999999966 5443856.98, 452544.16000000015 5443857.25, 452543.98000000045 5443857.279999999, 452541.2999999998 5443847.710000001, 452535.0499999998 5443845.470000001, 452531.75 5443844.289999999, 452524.1200000001 5443840.779999999, 452520.7599999998 5443839.32, 452483.66000000015 5443822.82, 452477.25 5443819.960000001, 452464.9900000002 5443814.75, 452440.0800000001 5443804.16, 452415.21999999974 5443793.59, 452389.21999999974 5443782.539999999, 452363.23000000045 5443771.49, 452336.51999999955 5443760.109999999, 452331.20999999996 5443757.859999999, 452312.76999999955 5443747.3100000005, 452295.8300000001 5443737.630000001, 452289.2400000002 5443735.16, 452266.53000000026 5443726.630000001, 452244.7999999998 5443718.460000001, 452223.71999999974 5443710.539999999, 452202.9500000002 5443702.75, 452182.8099999996 5443695.17, 452162.6799999997 5443687.619999999, 452143.25 5443680.32, 452124.51999999955 5443673.279999999, 452115.4199999999 5443669.869999999, 452083.3200000003 5443656.08, 452072.6500000004 5443648.35, 451943.95999999996 5443602.210000001, 451956.13999999966 5443565.85, 451960.1299999999 5443554.220000001, 451953.96999999974 5443550.77, 451934.41000000015 5443537.08, 451878.6500000004 5443507.98, 451866.8799999999 5443495.82, 451858.8700000001 5443491.130000001, 451842.6900000004 5443479.550000001, 451831.8499999996 5443472.09, 451828.0099999998 5443469.460000001, 451820.1900000004 5443464.07, 451789.5099999998 5443440.109999999, 451773.8799999999 5443425.369999999, 451772 5443423.52, 451721.26999999955 5443390.34, 451714.63999999966 5443382.8100000005, 451700.70999999996 5443367.01, 451666.11000000034 5443319, 451645.53000000026 5443264.73, 451642.7000000002 5443257.27, 451626.5099999998 5443225.140000001, 451605.88999999966 5443177.52, 451587.2599999998 5443132.42, 451573.76999999955 5443094.59, 451569.4900000002 5443078.51, 451566.5099999998 5443056.630000001, 451564.3499999996 5443039.029999999, 451564.5499999998 5443027.449999999, 451565.8499999996 5443021.6899999995, 451566.9500000002 5443018.369999999, 451560.28000000026 5443000.109999999, 451541.11000000034 5442894.51, 451524.6699999999 5442803.970000001, 451502.6699999999 5442805.789999999, 451498.5800000001 5442768.48, 451518.83999999985 5442765.9, 451521.4199999999 5442765.57, 451526.9400000004 5442765.869999999, 451622.91000000015 5442758.220000001, 451634.48000000045 5442757.76, 451645.2599999998 5442757.34, 451650.9199999999 5442757.4, 451773.23000000045 5442755.01, 451778.0700000003 5442767.859999999, 451779.6900000004 5442772.210000001, 451782.6299999999 5442780.039999999, 451785.23000000045 5442786.99, 451795.70999999996 5442814.960000001, 451799.29000000004 5442824.48, 451811.75 5442857.74, 451814.45999999996 5442864.08, 451823.3099999996 5442884.82, 451828.1500000004 5442896.140000001, 451841.8799999999 5442928.27, 451852.54000000004 5442953.24, 451855.2400000002 5442959.550000001, 451863.1200000001 5442971.6, 451868.16000000015 5442979.289999999, 451872.9400000004 5442986.58, 451904.0499999998 5443034.119999999, 451908.20999999996 5443040.51, 451911.2599999998 5443038.68, 451987.4000000004 5442991.890000001, 452030.36000000034 5442962.01, 452035.6699999999 5442959.48, 452062.8700000001 5442935.970000001, 452095.0599999996 5442908.16, 452101.1900000004 5442900.34, 452098.75 5442898.779999999, 452093.2599999998 5442892.949999999, 452092.83999999985 5442892.029999999, 452093.53000000026 5442890.43, 452103.1200000001 5442878.84, 452104.8300000001 5442873.09, 452101.8700000001 5442866.77, 452098.8700000001 5442863.359999999, 452097.4900000002 5442860.970000001, 452095.0999999996 5442848.279999999, 452091.08999999985 5442826.99, 452089.25 5442817.279999999, 452088.29000000004 5442802.699999999, 452087.8300000001 5442795.59, 452086.9299999997 5442781.77, 452084.75 5442748.23, 452081.83999999985 5442703.779999999, 452081.04000000004 5442691.289999999, 452081.6699999999 5442683.27, 452081.9900000002 5442675.57, 452082.5499999998 5442672.279999999, 452086.2400000002 5442650.640000001, 452090.7000000002 5442624.640000001, 452096.5 5442590.859999999, 452099.0800000001 5442575.800000001, 452103.0099999998 5442552.9399999995, 452112.9299999997 5442495.15, 452114.2400000002 5442488.460000001, 452116.58999999985 5442476.550000001, 452120.91000000015 5442477.550000001, 452125.0800000001 5442476.24, 452126.75 5442469.35, 452135.66000000015 5442432.449999999, 452138.9000000004 5442419.02, 452140.9199999999 5442411.82, 452144.3300000001 5442399.6899999995, 452158.2999999998 5442355.720000001, 452160.7999999998 5442347.83, 452163.4299999997 5442339.57, 452166.1799999997 5442330.92, 452171.6299999999 5442313.75, 452173.98000000045 5442305.4399999995, 452200.1200000001 5442242.24, 452224.5800000001 5442185.6899999995, 452252.3499999996 5442145.300000001, 452292.13999999966 5442185.949999999, 452295.5 5442188.27, 452298.53000000026 5442184.789999999, 452319.21999999974 5442160.9399999995, 452328.08999999985 5442150.699999999, 452341.4299999997 5442135.32, 452355.46999999974 5442119.130000001, 452363.1500000004 5442110.279999999, 452366.76999999955 5442106.119999999, 452371.8099999996 5442101.33, 452389.21999999974 5442084.789999999, 452393.53000000026 5442080.6899999995, 452397.5800000001 5442076.84, 452405.1200000001 5442069.6899999995, 452409.3799999999 5442065.640000001, 452428.91000000015 5442062.390000001, 452447.1799999997 5442059.35, 452465.9199999999 5442056.24, 452468.5599999996 5442057.550000001, 452470.4900000002 5442053.24, 452470.01999999955 5442006.76, 452469.03000000026 5441909.369999999, 452481.9400000004 5441908.9399999995, 452495.1900000004 5441908.5, 452507.2999999998 5441908.09, 452519.53000000026 5441907.68, 452524.86000000034 5441907.5, 452530.8300000001 5441907.289999999, 452547.41000000015 5441897.789999999, 452576.6699999999 5441881, 452576.0499999998 5441878.359999999, 452575.4400000004 5441873.050000001, 452593.1500000004 5441874.65, 452593.04000000004 5441873.66, 452596.4500000002 5441874.390000001, 452615.5999999996 5441878.51, 452641.83999999985 5441880.32, 452668.7599999998 5441878.220000001, 452668.6500000004 5441877.220000001, 452693.8499999996 5441873.3100000005, 452719.13999999966 5441872.789999999, 452739.8300000001 5441873.49, 452761.3200000003 5441874.210000001, 452758.45999999996 5441838.93, 452758.3499999996 5441837.449999999, 452763.3200000003 5441837.039999999, 452761.7599999998 5441822.140000001, 452755.5099999998 5441762.49, 452754.1500000004 5441755, 452746.51999999955 5441639.039999999, 452880.11000000034 5441636.039999999, 452911 5441634.539999999, 452914 5441634.380000001, 453027.1200000001 5441633.42, 453029.23000000045 5441633.539999999, 453057.63999999966 5441635.24, 453055.3200000003 5441628.58, 453053.1699999999 5441622.49, 453051.36000000034 5441617.289999999, 453051.0999999996 5441616.050000001, 453050.3300000001 5441617.619999999, 453044.8799999999 5441615.119999999, 453049.0999999996 5441606.23, 453047.16000000015 5441596.720000001, 453042.36000</t>
   </si>
   <si>
     <t>https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=6816-402</t>
   </si>
   <si>
     <t>https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg6816-402</t>
   </si>
   <si>
-    <t>https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/vsg_sdb_6816-402.pdf</t>
+    <t>https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/vsg_sdb_6816-402.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -510,90 +510,90 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vogelschutzgebiet&amp;layers=vogelschutzgebiet&amp;qid=VSG-7000-051" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=6816-402" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg6816-402" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/vsg_sdb_6816-402.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vogelschutzgebiet&amp;layers=vogelschutzgebiet&amp;qid=VSG-7000-051" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=6816-402" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg6816-402" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/vsg_sdb_6816-402.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:X2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="35.85546875" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="7" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="57.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="178.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="15.5703125" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="42.42578125" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="178" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="81.85546875" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="76.28515625" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="73.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -664,51 +664,51 @@
       <c r="E2" t="s">
         <v>27</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>28</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>29</v>
       </c>
       <c r="J2" t="s">
         <v>30</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>31</v>
       </c>
       <c r="N2">
         <v>109758</v>
       </c>
       <c r="O2" s="3">
-        <v>45969.88318413489</v>
+        <v>46045.50518829741</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2" t="s">
         <v>35</v>
       </c>
       <c r="T2" t="s">
         <v>36</v>
       </c>
       <c r="U2" t="s">
         <v>37</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>38</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>39</v>
       </c>