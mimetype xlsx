--- v0 (2025-11-09)
+++ v1 (2026-01-22)
@@ -132,51 +132,51 @@
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>Naturschutz</t>
   </si>
   <si>
     <t>Vogelschutzgebiet besonderer Bedeutung (EG)</t>
   </si>
   <si>
     <t>Natura 2000</t>
   </si>
   <si>
     <t>DE-6812-401</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((418661.61000000034 5449554.640000001, 418656.88999999966 5449558.18, 418655.58999999985 5449559.17, 418652.3499999996 5449554.91, 418639.26999999955 5449538.66, 418613.96999999974 5449556.92, 418611.83999999985 5449558.449999999, 418610.6900000004 5449559.27, 418608.48000000045 5449560.220000001, 418593.0800000001 5449566.84, 418588.5099999998 5449570.4399999995, 418569.98000000045 5449585.029999999, 418550.8200000003 5449600.119999999, 418552.0999999996 5449603.01, 418550.33999999985 5449605.289999999, 418523.8499999996 5449641.09, 418520.9900000002 5449636.460000001, 418519.04000000004 5449633.33, 418515.26999999955 5449627.23, 418513.1799999997 5449623.880000001, 418512.1200000001 5449622.1899999995, 418509.8300000001 5449620.27, 418506.9400000004 5449617.84, 418504.13999999966 5449615.5, 418501.33999999985 5449613.15, 418497.88999999966 5449610.26, 418494.3799999999 5449607.3100000005, 418491.2000000002 5449604.640000001, 418487.5999999996 5449601.630000001, 418484.3799999999 5449598.92, 418480.9400000004 5449596.029999999, 418477.98000000045 5449593.550000001, 418472.3200000003 5449591.84, 418468.6900000004 5449590.74, 418464.91000000015 5449589.619999999, 418454.48000000045 5449586.539999999, 418450.8700000001 5449585.470000001, 418449.0499999998 5449591.92, 418429.1900000004 5449660.279999999, 418427.54000000004 5449665.960000001, 418426.5499999998 5449665.84, 418420.8799999999 5449686.17, 418415.4199999999 5449705.67, 418418.23000000045 5449706.8100000005, 418420.9900000002 5449707.92, 418425.0700000003 5449709.58, 418426.9500000002 5449710.34, 418429.48000000045 5449711.359999999, 418435.9400000004 5449714.82, 418438.1900000004 5449716.02, 418441.4199999999 5449718.970000001, 418442.8700000001 5449720.279999999, 418446.5 5449723.59, 418447.33999999985 5449724.199999999, 418449.79000000004 5449726.039999999, 418455.36000000034 5449730.1899999995, 418459.0099999998 5449732.91, 418462.6900000004 5449735.65, 418465.11000000034 5449737.449999999, 418465.7000000002 5449737.890000001, 418474.9199999999 5449744.75, 418472.1500000004 5449750.77, 418481.2999999998 5449753.82, 418486.9400000004 5449743.75, 418489.36000000034 5449739.630000001, 418492.03000000026 5449735.08, 418499.4000000004 5449736.76, 418503.3499999996 5449737.66, 418507.4500000002 5449738.59, 418510.4900000002 5449739.27, 418512.5499999998 5449739.74, 418517.6200000001 5449740.9, 418523.58999999985 5449742.720000001, 418527.5499999998 5449743.9399999995, 418534.4299999997 5449746.34, 418535.9299999997 5449746.880000001, 418543.08999999985 5449749.390000001, 418543.6500000004 5449749.58, 418550.88999999966 5449751.039999999, 418558.4199999999 5449752.5600000005, 418561.16000000015 5449753.119999999, 418562.03000000026 5449753.380000001, 418566.3700000001 5449754.49, 418571.58999999985 5449755.84, 418572.4500000002 5449756.16, 418575.1500000004 5449756.84, 418576.78000000026 5449757.42, 418577.2999999998 5449757.49, 418575.5800000001 5449774.18, 418574.9500000002 5449780.27, 418588.33999999985 5449783.33, 418594.8200000003 5449785.289999999, 418603.3200000003 5449787.449999999, 418614.1799999997 5449790.57, 418610.88999999966 5449799.6899999995, 418608.4000000004 5449806.93, 418607.8499999996 5449808.199999999, 418604.83999999985 5449816.83, 418602.41000000015 5449816.0600000005, 418599.4900000002 5449815.4, 418592.5499999998 5449813.5, 418581.2999999998 5449810.4, 418577.9199999999 5449809.460000001, 418574.3200000003 5449808.449999999, 418568.3700000001 5449806.43, 418565.0999999996 5449805.48, 418564.7000000002 5449806.609999999, 418560.36000000034 5449822.34, 418559.58999999985 5449825.15, 418555.6299999999 5449824.130000001, 418550.1299999999 5449822.619999999, 418546.29000000004 5449821.57, 418546.1799999997 5449823.109999999, 418539.4900000002 5449822.779999999, 418537.8099999996 5449832.41, 418466.1299999999 5449833.3100000005, 418465.96999999974 5449834.01, 418465.45999999996 5449838.130000001, 418464.6699999999 5449844.73, 418421.7000000002 5449850.109999999, 418421.79000000004 5449850.82, 418422.9900000002 5449859.6, 418423.38999999966 5449862.529999999, 418423.6200000001 5449864.210000001, 418402.9500000002 5449865.539999999, 418401.1699999999 5449865.65, 418417.1699999999 5449869.1899999995, 418434.0599999996 5449870.699999999, 418434.9199999999 5449870.93, 418439.8200000003 5449872.199999999, 418443.8700000001 5449873.6, 418447.36000000034 5449875.16, 418457.1299999999 5449879.5600000005, 418464.6299999999 5449883.460000001, 418474.8200000003 5449888.48, 418481.29000000004 5449893.07, 418486.4400000004 5449896.85, 418491.9400000004 5449900.91, 418493.2999999998 5449901.91, 418494.46999999974 5449902.67, 418494.48000000045 5449910.9, 418501.5099999998 5449915.41, 418508.7999999998 5449919.91, 418517.45999999996 5449925.27, 418522.9900000002 5449926.3100000005, 418515.2400000002 5449928.619999999, 418514.3499999996 5449928.83, 418498.95999999996 5449928.550000001, 418495.88999999966 5449928.51, 418493.4000000004 5449928.460000001, 418438.63999999966 5449933.85, 418439.0499999998 5449942.58, 418435.0499999998 5449949.0600000005, 418413.0800000001 5449984.869999999, 418411.2599999998 5449987.8100000005, 418410.63999999966 5449988.710000001, 418379.63999999966 5450032.48, 418385.16000000015 5450036.34, 418389.3099999996 5450039.25, 418392.1500000004 5450041.24, 418393.3799999999 5450042.1, 418397.70999999996 5450045.130000001, 418402.03000000026 5450048.15, 418404.4000000004 5450049.800000001, 418407.2599999998 5450051.800000001, 418410.86000000034 5450055.390000001, 418415.33999999985 5450059.84, 418418.5 5450062.99, 418418.7999999998 5450063.289999999, 418422.29000000004 5450066.76, 418429.25 5450073.6899999995, 418431.1299999999 5450075.5600000005, 418433.2599999998 5450077.1899999995, 418437.8200000003 5450080.65, 418443.54000000004 5450085, 418448.9400000004 5450089.109999999, 418453.96999999974 5450092.93, 418459.3700000001 5450097.039999999, 418476.3799999999 5450108.73, 418467.45999999996 5450122.43, 418457.1500000004 5450138.66, 418472.7599999998 5450148.26, 418473.0099999998 5450154.26, 418473.11000000034 5450156.699999999, 418473.6799999997 5450170.5, 418472.4199999999 5450184.66, 418477.25 5450178.43, 418481.0599999996 5450173.51, 418498.4000000004 5450151.199999999, 418503.7599999998 5450141.199999999, 418506.6699999999 5450135.59, 418509.0099999998 5450130.32, 418527.5700000003 5450143.25, 418531.6299999999 5450137.050000001, 418534.2599999998 5450134.42, 418539.7400000002 5450128.85, 418530.3200000003 5450120.050000001, 418531.20999999996 5450119.1, 418542.7999999998 5450127.550000001, 418553.1200000001 5450123.199999999, 418568.2599999998 5450116.84, 418554.0599999996 5450103.76, 418560.2599999998 5450099.32, 418565.4299999997 5450094.8100000005, 418562.8099999996 5450092.68, 418566.21999999974 5450088.640000001, 418570.58999999985 5450091.65, 418578.5 5450085.699999999, 418578.5 5450086.85, 418578.58999999985 5450094.050000001, 418577.3799999999 5450113, 418587.28000000026 5450115.6, 418603.8099999996 5450119.93, 418608.6500000004 5450121.199999999, 418616.78000000026 5450118.949999999, 418613.5999999996 5450129.470000001, 418610.26999999955 5450133.1899999995, 418611.71999999974 5450133.84, 418621.21999999974 5450138.039999999, 418611.6299999999 5450159.529999999, 418604.0099999998 5450172, 418617.2400000002 5450177.9, 418613.29000000004 5450188.630000001, 418605.9400000004 5450209.380000001, 418605.9299999997 5450213.07, 418605.9000000004 5450218.73, 418604.13999999966 5450253.630000001, 418607.53000000026 5450266.289999999, 418627.38999999966 5450319.9, 418635.5999999996 5450352.779999999, 418633.11000000034 5450377.48, 418632.88999999966 5450379.59, 418632.2400000002 5450380.76, 418624.6200000001 5450394.460000001, 418620.9000000004 5450401.859999999, 418616.2400000002 5450411.140000001, 418609.6500000004 5450414.300000001, 418589.4199999999 5450424, 418569.6900000004 5450431.699999999, 418549.9000000004 5450439.42, 418548.33999999985 5450440.43, 418507.9000000004 5450466.470000001, 418480.3499999996 5450499.300000001, 418442.6200000001 5450570.0600000005, 418436.48000000045 5450589.539999999, 418431.4199999999 5450611.859999999, 418414.3200000003 5450666.66, 418412.78000000026 5450671.98, 418413.6900000004 5450674.83, 418415.4400000004 5450680.359999999, 418414.95999999996 5450726.59, 418412.7000000002 5450747.99, 418422.1699999999 5450770.17, 418434.3200000003 5450798.220000001, 418438.23000000045 5450807.0600000005, 418452.1799999997 5450838.6, 418452.70999999996 5450840.15, 418466 5450879.199999999, 418472.38999999966 5450899.890000001, 418470.4400000004 5450912.82, 418470.01999999955 5450932.3100000005, 418470.13999999966 5450946.789999999, 418473.26999999955 5450967, 418469.29000000004 5450967.4, 418457.6299999999 5450963.949999999, 418458.7000000002 5450968.1899999995, 418455.38999999966 5450967.529999999, 418441.1799999997 5450965.08, 418426.98000000045 5450963.039999999, 418412.6900000004 5450961.32, 418398.38999999966 5450960.039999999, 418384.01999999955 5450959.08, 418370.20999999996 5450959.6899999995, 418369.46999999974 5450958.460000001, 418369.4199999999 5450959.710000001, 418353.48000000045 5450960.08, 418353.26999999955 5450960.09, 418346.48000000045 5450960.25, 418341.0099999998 5450960.380000001, 418334.2999999998 5450960.539999999, 418311.4000000004 5450961.84, 418298.51999999955 5450963.029999999, 418290.78000000026 5450963.75, 418286.53000000026 5450964.15, 418262.4000000004 5450966.99, 418238.9199999999 5450970.4, 418225.0099999998 5450972.91, 418191.96999999974 5450978.890000001, 418187.45999999996 5450979.800000001, 418185.3099999996 5450979.050000001, 418184.3499999996 5450978.720000001, 418176.0499999998 5450981.74, 418173.9199999999 5450982.529999999, 418159.1299999999 5450985.51, 418156.01999999955 5450986.130000001, 418149.25 5450987.5, 418144.6699999999 5450988.42, 418140.28000000026 5450989.33, 418096.5999999996 5450998.42, 418091.3200000003 5450999.359999999, 418085.38999999966 5451000.4, 418082.9199999999 5451000.84, 418074.0700000003 5451002.41, 418061.01999999955 5451004.720000001, 418053.5999999996 5451006.039999999, 418051.58999999985 5451006.390000001, 418015.78000000026 5451011.15, 418004.9000000004 5451011.8100000005, 417989.66000000015 5451012.73, 417965.46999999974 5451012.970000001, 417941.7599999998 5451011.710000001, 417913.7999999998 5451008.51, 417901.33999999985 5451006.140000001, 417899.03000000026 5451005.710000001, 417894.26999999955 5451004.789999999, 417886.2999999998 5451003.279999999, 417884.46999999974 5451002.8100000005, 417878.6699999999 5451001.300000001, 417863.0499999998 5450997.26, 417839.70999999996 5450989.75, 417814.5 5450979.6899999995, 417785.2599999998 5450966.140000001, 417762.01999999955 5450953.68, 417761.01999999955 5450953.140000001, 417757.6900000004 5450951.16, 417736.5999999996 5450938.6, 417714.8300000001 5450924.99, 417706.25 5450919.3100000005, 417702.83999999985 5450917.050000001, 417686.29000000004 5450906.08, 417671.0700000003 5450895.68, 417665.73000000045 5450892.039999999, 417641.7000000002 5450875.630000001, 417610.4900000002 5450854.52, 417588.4900000002 5450840.369999999, 417579.21999999974 5450834.880000001, 417551.71999999974 5450818.550000001, 417536.2999999998 5450809.390000001, 417533.9199999999 5450808.199999999, 417507.6200000001 5450795.73, 417484.46999999974 5450784.73, 417485.03000000026 5450782.83, 417478.11000000034 5450780.710000001, 417473.6699999999 5450778.76, 417461.20999999996 5450767.98, 417452.75 5450760.869999999, 417436.9400000004 5450747.76, 417404.45999999996 5450725.59, 417390.98000000045 5450715.91, 417383.23000000045 5450711.109999999, 417380.79000000004 5450708.6, 417377.1799999997 5450704.859999999, 417373.70999999996 5450701.3100000005, 417368.4000000004 5450692.35, 417363.3499999996 5450683.869999999, 417367.58999999985 5450670.07, 417362.7999999998 5450666.970000001, 417358.29000000004 5450671.74, 417355.38999999966 5450674.800000001, 417343.5700000003 5450687.3100000005, 417348.4900000002 5450695.880000001, 417336.0999999996 5450691.08, 417323.2999999998 5450674.859999999, 417330.9299999997 5450662.609999999, 417334.95999999996 5450641.4, 417330.61000000034 5450634.859999999, 417290.48000000045 5450613.359999999, 417274.7599999998 5450603.800000001, 417271.33999999985 5450594.9, 417270.8700000001 5450593.789999999, 417268.20999999996 5450583.720000001, 417263.70999999996 5450564.109999999, 417258.23000000045 5450540.24, 417258.1799999997 5450539.6899999995, 417257.3099999996 5450529.539999999, 417255.63999999966 5450509.720000001, 417254.96999999974 5450501.550000001, 417254.73000000045 5450492.630000001, 417252.8300000001 5450467.789999999, 417251.9199999999 5450430.99, 417251.8300000001 5450427.1, 417256.95999999996 5450404.09, 417262.11000000034 5450389.35, 417268.78000000026 5450377.720000001, 417274.5999999996 5450368.869999999, 417280.2400000002 5450372.9399999995, 417281.4900000002 5450371.289999999, 417275.96999999974 5450367.0600000005, 417276.41000000015 5450366.26, 417286.5599999996 5450357.48, 417306.08999999985 5450336.0600000005, 417316.16000000015 5450323.59, 417329.7000000002 5450315.300000001, 417330.9299999997 5450316.640000001, 417345.4400000004 5450304.99, 417359.20999999996 5450293.9399999995, 417359.6299999999 5450293.66, 417367.41000000015 5450288.6, 417369.1299999999 5450287.699999999, 417375.5099999998 5450284.33, 417383.28000000026 5450276.539999999, 417385.3700000001 5450266.16, 417385.8300000001 5450263.82, 417392.2400000002 5450253.43, 417394.3200000003 5450250.050000001, 417409.45999999996 5450226.130000001, 417412.71999999974 5450218.08, 417401.6699999999 5450216.48, 417408.6500000004 5450201.859999999, 417410.04000000004 5450198.9399999995, 417418.7000000002 5450172.26, 417413.7599999998 5450168.83, 417410.13999999966 5450163.539999999, 417408.9199999999 5450161.74, 417399.53000000026 5450148, 417395.1200000001 5450148.119999999, 417382.71999999974 5450125.949999999, 417348.2599999998 5450095.789999999, 417347.11000000034 5450094.77, 417347.4299999997 5450093.76, 417345.5 5450093.359999999, 417325.5099999998 5450088.130000001, 417307.61000000034 5450077.4, 417286.6699999999 5450068.359999999, 417276.5499999998 5450059.27, 417264.53000000026 5450053.35, 417257.08999999985 5450048.09, 417244.9299999997 5450039.5, 417233.75 5450032.460000001, 417214.1900000004 5450019.789999999, 417214.61000000034 5450017.8100000005, 417214.88999999966 5450017.300000001, 417219.8499999996 5450007.949999999, 417216.6799999997 5450006.449999999, 417209.6299999999 5450003.140000001, 417203.9199999999 5450000.470000001, 417206.91000000015 5449992.74, 417202.03000000026 5449989.98, 417196.6500000004 5449986.9399999995, 417192.83999999985 5449984.789999999, 417185.9000000004 5449980.9, 417180.8099999996 5449978.039999999, 417180.76999999955 5449975.289999999, 417189.5099999998 5449964.83, 417161.48000000045 5449953.720000001, 417114.8799999999 5449935.02, 417165.20999999996 5449936.630000001, 417164.4900000002 5449942.08, 417168.33999999985 5449943.470000001, 417173.0800000001 5449945.199999999, 417174.01999999955 5449935.01, 417182.38999999966 5449935.26, 417182.73000000045 5449925.66, 417185.1299999999 5449876.9399999995, 417159.53000000026 5449871.109999999, 417156.78000000026 5449884.619999999, 417154.1900000004 5449898.109999999, 417152.4400000004 5449907.25, 417151.1200000001 5449914.17, 417150.1699999999 5449919.1, 417149.23000000045 5449924.02, 417147.66000000015 5449932.300000001, 417122.29000000004 5449930.58, 417110.91000000015 5449933.43, 417090.1500000004 5449935.35, 417063.6699999999 5449924.74, 417044.54000000004 5449922.220000001, 417044.4199999999 5449921.42, 417031.1900000004 5449920.51, 417003.5599999996 5449910.6, 416956.8200000003 5449885.6, 416961.16000000015 5449878, 416961.5999999996 5449877.23, 416965.08999999985 5449871.140000001, 416965.3499999996 5449870.6899999995, 416970.0599999996 5449862.75, 416970.6299999999 5449861.77, 416975.73000000045 5449853.16, 416975.9299999997 5449852.83, 416980.3799999999 5449845.3100000005, 416984.9299999997 5449837.630000001, 416985.58999999985 5449836.49, 416989.73000000045 5449829.52, 416993.33999999985 5449823.42, 416995.25 5449820.199999999, 416996.48000000045 5449818.109999999, 416997.5999999996 5449816.210000001, 416999.8200000003 5449812.470000001, 416999.98000000045 5449812.1899999995, 417002.6299999999 5449807.720000001, 417003.5800000001 5449806.130000001, 417004.4299999997 5449804.6899999995, 417007.45999999996 5449800.3100000005, 417011.16000000015 5449794.9399999995, 417011.4900000002 5449794.470000001, 417014.38999999966 5449790.279999999, 417014.6200000001 5449789.949999999, 417017.4299999997 5449785.890000001, 417019.8700000001 5449782.359999999, 417020.3099999996 5449781.710000001, 417023.16000000015 5449777.6, 417025.86000000034 5449773.68, 417026.33999999985 5449772.99, 417029.3099999996 5449768.699999999, 417033.7599999998 5449762.25, 417033.98000000045 5449761.949999999, 417036.9900000002 5449757.59, 417037.6500000004 5449756.630000001, 417040.46999999974 5449752.550000001, 417042.4500000002 5449749.6899999995, 417043.3700000001 5449748.34, 417044.36000000034 5449746.92, 417046.5 5449743.800000001, 417047.6799999997 5449741.6899999995, 417049.23000000045 5449738.91, 417051.8700000001 5449734.15, 417053.75 5449730.77, 417054.61000000034 5449729.24, 417057.2000000002 5449724.59, 417059.7400000002 5449725.41, 417060.7599999998 5449721.6899999995, 417061.61000000034 5449718.6, 417062.41000000015 5449715.67, 417064.1200000001 5449709.470000001, 417066.1500000004 5449702.109999999, 417070.0499999998 5449687.9399999995, 417073.21999999974 5449676.390000001, 417076.3300000001 5449665.07, 417077.38999999966 5449661.24, 417079.5999999996 5449653.1899999995, 417083.20999999996 5449640.07, 417085.5700000003 5449640.33, 417085.96999999974 5449635.710000001, 417084.5099999998 5449621.52, 417080.2000000002 5449579.58, 417079.6299999999 5449573.949999999, 417084.2400000002 5449573.59, 417088.3499999996 5449573.26, 417088.3200000003 5449569.33, 417088.25 5449561.85, 417088.2000000002 5449556.289999999, 417088.13999999966 5449549.6899999995, 417088.1299999999 5449549.1899999995, 417088.01999999955 5449541.67, 417087.9199999999 5449534.98, 417087.83999999985 5449529.279999999, 417087.76999999955 5449523.960000001, 417087.71999999974 5449521.02, 417087.6699999999 5449517.67, 417087.61000000034 5449513.35, 417087.5599999996 5449509.58, 417087.5 5449506.199999999, 417087.4400000004 5449501.779999999, 417087.38999999966 5449498.25, 417086.3300000001 5449495.65, 417085.3499999996 5449493.23, 417085.4299999997 5449492.109999999, 417085.8300000001 5449486.539999999, 417086.2599999998 5449480.720000001, 417086.46999999974 5449477.859999999, 417087.0099999998 5449470.42, 417087.26999999955 5449466.869999999, 417088.04000000004 5449456.199999999, 417088.4000000004 5449451.34, 417088.83999999985 5449445.1899999995, 417089.36000000034 5449438.18, 417089.9000000004 5449430.699999999, 417090.4400000004 5449423.199999999, 417091.0499999998 5449414.869999999, 417091.2400000002 5449412.33, 417091.5999999996 5449407.380000001, 417092.13999999966 5449399.9, 417092.36000000034 5449396.859999999, 417092.6799999997 5449392.43, 417093.11000000034 5449386.67, 417093.46999999974 5449381.57, 417093.91000000015 5449375.59, 417094.1699999999 5449372.01, 417094.4199999999 5449368.6, 417094.6299999999 5449365.609999999, 417094.8499999996 5449362.75, 417095.0999999996 5449359.23, 417126.9900000002 5449358.359999999, 417127.0999999996 5449356.609999999, 417134.01999999955 5449355.609999999, 417137.98000000045 5449355.029999999, 417139.71999999974 5449354.77, 417143.7999999998 5449294.789999999, 417146.0499999998 5449261.859999999, 417147.3799999999 5449245.9399999995, 417147.9000000004 5449239.869999999, 417149.96999999974 5449215.9399999995, 417150.1699999999 5449212.32, 417143.75 5449212.01, 417145.6200000001 5449201.529999999, 417147.5700000003 5449190.609999999, 417148.8300000001 5449183.539999999, 417149.25 5449181.15, 417149.51999999955 5449179.65, 417150.91000000015 5449171.83, 417152.3200000003 5449163.949999999, 417153.51999999955 5449157.18, 417154.71999999974 5449150.4399999995, 417155.6200000001 5449145.449999999, 417156.48000000045 5449140.630000001, 417158.25 5449130.66, 417160.23000000045 5449119.5600000005, 417157.5800000001 5449117.359999999, 417144.54000000004 5449106.51, 417153.7599999998 5449102.1, 417167.1500000004 5449095.6899999995, 417169.4500000002 5449094.59, 417180.9900000002 5449088.630000001, 417191.78000000026 5449083.0600000005, 417199.5099999998 5449079.07, 417207.8200000003 5449074.779999999, 417219.3799999999 5449068.8100000005, 417228.0999999996 5449064.32, 417233.38999999966 5449061.59, 417238.96999999974 5449058.699999999, 417240.54000000004 5449057.9, 417238.98000000045 5449054.75, 417233.45999999996 5449042.35, 417195.36000000034 5448956.84, 417180.8200000003 5448924.23, 417183.75 5448922.710000001, 417185.5999999996 5448921.75, 417189.1299999999 5448919.039999999, 417193.53000000026 5448915.630000001, 417197.2599999998 5448912.75, 417205.7000000002 5448906.26, 417214.58999999985 5448900.65, 417214.8200000003 5448900.5, 417221.5499999998 5448899.34, 417227.7999999998 5448898.25, 417230.78000000026 5448897.74, 417240.61000000034 5448899.300000001, 417240.98000000045 5448899.359999999, 417243.0999999996 5448889.02, 417244.71999999974 5448880.869999999, 417251.3200000003 5448884.75, 417287.51999999955 5448901.59, 417291.48000000045 5448903.84, 417294.6200000001 5448898.42, 417301.6500000004 5448896.57, 417306.7999999998 5448868.130000001, 417311.6799999997 5448839.02, 417314.6500000004 5448821.25, 417312.54000000004 5448820.76, 417318.38999999966 5448785.380000001, 417321.6500000004 5448765.699999999, 417323.1799999997 5448756.49, 417328.63999999966 5448758.83, 417332.1299999999 5448760.34, 417335 5448761.58, 417336.4900000002 5448757.42, 417340.5599999996 5448734.050000001, 417349.9000000004 5448680.550000001, 417351.2999999998 5448672.6, 417352.9299999997 5448669.35, 417350.2400000002 5448668.09, 417343.2400000002 5448664.779999999, 417339.8499999996 5448663.1899999995, 417332.4900000002 5448659.73, 417327.8099999996 5448657.52, 417322.45999999996 5448655, 417319.8300000001 5448653.76, 417318.46999999974 5448653.119999999, 417316.4000000004 5448652.380000001, 417308.7599999998 5448649.699999999, 417300.70999999996 5448646.859999999, 417292.5 5448643.970000001, 417286.7999999998 5448641.949999999, 417282.3099999996 5448640.380000001, 417278.3099999996 5448638.970000001, 417271.13999999966 5448636.43, 417266.3099999996 5448634.73, 417261.4000000004 5448632.99, 417257.25 5448631.51, 417252.9500000002 5448630, 417245.23000000045 5448627.27, 417238.1699999999 5448624.77, 417231.9299999997 5448622.57, 417225.75 5448620.359999999, 417220.4500000002 5448618.5, 417209.1500000004 5448614.539999999, 417201.3799999999 5448611.800000001, 417194.75 5448609.48, 417195.23000000045 5448608.1, 417198.9000000004 5448597.76, 417199.4199999999 5448596.32, 417205.20999999996 5448581.91, 417203.88999999966 5448582.789999999, 417206 5448577.529999999, 417213.53000000026 5448562.77, 417215.08999999985 5448559.720000001, 417218.7000000002 5448553.66, 417225.2000000002 5448542.74, 417236.7599999998 5448526.25, 417240.4900000002 5448521.26, 417248.6699999999 5448510.3100000005, 417260.2999999998 5448496.890000001, 417270.3799999999 5448487.42, 417272.70999999996 5448485.220000001, 417294.2000000002 5448468.84, 417316.70999999996 5448453.9399999995, 417340.8300000001 5448441.83, 417366.4400000004 5448431.93, 417393.73000000045 5448422.949999999, 417384.78000000026 5448415.630000001, 417383.6299999999 5448414.699999999, 417376.48000000045 5448408.83, 417378.9500000002 5448406.529999999, 417382.1799999997 5448403.52, 417395.1799999997 5448395.85, 417393.5 5448394.15, 417388.46999999974 5448389.0600000005, 417385.8799999999 5448386.4399999995, 417378.5999999996 5448379.08, 417370.9900000002 5448371.380000001, 417370.63999999966 5448370.99, 417359.7000000002 5448359.93, 417356.8799999999 5448357.09, 417348.29000000004 5448348.43, 417343.4000000004 5448343.51, 417335.98000000045 5448336.220000001, 417331.5599999996 5448331.73, 417322.6500000004 5448322.880000001, 417320.4500000002 5448320.710000001, 417313.8099999996 5448314.1, 417297.9400000004 5448332.26, 417277.41000000015 5448355.77, 417262.2000000002 5448373.16, 417258.04000000004 5448372.449999999, 417257.0099999998 5448372.1899999995, 417253.1200000001 5448371.210000001, 417239.03000000026 5448367.68, 417237.73000000045 5448367.35, 417227.53000000026 5448366.220000001, 417221.23000000045 5448365.51, 417218.9199999999 5448365.25, 417217.0599999996 5448363.9, 417216.6500000004 5448363.609999999, 417210.88999999966 5448359.4399999995, 417204.86000000034 5448355.09, 417198.08999999985 5448350.1899999995, 417190.8499999996 5448344.970000001, 417183.8499999996 5448339.9, 417181.3799999999 5448338.119999999, 417180.8300000001 5448337.720000001, 417177.8700000001 5448335.59, 417170.98000000045 5448331.35, 417163.96999999974 5448327.039999999, 417154.98000000045 5448321.5, 417152.26999999955 5448320.109999999, 417147.0499999998 5448326.75, 417141.9299999997 5448333.25, 417136.53000000026 5448340.1, 417130.79000000004 5448347.390000001, 417125.4500000002 5448354.17, 417124.96999999974 5448354.779999999, 417125.3700000001 5448362.710000001, 417126 5448375.3100000005, 417126.6299999999 5448388.050000001, 417127.20999999996 5448399.609999999, 417125.5499999998 5448404.140000001, 417120.7599999998 5448420.24, 417119.2599999998 5448425.27, 417118 5448436.210000001, 417118.4900000002 5448440.539999999, 417119.2400000002 5448443.890000001, 417098.4400000004 5448437.300000001, 417096.7599999998 5448436.4399999995, 417094.1200000001 5448434.76, 417090.08999999985 5448431.77, 417075.5 5448419.039999999, 417070.1699999999 5448413.630000001, 417065.4000000004 5448413.220000001, 417065.3700000001 5448413.65, 417064.38999999966 5448427.92, 417062.6299999999 5448453.66, 417062.5099999998 5448455.93, 417061.38999999966 5448477.07, 417060.91000000015 5448486.470000001, 417060.29000000004 5448498.01, 417059.8099999996 5448507.279999999, 417059.3300000001 5448516.4, 417058.8700000001 5448524.23, 417058.46999999974 5448531.279999999, 417058.0700000003 5448538.24, 417057.73000000045 5448544.039999999, 417057.2400000002 5448552.640000001, 417056.6900000004 5448556.6, 417026.95999999996 5448552.619999999, 417026.4000000004 5448556.67, 417025.6299999999 5448562.3100000005, 417024.8700000001 5448567.82, 417024.1299999999 5448573.25, 417038.91000000015 5448575.710000001, 417038.1299999999 5448581.289999999, 417023.9199999999 5448578.720000001, 416999.98000000045 5448574.4, 416955.1200000001 5448566.300000001, 416927.4500000002 5448561.300000001, 416926.3099999996 5448564.74, 416924.0499999998 5448571.51, 416920.8499999996 5448581.16, 416919.9000000004 5448583.359999999, 416919.73000000045 5448583.76, 416914.13999999966 5448596.710000001, 416913.04000000004 5448599.26, 416912.1699999999 5448601.27, 416909.33999999985 5448607.83, 416907.5599999996 5448611.949999999, 416909.98000000045 5448612.58, 416921.45999999996 5448615.539999999, 416942.36000000034 5448620.949999999, 416960.11000000034 5448625.529999999, 416980.5999999996 5448630.82, 417002.9900000002 5448636.609999999, 417024.45999999996 5448642.16, 417034.9400000004 5448644.859999999, 417038.8499999996 5448645.93, 417043.86000000034 5448647.279999999, 417047.7000000002 5448650.890000001, 417055.54000000004 5448658.26, 417062.9900000002 5448662.65, 417069.4500000002 5448665.91, 417072 5448666.550000001, 417090.4500000002 5448671.16, 417109.4000000004 5448675.9, 417133.8200000003 5448682.01, 417140.6699999999 5448684.109999999, 417146.8300000001 5448686.640000001, 417151.5999999996 5448689.26, 417154.1799999997 5448690.66, 417162.5999999996 5448696.85, 417170.26999999955 5448703.34, 417169.0999999996 5448716.74, 417167.2000000002 5448730.1, 417165.76999999955 5448757.9399999995, 417164.48000000045 5448783.050000001, 417163.63999999966 5448799.35, 417163.9000000004 5448808.16, 417164.88999999966 5448842.84, 417164.91000000015 5448843.470000001, 417162.1799999997 5448867.41, 417162.1200000001 5448867.57, 417158.04000000004 5448878.83, 417157.5700000003 5448880.109999999, 417150.58999999985 5448891.529999999, 417143.41000000015 5448903.26, 417140.46999999974 5448908.0600000005, 417136.76999999955 5448914.130000001, 417132.28000000026 5448921.470000001, 417127.1900000004 5448925.859999999, 417115.88999999966 5448935.619999999, 417111.70999999996 5448939.24, 417103.6299999999 5448942, 417088.23000000045 5448947.26, 417086.5099999998 5448947.51, 417070.25 5448949.8100000005, 417065.48000000045 5448950.49, 417053.8499999996 5448950.76, 417045.3099999996 5448950.970000001, 417040.61000000034 5448953.68, 417028.4400000004 5448960.710000001, 417015.8300000001 5448967.99, 417006 5448973.66, 416989.20999999996 5448983.359999999, 416982.2999999998 5448987.34, 416979.5 5448988.960000001, 416975.88999999966 5448990.26, 416968.4500000002 5448992.93, 416961.2000000002 5448995.550000001, 416953.71999999974 5448998.25, 416945.9199999999 5449001.0600000005, 416938.6299999999 5449003.6899999995, 416931.83999999985 5449005.109999999, 416924.79000000004 5449006.58, 416919.16000000015 5449006.66, 416913.88999999966 5449006.74, 416908.6299999999 5449006.82, 416903.9500000002 5449006.890000001, 416898.73000000045 5449006.970000001, 416893.08999999985 5449007.050000001, 416887.6799999997 5449007.140000001, 416881.95999999996 5449007.23, 416876.7400000002 5449007.300000001, 416870.0800000001 5449007.4, 416859.3799999999 5449007.5600000005, 416854.0999999996 5449007.640000001, 416849.5999999996 5449007.710000001, 416843.9299999997 5449007.789999999, 416838.3099999996 5449007.880000001, 416832.6500000004 5449008.029999999, 416828.21999999974 5449008.15, 416822.76999999955 5449008.289999999, 416817.5 5449008.43, 416812.1299999999 5449008.57, 416805.29000000004 5449008.76, 416799.16000000015 5449008.92, 416786.20999999996 5449009.609999999, 416779.4900000002 5449009.970000001, 416773.8300000001 5449010.27, 416767.76999999955 5449010.6, 416750.01999999955 5449011.5600000005, 416744.2400000002 5449012.51, 416737.88999999966 5449013.550000001, 416724.8499999996 5449015.699999999, 416719.01999999955 5449018.199999999, 416713.4500000002 5449020.6, 416707.4500000002 5449023.93, 416701.26999999955 5449027.35, 416694.5499999998 5449029.130000001, 416689.8700000001 5449030.369999999, 416683.6299999999 5449032.01, 416678.0800000001 5449033.48, 416671.54000000004 5449035.199999999, 416665.6500000004 5449036.960000001, 416658.5 5449038.32, 416651.26999999955 5449039.890000001, 416643.95999999996 5449041.48, 416636.9199999999 5449043.01, 416630.4400000004 5449044.42, 416623.8499999996 5449045.92, 416617.1900000004 5449044.57, 416611.46999999974 5449044.25, 416605.73000000045 5449043.18, 416599.08999999985 5449041.5600000005, 416592.3300000001 5449040.029999999, 416582.71999999974 5449039.460000001, 416556.0599999996 5449050.26, 416521.3099999996 5449065.84, 416517.71999999974 5449071.1899999995, 416515.16000000015 5449075.02, 416500.5099999998 5449096.83, 416489.4400000004 5449093.25, 416472.2999999998 5449096.119999999, 416455.46999999974 5449095.34, 416435.11000000034 5449090.99, 416434.48000000045 5449095, 416430.79000000004 5449118.27, 416429.45999999996 5449126.76, 416415.63999999966 5449120.970000001, 416397 5449113.17, 416401.45999999996 5449106.970000001, 416393.53000000026 5449098.02, 416390.86000000034 5449095.01, 416383.70999999996 5449086.949999999, 416374.91000000015 5449077.039999999, 416371.23000000045 5449072.890000001, 416367.2999999998 5449060.4399999995, 416366.1900000004 5449056.9399999995, 416362.53000000026 5449045.380000001, 416358.4900000002 5449032.57, 416355.7599999998 5449023.92, 416354.91000000015 5449021.25, 416347.3099999996 5448997.15, 416344.9199999999 5448989.57, 416344.3700000001 5448987.26, 416340.8700000001 5448972.41, 416340.7599999998 5448971.91, 416340.28000000026 5448969.869999999, 416337.8300000001 5448959.52, 416336.5800000001 5448954.18, 416334.88999999966 5448947.029999999, 416332.78000000026 5448938.0600000005, 416331.9900000002 5448934.710000001, 416330.1200000001 5448924.199999999, 416329.83999999985 5448922.619999999, 416327.83999999985 5448911.43, 416325.4900000002 5448898.220000001, 416324.73000000045 5448885.220000001, 416324.33999999985 5448878.710000001, 416323.9400000004 5448871.789999999, 416323.1699999999 5448858.359999999, 416322.3499999996 5448844.5600000005, 416321.5099999998 5448830.210000001, 416321.4299999997 5448828.710000001, 416320.6900000004 5448816.15, 416320.110</t>
   </si>
   <si>
     <t>https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=6812-401</t>
   </si>
   <si>
     <t>https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg6812-401</t>
   </si>
   <si>
-    <t>https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/vsg_sdb_6812-401.pdf</t>
+    <t>https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/vsg_sdb_6812-401.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -510,90 +510,90 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vogelschutzgebiet&amp;layers=vogelschutzgebiet&amp;qid=VSG-7000-049" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=6812-401" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg6812-401" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/vsg_sdb_6812-401.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vogelschutzgebiet&amp;layers=vogelschutzgebiet&amp;qid=VSG-7000-049" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=6812-401" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg6812-401" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/vsg_sdb_6812-401.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:X2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="36.42578125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="8" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="12.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="178.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="15.5703125" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="42.42578125" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="178" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="81.85546875" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="76.28515625" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="73.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -664,51 +664,51 @@
       <c r="E2" t="s">
         <v>27</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>28</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>29</v>
       </c>
       <c r="J2" t="s">
         <v>30</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>31</v>
       </c>
       <c r="N2">
         <v>109756</v>
       </c>
       <c r="O2" s="3">
-        <v>45970.12970357681</v>
+        <v>46044.8580542585</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2" t="s">
         <v>35</v>
       </c>
       <c r="T2" t="s">
         <v>36</v>
       </c>
       <c r="U2" t="s">
         <v>37</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>38</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>39</v>
       </c>