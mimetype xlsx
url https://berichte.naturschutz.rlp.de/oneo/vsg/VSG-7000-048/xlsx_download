--- v0 (2025-11-09)
+++ v1 (2026-01-23)
@@ -132,51 +132,51 @@
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>Naturschutz</t>
   </si>
   <si>
     <t>Vogelschutzgebiet besonderer Bedeutung (EG)</t>
   </si>
   <si>
     <t>Natura 2000</t>
   </si>
   <si>
     <t>DE-6716-404</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((457834.0099999998 5458993.35, 457832.38999999966 5459000.5600000005, 457828.8300000001 5458999.76, 457824.8499999996 5459015.789999999, 457817.4299999997 5459057.84, 457801.0599999996 5459135.119999999, 457785.0099999998 5459210.16, 457772.1799999997 5459275.57, 457770.26999999955 5459295.4, 457770.0599999996 5459296.5600000005, 457770.03000000026 5459297.869999999, 457770.3200000003 5459308.359999999, 457761.21999999974 5459307.48, 457748.5700000003 5459309.52, 457705.8200000003 5459316.130000001, 457675.8099999996 5459320.76, 457662.5599999996 5459322.800000001, 457650.0700000003 5459252, 457643.1299999999 5459249.550000001, 457612.79000000004 5459238.02, 457573.79000000004 5459223.24, 457481.5999999996 5459196.199999999, 457469.1299999999 5459193.57, 457437.46999999974 5459193.49, 457334.78000000026 5459189.85, 457309.9199999999 5459190.210000001, 457300.98000000045 5459191.92, 457253 5459199.82, 457248.9900000002 5459214.77, 457195.1799999997 5459223.210000001, 457193.2599999998 5459223.59, 457163.9900000002 5459229.460000001, 457159.7000000002 5459207.15, 457159.1500000004 5459204.609999999, 457157 5459204.970000001, 457148.23000000045 5459206.91, 457146.6500000004 5459197.66, 457142.1699999999 5459171.529999999, 457128.08999999985 5459173.51, 457110.38999999966 5459175.99, 457109.7999999998 5459173.130000001, 457108.8700000001 5459168.52, 457107.6699999999 5459162.630000001, 457106.6500000004 5459157.59, 457105.7000000002 5459152.640000001, 457104.95999999996 5459148.8100000005, 457104.01999999955 5459143.98, 457103.4900000002 5459141.220000001, 457103.1200000001 5459139.279999999, 457102.26999999955 5459134.890000001, 457101.71999999974 5459132.029999999, 457101.0099999998 5459130, 457099.3099999996 5459125.17, 457098.6299999999 5459123.25, 457097.83999999985 5459121.02, 457096.1299999999 5459116.15, 457094.29000000004 5459110.92, 457092.6799999997 5459106.32, 457092.4299999997 5459105.630000001, 457089.4900000002 5459100.01, 457086.0800000001 5459093.52, 457083.8499999996 5459089.27, 457081.8300000001 5459085.41, 457078.9199999999 5459079.880000001, 457077.08999999985 5459076.4, 457078.1900000004 5459072.5600000005, 457079.4900000002 5459067.99, 457080.71999999974 5459063.699999999, 457082.29000000004 5459058.23, 457083.6900000004 5459053.33, 457085.0099999998 5459048.710000001, 457086.11000000034 5459044.880000001, 457086.86000000034 5459042.24, 457087.11000000034 5459041.4399999995, 457088.48000000045 5459037.09, 457089.6699999999 5459033.279999999, 457090.8200000003 5459029.609999999, 457092.38999999966 5459024.58, 457093.83999999985 5459019.98, 457096.3300000001 5459012.029999999, 457097.33999999985 5459008.8100000005, 457098.0099999998 5459006.67, 457099.3300000001 5459002.609999999, 457100.5999999996 5458998.68, 457102.08999999985 5458994.07, 457103.6500000004 5458989.24, 457105.5099999998 5458983.52, 457106.6900000004 5458979.880000001, 457108.0700000003 5458975.630000001, 457113.28000000026 5458974.779999999, 457114.29000000004 5458969.75, 457114.6900000004 5458928.880000001, 457138.26999999955 5458813.67, 457141.29000000004 5458799.369999999, 457155.1500000004 5458765.84, 457161.78000000026 5458767.08, 457201.26999999955 5458774.4399999995, 457242.3099999996 5458781.1899999995, 457244.13999999966 5458726.970000001, 457231.4400000004 5458726.25, 457240.66000000015 5458720.73, 457251.1299999999 5458680.3100000005, 457255.4199999999 5458680.619999999, 457294.86000000034 5458683.220000001, 457311.54000000004 5458684.33, 457318.9299999997 5458684.880000001, 457319.6799999997 5458676.470000001, 457316.3700000001 5458657.91, 457314.83999999985 5458649.24, 457311.4199999999 5458630.0600000005, 457310.4299999997 5458624.48, 457305.8799999999 5458598.9, 457300.6799999997 5458569.67, 457312.8300000001 5458566.210000001, 457325.36000000034 5458564.6, 457322.33999999985 5458557.039999999, 457305.8799999999 5458563.24, 457259.13999999966 5458580.869999999, 457233.4900000002 5458490.539999999, 457205.0099999998 5458390.210000001, 457242.16000000015 5458347.220000001, 457244.4500000002 5458344.58, 457256.11000000034 5458331.07, 457263.03000000026 5458323.07, 457269.5599999996 5458315.51, 457271.76999999955 5458312.949999999, 457276.3099999996 5458307.6899999995, 457283.2000000002 5458299.73, 457290.8700000001 5458291.220000001, 457298.9199999999 5458282.279999999, 457305.3499999996 5458275.16, 457310.95999999996 5458268.93, 457316.08999999985 5458263.279999999, 457326.0599999996 5458251.75, 457340.9000000004 5458234.91, 457348.95999999996 5458225.75, 457369.3799999999 5458202.57, 457396.4500000002 5458171.83, 457399.9299999997 5458168.130000001, 457407.7400000002 5458159.82, 457409.36000000034 5458158.09, 457420.83999999985 5458145.859999999, 457427 5458139.3100000005, 457446.33999999985 5458120.09, 457452.7400000002 5458113.1899999995, 457458.26999999955 5458107.23, 457459.33999999985 5458106.08, 457462.0700000003 5458103.75, 457465.9000000004 5458100.5, 457473.73000000045 5458093.84, 457481.0700000003 5458087.59, 457488.4000000004 5458081.34, 457495.03000000026 5458075.710000001, 457503.5099999998 5458068.48, 457516.7599999998 5458057.220000001, 457528.6500000004 5458047.109999999, 457552.79000000004 5458026.5600000005, 457560.7999999998 5458034.470000001, 457711.58999999985 5458183.630000001, 457784.1299999999 5458293.869999999, 457808.41000000015 5458329.85, 457809.25 5458331.460000001, 457792.8300000001 5458333.51, 457783.5800000001 5458334.529999999, 457777.8700000001 5458335.16, 457769.6900000004 5458336.529999999, 457755.1799999997 5458338.99, 457730.4199999999 5458343.16, 457720.0999999996 5458345.34, 457709.91000000015 5458347.48, 457698.1900000004 5458350.18, 457687.46999999974 5458352.970000001, 457676.9500000002 5458355.710000001, 457675.6200000001 5458356.0600000005, 457665.48000000045 5458358.699999999, 457645.0800000001 5458364.619999999, 457635.23000000045 5458367.6, 457630.4299999997 5458369.050000001, 457625.2400000002 5458370.630000001, 457609.9199999999 5458375.27, 457594.46999999974 5458379.949999999, 457579.7000000002 5458384.42, 457563.9199999999 5458389.1899999995, 457554.3799999999 5458392.09, 457546.66000000015 5458394.42, 457538.2599999998 5458396.970000001, 457529.9900000002 5458399.470000001, 457520.9400000004 5458402.210000001, 457512.0499999998 5458404.9, 457503.08999999985 5458407.619999999, 457494.1500000004 5458410.32, 457495.36000000034 5458412.9399999995, 457487.41000000015 5458416.23, 457480.5099999998 5458419.109999999, 457451.0999999996 5458431.779999999, 457458.7599999998 5458451.07, 457474.79000000004 5458490.6, 457478.3499999996 5458499.359999999, 457502.41000000015 5458577.640000001, 457512.20999999996 5458609.529999999, 457514.36000000034 5458616.529999999, 457505.8700000001 5458621.130000001, 457485.3099999996 5458632.27, 457471.5700000003 5458641.119999999, 457470.4299999997 5458641.859999999, 457460.4900000002 5458650.84, 457456.6699999999 5458655.119999999, 457443.04000000004 5458685.050000001, 457448.4900000002 5458687.300000001, 457493.7999999998 5458723.529999999, 457488.5 5458730.68, 457488.1699999999 5458731.140000001, 457486.6500000004 5458737.49, 457481.7400000002 5458758.359999999, 457475.83999999985 5458783.390000001, 457472.28000000026 5458798.48, 457470.1699999999 5458805.66, 457463.7999999998 5458827.34, 457456.76999999955 5458851.25, 457445.6699999999 5458884.640000001, 457442.48000000045 5458894.220000001, 457438.2999999998 5458900.199999999, 457417.7599999998 5458929.6, 457409.78000000026 5458963.41, 457437.6900000004 5458977.43, 457437.3300000001 5458981.43, 457443.96999999974 5458981.970000001, 457481.76999999955 5458984.99, 457489.2999999998 5458985.539999999, 457537.46999999974 5458990.08, 457566.98000000045 5458995.539999999, 457585.1500000004 5458996.8100000005, 457596.2000000002 5458997.26, 457607.4299999997 5458997.92, 457638.23000000045 5458996.109999999, 457661.6299999999 5458993.130000001, 457670.13999999966 5458992.23, 457683.6500000004 5458990.8100000005, 457696.8099999996 5458990.24, 457752.2999999998 5458987.83, 457792.75 5458989.550000001, 457807.7400000002 5458990.18, 457820.3200000003 5458991.73, 457833.38999999966 5458993.35, 457834.0099999998 5458993.35)))</t>
   </si>
   <si>
     <t>https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=6716-404</t>
   </si>
   <si>
     <t>https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg6716-404</t>
   </si>
   <si>
-    <t>https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/vsg_sdb_6716-404.pdf</t>
+    <t>https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/vsg_sdb_6716-404.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -510,90 +510,90 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vogelschutzgebiet&amp;layers=vogelschutzgebiet&amp;qid=VSG-7000-048" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=6716-404" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg6716-404" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/vsg_sdb_6716-404.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vogelschutzgebiet&amp;layers=vogelschutzgebiet&amp;qid=VSG-7000-048" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=6716-404" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg6716-404" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/vsg_sdb_6716-404.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:X2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="36.5703125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="5" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="21.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="178.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="15.5703125" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="42.42578125" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="178" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="81.85546875" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="76.28515625" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="73.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -664,51 +664,51 @@
       <c r="E2" t="s">
         <v>27</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>28</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>29</v>
       </c>
       <c r="J2" t="s">
         <v>30</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>31</v>
       </c>
       <c r="N2">
         <v>109755</v>
       </c>
       <c r="O2" s="3">
-        <v>45970.34676535736</v>
+        <v>46045.35281598054</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2" t="s">
         <v>35</v>
       </c>
       <c r="T2" t="s">
         <v>36</v>
       </c>
       <c r="U2" t="s">
         <v>37</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>38</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>39</v>
       </c>