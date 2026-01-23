--- v0 (2025-11-09)
+++ v1 (2026-01-23)
@@ -132,51 +132,51 @@
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>Naturschutz</t>
   </si>
   <si>
     <t>Vogelschutzgebiet besonderer Bedeutung (EG)</t>
   </si>
   <si>
     <t>Natura 2000</t>
   </si>
   <si>
     <t>DE-6716-403</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((456230.23000000045 5451483.1, 456157.7599999998 5451486.02, 456049.51999999955 5451490.359999999, 455979.45999999996 5451493.279999999, 455978.46999999974 5451441.359999999, 455978.08999999985 5451421.800000001, 455890.5 5451430.83, 455881.26999999955 5451432.17, 455852.9299999997 5451436.24, 455853.03000000026 5451431.91, 455853.11000000034 5451428.83, 455855.98000000045 5451307.039999999, 455857.1200000001 5451259.09, 455858.79000000004 5451107.3100000005, 455858.8799999999 5451098.460000001, 455859.0700000003 5451065.380000001, 455859.41000000015 5451001.1, 455859.71999999974 5450944.9, 455860.3700000001 5450935.970000001, 455861.11000000034 5450925.98, 455861.7599999998 5450917.0600000005, 455863.8799999999 5450864.720000001, 455864.1699999999 5450857.4399999995, 455878.28000000026 5450857.699999999, 455884.2000000002 5450857.8100000005, 455884.2400000002 5450854.800000001, 455884.4199999999 5450841.77, 455884.46999999974 5450837.199999999, 455884.5 5450835.76, 455864.41000000015 5450835.48, 455864.3499999996 5450816.67, 455864.20999999996 5450754.800000001, 455864.3099999996 5450746.449999999, 455864.3700000001 5450740.42, 455827.0999999996 5450767.23, 455829.36000000034 5450754.08, 455832.01999999955 5450612.84, 455830.33999999985 5450565.99, 455826.0999999996 5450505.24, 455809.8099999996 5450412.51, 455806.1299999999 5450391.529999999, 455805.58999999985 5450388.41, 455799.04000000004 5450351.15, 455779.6900000004 5450240.9, 455779.33999999985 5450238.949999999, 455777.0499999998 5450225.91, 455776.28000000026 5450221.49, 455758.58999999985 5450120.76, 455764.08999999985 5450125.8100000005, 455773.3200000003 5450134.390000001, 455799.01999999955 5450168.57, 455801.1299999999 5450171.380000001, 455804.4199999999 5450175.75, 455814.04000000004 5450188.57, 455815.5 5450190.5, 455861.7000000002 5450251.82, 455864.08999999985 5450254.98, 455889.1299999999 5450288.17, 455913.7400000002 5450320.789999999, 455965.8799999999 5450390.07, 455973.46999999974 5450400.140000001, 455975.8099999996 5450403.26, 455997.1500000004 5450431.59, 456054.6299999999 5450507.869999999, 456101.38999999966 5450569.960000001, 456104.26999999955 5450573.779999999, 456148.3300000001 5450632.27, 456191.01999999955 5450688.949999999, 456195.03000000026 5450694.26, 456198.25 5450701.949999999, 456239.75 5450801.210000001, 456241.5499999998 5450805.539999999, 456248.9400000004 5450823.1899999995, 456250.6500000004 5450827.289999999, 456251.53000000026 5450829.390000001, 456253.86000000034 5450834.960000001, 456296.3799999999 5450936.699999999, 456300.5700000003 5450946.720000001, 456302.3700000001 5450951.029999999, 456334.0599999996 5451026.800000001, 456356.1500000004 5451079.619999999, 456367.6299999999 5451107.07, 456374.3099999996 5451123.0600000005, 456440.36000000034 5451281.1899999995, 456450.63999999966 5451305.76, 456502.20999999996 5451429.039999999, 456504.54000000004 5451434.630000001, 456505.53000000026 5451437, 456519.1699999999 5451469.59, 456497.8499999996 5451470.640000001, 456397.26999999955 5451475.460000001, 456277.7000000002 5451481.199999999, 456259.86000000034 5451481.92, 456230.23000000045 5451483.1)), ((455964.26999999955 5452639.109999999, 455941.08999999985 5452629.460000001, 455910.53000000026 5452625.279999999, 455881.66000000015 5452612.109999999, 455859.0999999996 5452597.109999999, 455831.91000000015 5452574.02, 455814.28000000026 5452556.3100000005, 455785.2599999998 5452519.82, 455787.1200000001 5452519.17, 455760.20999999996 5452475.529999999, 455729.20999999996 5452402.52, 455714.48000000045 5452358.539999999, 455693.45999999996 5452300.16, 455688.13999999966 5452285.41, 455687.66000000015 5452284.050000001, 455665.36000000034 5452228.390000001, 455641.61000000034 5452162.630000001, 455618.0099999998 5452107.199999999, 455636.83999999985 5452112.869999999, 455656.8700000001 5452108.27, 455679.0499999998 5452093.76, 455717.8700000001 5452068.18, 455730.29000000004 5452052.8100000005, 455732.53000000026 5452037.289999999, 455731.6299999999 5451928.619999999, 455747.3499999996 5451899.699999999, 455769.4400000004 5451881.52, 455786.8700000001 5451856.59, 455811.08999999985 5451809.449999999, 455929.7400000002 5451811.27, 455944.7400000002 5451822.859999999, 455967.86000000034 5451840.75, 455978.6299999999 5451849.07, 456011.48000000045 5451874.48, 456033.03000000026 5451942.33, 456046.8200000003 5451963.529999999, 456056.91000000015 5451999.4399999995, 456058.4299999997 5452004.84, 456053.66000000015 5452008.470000001, 456030.4400000004 5452032.1899999995, 456084.9400000004 5452100.17, 456113.98000000045 5452163.6, 456119.25 5452181.65, 456127.75 5452211.24, 456130.9900000002 5452242.140000001, 456147.46999999974 5452289.92, 456177.1500000004 5452281.34, 456182.2599999998 5452278.880000001, 456244.9400000004 5452248.77, 456247.21999999974 5452247.67, 456252.04000000004 5452245.279999999, 456256.76999999955 5452242.92, 456261.75 5452240.4399999995, 456266.83999999985 5452237.91, 456271.7000000002 5452235.49, 456274.96999999974 5452233.869999999, 456279.04000000004 5452231.84, 456285.75 5452228.51, 456291.1699999999 5452225.800000001, 456295.3300000001 5452223.74, 456299.5999999996 5452221.619999999, 456304.38999999966 5452219.24, 456308.13999999966 5452217.369999999, 456310.4000000004 5452216.24, 456312.9199999999 5452214.98, 456315.8799999999 5452213.51, 456321.4400000004 5452210.73, 456326.38999999966 5452208.27, 456331.86000000034 5452205.539999999, 456342.83999999985 5452200.0600000005, 456354.51999999955 5452194.24, 456366.3300000001 5452188.35, 456369.21999999974 5452186.9, 456371.16000000015 5452185.9399999995, 456374.2999999998 5452184.34, 456384.88999999966 5452178.9399999995, 456390.04000000004 5452176.32, 456395.45999999996 5452173.5600000005, 456402.2599999998 5452170.1, 456406.11000000034 5452168.140000001, 456410.0599999996 5452166.119999999, 456419.1900000004 5452161.470000001, 456421.6500000004 5452160.210000001, 456424.79000000004 5452158.619999999, 456430.0499999998 5452155.9399999995, 456431.3499999996 5452155.279999999, 456437.33999999985 5452152.119999999, 456443.71999999974 5452148.76, 456451.0599999996 5452144.890000001, 456454.9500000002 5452142.83, 456458.91000000015 5452140.74, 456462.63999999966 5452138.77, 456464.11000000034 5452138, 456466.9000000004 5452144.51, 456487.4400000004 5452194.779999999, 456489.95999999996 5452200.1, 456490.75 5452202.01, 456491.58999999985 5452204.039999999, 456499.6200000001 5452242.279999999, 456494.8300000001 5452255.15, 456482.45999999996 5452255.4399999995, 456480.2599999998 5452256.57, 456480.20999999996 5452256.460000001, 456461.95999999996 5452339.8100000005, 456408 5452374.66, 456339.4500000002 5452418.949999999, 456260.9900000002 5452469.41, 456193.8200000003 5452462.609999999, 456140.53000000026 5452488.9, 456103.4299999997 5452511.66, 456080.3799999999 5452526.6899999995, 456065.08999999985 5452536.4, 456048.1500000004 5452547.17, 456039.5700000003 5452571.3100000005, 456032.9199999999 5452590.02, 456022.1900000004 5452603.84, 455991.03000000026 5452620.65, 456013.23000000045 5452646.98, 456013 5452646.960000001, 455981.78000000026 5452643.35, 455966.48000000045 5452640.029999999, 455964.26999999955 5452639.109999999)))</t>
   </si>
   <si>
     <t>https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=6716-403</t>
   </si>
   <si>
     <t>https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg6716-403</t>
   </si>
   <si>
-    <t>https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/vsg_sdb_6716-403.pdf</t>
+    <t>https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/vsg_sdb_6716-403.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -510,90 +510,90 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vogelschutzgebiet&amp;layers=vogelschutzgebiet&amp;qid=VSG-7000-047" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=6716-403" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg6716-403" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/vsg_sdb_6716-403.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vogelschutzgebiet&amp;layers=vogelschutzgebiet&amp;qid=VSG-7000-047" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=6716-403" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg6716-403" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/vsg_sdb_6716-403.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:X2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="34.5703125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="5" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="18.5703125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="178.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="15.5703125" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="42.42578125" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="178" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="81.85546875" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="76.28515625" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="73.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -664,51 +664,51 @@
       <c r="E2" t="s">
         <v>27</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>28</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>29</v>
       </c>
       <c r="J2" t="s">
         <v>30</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>31</v>
       </c>
       <c r="N2">
         <v>109754</v>
       </c>
       <c r="O2" s="3">
-        <v>45970.91388405668</v>
+        <v>46045.54440448486</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2" t="s">
         <v>35</v>
       </c>
       <c r="T2" t="s">
         <v>36</v>
       </c>
       <c r="U2" t="s">
         <v>37</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>38</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>39</v>
       </c>