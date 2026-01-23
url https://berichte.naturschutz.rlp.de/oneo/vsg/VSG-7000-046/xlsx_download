--- v0 (2025-11-09)
+++ v1 (2026-01-23)
@@ -132,51 +132,51 @@
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>Naturschutz</t>
   </si>
   <si>
     <t>Vogelschutzgebiet besonderer Bedeutung (EG)</t>
   </si>
   <si>
     <t>Natura 2000</t>
   </si>
   <si>
     <t>DE-6716-402</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((455560.04000000004 5456972.1899999995, 455552.3300000001 5456973.83, 455550.4299999997 5456974.1, 455550.88999999966 5456972.18, 455547.6900000004 5456974.48, 455546.61000000034 5456975.26, 455535.6299999999 5456977.41, 455522.23000000045 5456978.15, 455521.1699999999 5456978.210000001, 455502.76999999955 5456980.789999999, 455493.53000000026 5456982.01, 455490.78000000026 5456982.84, 455461.23000000045 5456990.779999999, 455435.20999999996 5457002.880000001, 455425.23000000045 5457011.369999999, 455410.6900000004 5457023.4399999995, 455397.0099999998 5457043.359999999, 455373.51999999955 5457077.289999999, 455362.23000000045 5457093.35, 455349.63999999966 5457111.529999999, 455341.33999999985 5457115.77, 455324.6500000004 5457115.529999999, 455314.5599999996 5457115.359999999, 455279.2999999998 5457114.57, 455272.8799999999 5457114.380000001, 455270.11000000034 5457114.32, 455257.4000000004 5457114.029999999, 455224.5700000003 5457113.35, 455208.53000000026 5457113.039999999, 455172.1500000004 5457112.4, 455163.98000000045 5457112.23, 455160.13999999966 5457112.140000001, 455134.03000000026 5457111.470000001, 455121.7000000002 5457111.18, 455102.9400000004 5457110.800000001, 455075.83999999985 5457110.210000001, 455040.26999999955 5457109.539999999, 455020.08999999985 5457109.1899999995, 454995.26999999955 5457108.779999999, 454986.4199999999 5457108.619999999, 454976.66000000015 5457107.880000001, 454967.2000000002 5457104.220000001, 454950.5800000001 5457097.16, 454935.96999999974 5457091.4, 454923.63999999966 5457086.25, 454842.1500000004 5457052.359999999, 454836.16000000015 5457049.880000001, 454831.71999999974 5457047.300000001, 454835.1500000004 5457043.91, 454827.1900000004 5457045.0600000005, 454779.5999999996 5457019.380000001, 454727.6699999999 5456991.369999999, 454722.2400000002 5456988.449999999, 454697.45999999996 5456974.859999999, 454671.86000000034 5456960.82, 454613.8300000001 5456928.99, 454612.6500000004 5456928.4399999995, 454606.1200000001 5456925.34, 454589.9900000002 5456909.9399999995, 454582.6299999999 5456902.92, 454567.9299999997 5456888.9, 454555.7999999998 5456877.32, 454546.3200000003 5456868.279999999, 454540.8799999999 5456863.109999999, 454535.20999999996 5456857.68, 454504.8700000001 5456828.74, 454504.1900000004 5456828.1, 454475.96999999974 5456801.09, 454452.4199999999 5456778.57, 454418.21999999974 5456745.85, 454408.95999999996 5456736.99, 454409.8499999996 5456731.34, 454407.58999999985 5456727.039999999, 454396.79000000004 5456732.32, 454390.6699999999 5456734.98, 454341.9199999999 5456759.1, 454337.4500000002 5456761.32, 454333.3099999996 5456764.17, 454328.8200000003 5456766.369999999, 454309.13999999966 5456775.99, 454261.5499999998 5456799.25, 454258.3200000003 5456800.869999999, 454258.11000000034 5456798.07, 454227.53000000026 5456760.59, 454226.61000000034 5456761.050000001, 454225.6799999997 5456759.9, 454219.33999999985 5456752.18, 454213.26999999955 5456744.76, 454212.0099999998 5456743.23, 454203.73000000045 5456733.34, 454200.25 5456729.18, 454199.63999999966 5456728.4, 454194.29000000004 5456721.710000001, 454192.1699999999 5456718.99, 454185.5 5456710.58, 454168.9199999999 5456690.550000001, 454154.2000000002 5456672.76, 454138.0999999996 5456651.23, 454135.8200000003 5456647.6899999995, 454131.54000000004 5456640.32, 454126.96999999974 5456632.35, 454126.11000000034 5456632.73, 454117.9000000004 5456618.77, 454115.3700000001 5456614.460000001, 454112.54000000004 5456609.630000001, 454112.01999999955 5456608.76, 454107.3200000003 5456600.52, 454102.5499999998 5456592.1899999995, 454097.75 5456583.779999999, 454094.1900000004 5456575.58, 454090.9199999999 5456565.6, 454090.5099999998 5456564.380000001, 454087.3799999999 5456554.710000001, 454085.83999999985 5456549.960000001, 454083.9299999997 5456544.18, 454081.6900000004 5456537.4, 454079.2000000002 5456529.5, 454075.2400000002 5456516.91, 454074.8200000003 5456515.09, 454071.6500000004 5456501.119999999, 454071 5456498.550000001, 454071.9299999997 5456498.34, 454071.01999999955 5456492.800000001, 454069.7000000002 5456492.98, 454069.5099999998 5456491.859999999, 454065.9400000004 5456471.58, 454065.3300000001 5456468.130000001, 454063.29000000004 5456454.01, 454061.1799999997 5456454.33, 454056.4900000002 5456444.68, 454049.86000000034 5456436.140000001, 454042.29000000004 5456428.24, 454033.8200000003 5456421.380000001, 454033.0499999998 5456418.52, 454056.08999999985 5456392.550000001, 454055.3799999999 5456387.35, 454019.88999999966 5456399, 454000.28000000026 5456406.1899999995, 453994.3200000003 5456407.68, 453976.1200000001 5456412.23, 453966.95999999996 5456413.92, 453966.8200000003 5456411.800000001, 453960.63999999966 5456411.710000001, 453960.5800000001 5456413.91, 453951.7400000002 5456412.720000001, 453940.71999999974 5456414.16, 453936.7000000002 5456415.76, 453929.8700000001 5456418.539999999, 453920.08999999985 5456425.17, 453911.86000000034 5456428.67, 453910.4000000004 5456429.289999999, 453903.98000000045 5456429.82, 453898.9900000002 5456430.24, 453878.3099999996 5456430.9399999995, 453876.6299999999 5456431, 453876.7000000002 5456429.92, 453867.9400000004 5456429.9, 453867.9299999997 5456431.08, 453860.0800000001 5456431.210000001, 453832.03000000026 5456431.65, 453826.08999999985 5456432.0600000005, 453817.2599999998 5456432.68, 453799.4900000002 5456436.75, 453744.9900000002 5456450.279999999, 453744.71999999974 5456448.5, 453736.88999999966 5456450.109999999, 453737.41000000015 5456452.07, 453730.6699999999 5456453.77, 453723.0499999998 5456455.699999999, 453716.78000000026 5456457.279999999, 453711.23000000045 5456458.67, 453697.5599999996 5456461.73, 453688.6699999999 5456462.199999999, 453688.48000000045 5456458.699999999, 453677.96999999974 5456458.83, 453677.8799999999 5456461.630000001, 453664.6500000004 5456460.960000001, 453652.8099999996 5456460.35, 453651.95999999996 5456460.300000001, 453642.36000000034 5456459.779999999, 453636.9299999997 5456459.49, 453612.88999999966 5456455.6, 453569.1500000004 5456446.74, 453549.71999999974 5456443.4399999995, 453534.9199999999 5456443.34, 453527.5 5456442.970000001, 453519.21999999974 5456441.109999999, 453506.0499999998 5456435.3100000005, 453482.5099999998 5456425.25, 453456.5599999996 5456413.140000001, 453439.4500000002 5456405.359999999, 453372.98000000045 5456381.470000001, 453329.48000000045 5456365.82, 453316.11000000034 5456360.93, 453307.01999999955 5456355.84, 453279.5999999996 5456339.460000001, 453277.7599999998 5456338.4399999995, 453266.91000000015 5456332.369999999, 453245.71999999974 5456322.93, 453232.33999999985 5456315.710000001, 453224.54000000004 5456310.470000001, 453220.5700000003 5456307.800000001, 453189.16000000015 5456288.140000001, 453173.58999999985 5456277.23, 453157.29000000004 5456265.029999999, 453145.28000000026 5456255.470000001, 453130.8300000001 5456243.3100000005, 453114.9500000002 5456229.300000001, 453096.6699999999 5456212.050000001, 453082.4500000002 5456197.1899999995, 453065.48000000045 5456178.869999999, 453048.9000000004 5456159.390000001, 453012.88999999966 5456113.33, 453005.3499999996 5456105.49, 452996.8700000001 5456095.0600000005, 452986.8799999999 5456082.800000001, 452972.61000000034 5456064.67, 452973.63999999966 5456063.74, 452968.96999999974 5456057.66, 452967.8200000003 5456056.17, 452966.5800000001 5456057.140000001, 452962.0999999996 5456051.6899999995, 452955.7400000002 5456043.949999999, 452947.61000000034 5456034.07, 452926.03000000026 5456007.8100000005, 452923.11000000034 5456004.039999999, 452915.1900000004 5455993.779999999, 452911.79000000004 5455989.369999999, 452903.6299999999 5455978.8100000005, 452890.61000000034 5455961.970000001, 452892.01999999955 5455961.029999999, 452889.4199999999 5455957.949999999, 452887.46999999974 5455955.640000001, 452886.28000000026 5455956.5, 452884.6799999997 5455954.470000001, 452880.01999999955 5455948.59, 452872.0499999998 5455938.529999999, 452863.6299999999 5455927.91, 452865.4900000002 5455926.630000001, 452862.8300000001 5455922.970000001, 452859.3200000003 5455918.140000001, 452857.1500000004 5455919.460000001, 452841.2400000002 5455890.380000001, 452832.8499999996 5455874.369999999, 452834.86000000034 5455873.380000001, 452830.51999999955 5455866.43, 452829.16000000015 5455867.23, 452822.70999999996 5455855.15, 452815.11000000034 5455840.880000001, 452813.4400000004 5455837.77, 452805.7999999998 5455823.35, 452804.1799999997 5455819.33, 452800.5700000003 5455810.390000001, 452797.4900000002 5455801.970000001, 452794.5 5455793.75, 452795.73000000045 5455793.42, 452794.2400000002 5455788.33, 452792.8200000003 5455788.779999999, 452791.4500000002 5455785.08, 452784.5099999998 5455766.279999999, 452782.1299999999 5455759.8100000005, 452781.20999999996 5455757.6899999995, 452778.6699999999 5455751.8100000005, 452776.38999999966 5455746.539999999, 452774.0800000001 5455741.1899999995, 452770.2999999998 5455733.710000001, 452766.6299999999 5455726.449999999, 452758.4500000002 5455713.8100000005, 452747.13999999966 5455697.92, 452740.4299999997 5455690.609999999, 452742.0099999998 5455689.199999999, 452741.26999999955 5455688.390000001, 452743.13999999966 5455683.279999999, 452738.6500000004 5455680.93, 452733.98000000045 5455678.49, 452735.5599999996 5455668.800000001, 452723.9500000002 5455658.65, 452712.21999999974 5455651.460000001, 452693.9400000004 5455646.369999999, 452682.7999999998 5455642.84, 452687.3200000003 5455616.529999999, 452691.1299999999 5455596.35, 452691.25 5455591.630000001, 452691.3499999996 5455587.699999999, 452691.4000000004 5455585.51, 452678.2400000002 5455571.24, 452679.0599999996 5455542.26, 452680.0700000003 5455506.76, 452679.6500000004 5455476.08, 452680.63999999966 5455431.960000001, 452687.4900000002 5455377.1, 452699.4500000002 5455326.07, 452715.6200000001 5455277.359999999, 452737.21999999974 5455227.109999999, 452763.3799999999 5455178.34, 452794.8700000001 5455130.65, 452830.8799999999 5455076.289999999, 452864.1500000004 5455023.98, 452896.5099999998 5454973.52, 452928.4900000002 5454922.24, 452961.4500000002 5454873.24, 452993.9199999999 5454823.210000001, 453020.1299999999 5454771.859999999, 453051.53000000026 5454723.470000001, 453081.45999999996 5454676.0600000005, 453112.3200000003 5454629.51, 453142.71999999974 5454583.75, 453173.63999999966 5454533.76, 453197.4000000004 5454502.57, 453226.7000000002 5454462.4399999995, 453252.75 5454416.640000001, 453253.70999999996 5454410.41, 453250.3799999999 5454406.43, 453256.3300000001 5454396.859999999, 453257.78000000026 5454394.51, 453262.5999999996 5454396.529999999, 453269.51999999955 5454394.33, 453277.78000000026 5454379.48, 453282.98000000045 5454372.859999999, 453304.0800000001 5454336.779999999, 453337.8300000001 5454324.42, 453359.2000000002 5454306.779999999, 453366.25 5454300.529999999, 453382.4900000002 5454284.6, 453395.03000000026 5454272.15, 453460.95999999996 5454201.199999999, 453467.1299999999 5454195.41, 453471.83999999985 5454190.98, 453477.1200000001 5454185.91, 453456.3700000001 5454169.470000001, 453464.46999999974 5454168.130000001, 453504.3799999999 5454131.01, 453556.63999999966 5454081.82, 453572.88999999966 5454066.529999999, 453591.20999999996 5454049.27, 453612.0700000003 5454029.4399999995, 453653.26999999955 5453993.470000001, 453655.54000000004 5453999.34, 453657.11000000034 5454003.34, 453669.71999999974 5453994.640000001, 453681.1799999997 5453986.75, 453706.1500000004 5453969.35, 453727.0099999998 5453954.84, 453747.54000000004 5453943.300000001, 453766.71999999974 5453933.5600000005, 453777.21999999974 5453928.220000001, 453788.45999999996 5453922.52, 453809.9000000004 5453911.630000001, 453821.08999999985 5453905.9399999995, 453832.4500000002 5453900.18, 453844.3200000003 5453895.640000001, 453857.0599999996 5453890.76, 453887.75 5453879.02, 453890.5999999996 5453892.18, 453889.5599999996 5453892.58, 453899.1900000004 5453918.3100000005, 453912 5453948.550000001, 453930.3700000001 5453987.66, 453937.38999999966 5453986.49, 453942.70999999996 5453997.8100000005, 453939.5099999998 5454002.43, 453937.70999999996 5454005.050000001, 453982.9199999999 5454101.140000001, 453988.01999999955 5454112.84, 454015.83999999985 5454176.65, 454017.58999999985 5454180.66, 454052.2400000002 5454254.279999999, 454055.9500000002 5454252.539999999, 454104.8300000001 5454356.49, 454107.91000000015 5454362.99, 454148.86000000034 5454450.08, 454155.01999999955 5454463.17, 454157.9400000004 5454469.34, 454163.5999999996 5454481.41, 454164.8799999999 5454493.3100000005, 454164.3300000001 5454503.369999999, 454163.98000000045 5454509.68, 454163.1200000001 5454514.1899999995, 454161.11000000034 5454524.789999999, 454161.03000000026 5454525.23, 454156.2400000002 5454539.35, 454149.5599999996 5454552.82, 454140.91000000015 5454564.93, 454135.4199999999 5454560.470000001, 454126.29000000004 5454570.800000001, 454114.53000000026 5454581.890000001, 454095.08999999985 5454598.710000001, 453905.98000000045 5454759.93, 453587.4500000002 5455031.5, 453573.79000000004 5455043.65, 453561.8799999999 5455055.15, 453549.5099999998 5455068.34, 453537.4900000002 5455083.18, 453527.33999999985 5455097.720000001, 453518.11000000034 5455112.67, 453511.33999999985 5455124.8100000005, 453374.45999999996 5455393.26, 453365.1799999997 5455413.25, 453357.5800000001 5455433.16, 453353.53000000026 5455452.07, 453352.46999999974 5455470.859999999, 453352.95999999996 5455480.550000001, 453354.2599999998 5455490.26, 453356.91000000015 5455502.289999999, 453358.0800000001 5455505.92, 453360.70999999996 5455514.08, 453364.98000000045 5455524.109999999, 453370.11000000034 5455533.82, 453376.01999999955 5455543.039999999, 453382.6699999999 5455551.779999999, 453386.8200000003 5455556.3100000005, 453390.71999999974 5455560.539999999, 453400.1799999997 5455568.960000001, 453417.95999999996 5455581.51, 453435.11000000034 5455591.99, 453580.9000000004 5455676.890000001, 453612.86000000034 5455696.1899999995, 453642.0499999998 5455715.09, 453673.6799999997 5455736.640000001, 453703.1900000004 5455757.720000001, 453967.3200000003 5455957.42, 453980.03000000026 5455966.609999999, 454059.4299999997 5456029.300000001, 454116.95999999996 5455986.029999999, 454179.4000000004 5455932.4, 454268.0499999998 5455829.5600000005, 454451.13999999966 5455597.0600000005, 454531.51999999955 5455495.210000001, 454729.21999999974 5455191.1899999995, 454731.51999999955 5455187.93, 454775.21999999974 5455125.710000001, 454839.2999999998 5455026.199999999, 454936 5454881.67, 454969.8099999996 5454833.9399999995, 455017.4500000002 5454775.65, 455027.1299999999 5454763.84, 455120.6500000004 5454686.25, 455230.75 5454624.02, 455363.96999999974 5454602.5, 455641.2599999998 5454517.18, 455723.7400000002 5454514.960000001, 455703.1699999999 5454485.65, 455701.3200000003 5454481.17, 455653.4400000004 5454423.789999999, 455584.25 5454352.32, 455509.0099999998 5454282.050000001, 455283.7400000002 5454095.91, 455279.83999999985 5454092.35, 455276.6500000004 5454088.630000001, 455249.41000000015 5454043.76, 455257.5499999998 5454028.49, 455423.79000000004 5453717.26, 455398.9199999999 5453659.82, 455350.9500000002 5453567.15, 455344.5999999996 5453565.960000001, 455339.2599999998 5453546.67, 455337.9900000002 5453541.300000001, 455336.78000000026 5453533.48, 455337.0599999996 5453528.67, 455339.11000000034 5453525.25, 455342.5099999998 5453522.720000001, 455344.76999999955 5453522.24, 455350.53000000026 5453522.289999999, 455358.5499999998 5453523.539999999, 455363.8799999999 5453524.76, 455369.4900000002 5453526.789999999, 455370.0499999998 5453528.1899999995, 455378.1200000001 5453548.67, 455385.26999999955 5453565.890000001, 455396.2999999998 5453591.9, 455403.01999999955 5453607.4399999995, 455411.5999999996 5453625.92, 455420.9900000002 5453645.41, 455429.4900000002 5453663.539999999, 455437.3499999996 5453681.27, 455440.6299999999 5453688.82, 455438.2599999998 5453692.77, 455440.98000000045 5453698.49, 455466 5453750.9, 455491.6699999999 5453805.449999999, 455519.5099999998 5453859.34, 455548.4500000002 5453911.4, 455578.54000000004 5453963.01, 455609.5700000003 5454014.42, 455640.9900000002 5454066.390000001, 455673.5999999996 5454117.029999999, 455707.7400000002 5454167.369999999, 455729.3499999996 5454199.23, 455741.11000000034 5454216.01, 455764.8200000003 5454249.85, 455776.33999999985 5454266.390000001, 455811.33999999985 5454314.289999999, 455847.96999999974 5454362.4399999995, 455885.3300000001 5454409.26, 455910.23000000045 5454440.73, 455927.03000000026 5454461.970000001, 455967.6500000004 5454509.24, 455975 5454517.67, 455980.04000000004 5454524.48, 456067.9400000004 5454614.6, 456137.1200000001 5454686.57, 456297.5499999998 5454837.4, 456361.25 5454892, 456368.4500000002 5454898.17, 456512.28000000026 5455015.119999999, 456591.01999999955 5455074.6, 456671.88999999966 5455132.539999999, 456755.7999999998 5455188.83, 456839.9500000002 5455242.01, 456883.1500000004 5455269.609999999, 456906.1699999999 5455284.25, 456940.7599999998 5455306.24, 457008.1699999999 5455349.09, 457093.6500000004 5455402.98, 457178.25 5455456.43, 457223.8099999996 5455485.48, 457262.11000000034 5455509.59, 457346.5 5455563.02, 457388.7599999998 5455589.91, 457392.46999999974 5455593.3100000005, 457423.4000000004 5455611.609999999, 457433.9500000002 5455624.35, 457441.66000000015 5455629.48, 457466.2000000002 5455645.140000001, 457516.79000000004 5455676.75, 457567.4199999999 5455708.619999999, 457668.3099999996 5455772.15, 457719.6699999999 5455804.66, 457770.53000000026 5455836.859999999, 457821.5999999996 5455869.82, 457872.1799999997 5455902.449999999, 457964.6299999999 5455961.369999999, 458152.23000000045 5456078.970000001, 458165.53000000026 5456087.49, 458175.46999999974 5456094.07, 458265.8200000003 5456153.82, 458293.5700000003 5456171.35, 458296.95999999996 5456173.539999999, 458350.1799999997 5456206.9, 458361.28000000026 5456213.869999999, 458388.16000000015 5456231.66, 458373.4500000002 5456230.779999999, 458466.70999999996 5456292.720000001, 458466 5456293.8100000005, 458574.41000000015 5456370.529999999, 458597.0800000001 5456386.58, 458630.6200000001 5456412.210000001, 458684.28000000026 5456453.23, 458687.38999999966 5456455.59, 458742.5 5456497.73, 458757.7400000002 5456510.32, 458871.66000000015 5456604.539999999, 458907.6799999997 5456636.08, 458921.6699999999 5456648.34, 458938.5999999996 5456664.26, 459032.3799999999 5456752.470000001, 459108.8300000001 5456824.98, 459158.04000000004 5456872.18, 459172.6799999997 5456887.98, 459190.58999999985 5456907.300000001, 459218.91000000015 5456937.85, 459222.5499999998 5456941.800000001, 459279.4900000002 5457005.279999999, 459326.2000000002 5457057.35, 459330.13999999966 5457061.74, 459331.8799999999 5457060.74, 459341.3099999996 5457072.4399999995, 459348.2999999998 5457081.199999999, 459352.2000000002 5457079.02, 459354.8700000001 5457076.24, 459404.75 5457135.74, 459432.6299999999 5457162.130000001, 459471.6500000004 5457208.75, 459475.5999999996 5457213.42, 459573.8700000001 5457343.550000001, 459598.8499999996 5457378.49, 459627.28000000026 5457418.99, 459651.38999999966 5457452.85, 459679.54000000004 5457493.779999999, 459742.71999999974 5457590.949999999, 459799.3099999996 5457684.4399999995, 459830.8099999996 5457736.449999999, 459840.9900000002 5457763.779999999, 459844.41000000015 5457770.09, 459847.4900000002 5457775.74, 459842.08999999985 5457783.630000001, 459869.6699999999 5457833.390000001, 459892.0599999996 5457874.98, 459900.23000000045 5457889.91, 459926.96999999974 5457938.83, 459970.9299999997 5458019.300000001, 459994.6699999999 5458058.17, 460020.26999999955 5458100.07, 460052.16000000015 5458150.77, 460077.54000000004 5458191.449999999, 460080.7599999998 5458195.970000001, 460094.73000000045 5458215.779999999, 460099.79000000004 5458223.65, 460139.0700000003 5458278.880000001, 460157.91000000015 5458305.369999999, 460195.2000000002 5458358.73, 460199.1699999999 5458359.91, 460246.2599999998 5458420.07, 460281.9000000004 5458465.32, 460321.96999999974 5458512.529999999, 460339.95999999996 5458533.279999999, 460399.70999999996 5458597.539999999, 460484.9900000002 5458683.960000001, 460529.1699999999 5458723.85, 460605.9000000004 5458790.630000001, 460622.5999999996 5458804.9399999995, 460694.1699999999 5458861.9, 460806.45999999996 5458941.359999999, 460803.3700000001 5458954.550000001, 460810.08999999985 5458963.859999999, 460824.3300000001 5458964.42, 460851.20999999996 5458971.619999999, 460950.5 5459030.949999999, 460953.7400000002 5459025.8100000005, 460957.36000000034 5459028.1899999995, 460969.4500000002 5459032.15, 461128.3700000001 5459122.99, 461130.4299999997 5459120, 461192.4400000004 5459155.5, 461255.9900000002 5459190.880000001, 461254.70999999996 5459193.68, 461292.8300000001 5459212.57, 461421.9199999999 5459271.890000001, 461466.95999999996 5459290.119999999, 461515.9500000002 5459308.199999999, 461565.5999999996 5459325.93, 461566.01999999955 5459323.529999999, 461566.7400000002 5459319.6, 461585.3099999996 5459324.66, 461591.5800000001 5459332.0600000005, 461596.0599999996 5459330.880000001, 461603.0999999996 5459330.710000001, 461608.8200000003 5459331.32, 461719.0099999998 5459361.050000001, 461718.8799999999 5459363.289999999, 461717.95999999996 5459367.57, 461716.46999999974 5459374.66, 461762.75 5459385.07, 461770.04000000004 5459386.710000001, 461835 5459401.33, 461850.61000000034 5459404.85, 461897.41000000015 5459415.470000001, 461900.6299999999 5459416.199999999, 461948.13999999966 5459426.9, 461998.11000000034 5459438.25, 462021.21999999974 5459443.76, 462040.6500000004 5459448.539999999, 462053.63999999966 5459452.199999999, 462071.8799999999 5459457.550000001, 462090.9500000002 5459463.68, 462109.83999999985 5459470.26, 462117.9000000004 5459473.4, 462121.1299999999 5459474.66, 462128.4900000002 5459477.51, 462147.0499999998 5459484.949999999, 462165.36000000034 5459493.140000001, 462174.1299999999 5459497.130000001, 462175.6500000004 5459495.18, 462177.1699999999 5459493.199999999, 462178.6799999997 5459490.4399999995, 462192.4199999999 5459494.67, 462206.8300000001 5459501.26, 462224.6200000001 5459510.380000001, 462242.2599999998 5459519.859999999, 462259.48000000045 5459530.1899999995, 462271.3499999996 5459536.460000001, 462288.4199999999 5459546.880000001, 462305.41000000015 5459557.5, 462322.04000000004 5459568.6, 462334.3099999996 5459577.23, 462346.6200000001 5459586.140000001, 462355.04000000004 5459591.1899999995, 462366.88999999966 5459600.460000001, 462370.7400000002 5459603.970000001, 462385.3200000003 5459616.02, 462404.3499999996 5459632.26, 462419.4299999997 5459645.41, 462435.6299999999 5459660.289999999, 462451.96999999974 5459676.51, 462469.3200000003 5459694.609999999, 462474.0999999996 5459701.57, 462486.1900000004 5459715.33, 462502.88999999966 5459734.710000001, 462518.5 5459753.52, 462534.0700000003 5459773.08, 462549.08999999985 5459793.08, 462563.8200000003 5459813.68, 462579.4500000002 5459837.43, 462592.88999999966 5459858.57, 462605.5700000003 5459880.119999999, 462617.8099999996 5459901.92, 462629.4400000004 5459924.07, 462639.0599999996 5459943.789999999, 462649.0800000001 5459966.6899999995, 462658.79000000004 5459988.59, 462666.7599999998 5460008.0600000005, 462675.61000000034 5460031.49, 462683.9900000002 5460055.15, 462692.7000000002 5460082.539999999, 462700.01999999955 5460106.800000001, 462706.48000000045 5460130.960000001, 462712.4500000002 5460155.24, 462716.88999999966 5460177.41, 462721.2599999998 5460199.41, 462725.5099999998 5460224.119999999, 462729.76999999955 5460253.039999999, 462732.5599999996 5460276.609999999, 462734.73000000045 5460302.83, 462736.20999999996 5460327.779999999, 462736.9500000002 5460347.779999999, 462737.1500000004 5460357.789999999, 462737.4000000004 5460387.880000001, 462736.95999999996 5460414.119999999, 462736 5460444.09, 462734.3700000001 5460476.050000001, 462736.20999999996 5460493.52, 462734.0599999996 5460514.050000001, 462732.26999999955 5460554, 462730.0999999996 5460578.199999999, 462725.9199999999 5460611.609999999, 462719.13999999966 5460650.109999999, 462714.6900000004 5460674.24, 462707.88999999966 5460709.949999999, 462704.04000000004 5460729.52, 462698.91000000015 5460750.029999999, 462693.7400000002 5460767.16, 462693.9400000004 5460770.4, 462685.9500000002 5460801.640000001, 462681.8499999996 5460806.5, 462674.76999999955 5460831.5, 462669.13999999966 5460850.6899999995, 462664.5499999998 5460865.59, 462657.04000000004 5460888.82, 462652.48000000045 5460902.32, 462653.61000000034 5460908.01, 462646.9500000002 5460927.539999999, 462639.9400000004 5460946.26, 462634.25 5460961, 462625.5099999998 5460983.5600000005, 462618.1799999997 5461002.16, 462610.4299999997 5461020.59, 462601.11000000034 5461041.68, 462595.8499999996 5461053.66, 462588.3200000003 5461061.23, 462576.9400000004 5461085.43, 462563.7999999998 5461112.42, 462554.6900000004 5461130.220000001, 462545.3200000003 5461147.869999999, 462535.75 5461165.43, 462526.1299999999 5461182.9399999995, 462516.61000000034 5461199.4, 462513.1799999997 5461203.199999999, 462507.11000000034 5461213.4399999995, 462497.6299999999 5461229.27, 462488.9500000002 5461243.4399999995, 462478.3099999996 5461260.369999999, 462467.3499999996 5461277.109999999, 462456.16000000015 5461293.67, 462444.8200000003 5461310.140000001, 462433.45999999996 5461326.6, 462421.7999999998 5461342.84, 462409.86000000034 5461358.880000001, 462397.8700000001 5461374.91, 462384.5 5461392.210000001, 462373.16000000015 5461406.4399999995, 462360.4299999997 5461422.199999999, 462349.4199999999 5461435.3100000005, 462336.3099999996 5461450.4399999995, 462319.96999999974 5461469.01, 462306.4500000002 5461484.09, 462289.5599999996 5461502.51, 462269 5461524.34, 462251.8799999999 5461541.859999999, 462235.96999999974 5461557.779999999, 462233.2999999998 5461561.859999999, 462211.03000000026 5461583.3100000005, 462207.9500000002 5461587.49, 462202.76999999955 5461592.42, 462187.88999999966 5461605.869999999, 462180.9199999999 5461612.07, 462155.75 5461634.33, 462149.7599999998 5461636.880000001, 462138.29000000004 5461646.57, 462121.2599999998 5461660.5, 462103.08999999985 5461675.08, 462083.6299999999 5461690.25, 462067.75 5461702.4, 462051.6500000004 5461714.289999999, 462035.48000000045 5461726.050000001, 462022.8799999999 5461734.85, 462002.58999999985 5461748.890000001, 461985.8700000001 5461759.949999999, 461973.25 5461767.890000001, 461956.1299999999 5461778.24, 461940.5700000003 5461787.5, 461921.58999999985 5461798.42, 461904.11000000034 5461808.109999999, 461887.91000000015 5461817.029999999, 461883.8200000003 5461821.51, 461869.9199999999 5461828.93, 461853.6799999997 5461837.67, 461840.6799999997 5461844.210000001, 461834.4299999997 5461847.359999999, 461816.48000000045 5461856.23, 461778.58999999985 5461874.23, 461762.8700000001 5461881.619999999, 461758.63999999966 5461883.48, 461742.1500000004 5461890.76, 461723.8499999996 5461898.800000001, 461705.3700000001 5461906.460000001, 461686.9000000004 5461914.119999999, 461668.26999999955 5461921.42, 461649.6200000001 5461928.609999999, 461630.9199999999 5461935.74, 461612.0099999998 5461942.49, 461604.26999999955 5461945.02, 461578.96999999974 5461953.24, 461556.58999999985 5461960.050000001, 461527.8799999999 5461968.77, 461483.1500000004 5461982.08, 461432.0499999998 5461997.300000001, 461387.86000000034 5462010.35, 461340.0499999998 5462024.77, 461291.95999999996 5462039.08, 461244.23000000045 5462053.220000001, 461196.3099999996 5462067.43, 461148.38999999966 5462081.640000001, 461100.3099999996 5462095.85, 461046.6500000004 5462111.6899999995, 461004.5099999998 5462124.1899999995, 460950.7599999998 5462140.109999999, 460919.0999999996 5462149.42, 460908.98000000045 5462152.609999999, 460893.4199999999 5462157.390000001, 460868.3700000001 5462165.539999999, 460840.0800000001 5462175.51, 460815.1799999997 5462184.5600000005, 460793.20999999996 5462192.880000001, 460774.66000000015 5462200.369999999, 460768.1799999997 5462203.039999999, 460742.3799999999 5462213.710000001, 460737.0800000001 5462212.869999999, 460676.5700000003 5462240.220000001, 460628.54000000004 5462264.5600000005, 460567.3099999996 5462298.460000001, 460549.4900000002 5462308.130000001, 460498.03000000026 5462337.09, 460488.75 5462342.550000001, 460495.6500000004 5462326.82, 460599.7599999998 5462248.380000001, 460605.5599999996 5462244.460000001, 460619.6200000001 5462234.960000001, 460641.01999999955 5462222.710000001, 460707.8200000003 5462186.539999999, 460772.7400000002 5462151.32, 460816.8499999996 5462127.76, 460871.23000000045 5462098.949999999, 460905.2400000002 5462078.789999999, 460925.98000000045 5462063.17, 460937.5499999998 5462052.890000001, 460943.91000000015 5462045.460000001, 460955.0099999998 5462032.41, 460963.0499999998 5462020.800000001, 460970.6299999999 5462007.869999999, 460977.45999999996 5461993.59, 460984.8099999996 5461974.25, 460991.03000000026 5461948.390000001, 460992.3099999996 5461925.9, 460990.0599999996 5461884.890000001, 460996.66000000015 5461875.859999999, 460995.6500000004 5461870.82, 461011.9400000004 5461861.369999999, 461020.38999999966 5461856.470000001, 461138.3799999999 5461738.75, 461219.9199999999 5461669.960000001, 461229.8499999996 5461664.109999999, 461359.13999999966 5461599.25, 461413.28000000026 5461573.4399999995, 461479.58999999985 5461551.1899999995, 461554.5099999998 5461526.609999999, 461642.8200000003 5461499.23, 461656.1200000001 5461493.85, 461659.0099999998 5461491.609999999, 461655.71999999974 5461486.960000001, 461669.53000000026 5461480.16, 461684.6200000001 5461469.65, 461714.2000000002 5461443.66, 461733.88999999966 5461414.029999999, 461740.03000000026 5461403.859999999, 461751.8799999999 5461374.5, 461772.51999999955 5461324.57, 461804.08999999985 5461241.140000001, 461837.5800000001 5461158.34, 461873.28000000026 5461074.289999999, 461886.7599999998 5461039.85, 461937.73000000045 5460913.67, 461973.4400000004 5460828.07, 461995.4500000002 5460778.380000001, 462035.95999999996 5460684.890000001, 462045.04000000004 5460667.08, 462046.16000000015 5460664.17, 462051.03000000026 5460648.5, 462057.6200000001 5460629.1899999995, 462084.04000000004 5460554.09, 462085.86000000034 5460546.5, 462100.1699999999 5460504.6, 462121.53000000026 5460441.4, 462139.5599999996 5460383.199999999, 462149.16000000015 5460358.3100000005, 462193.9500000002 5460224.859999999, 462199.0499999998 5460175.300000001, 462201.3099999996 5460104.109999999, 462202.9400000004 5460025.720000001, 462202.4299999997 5460016.960000001, 462201.46999999974 5460016.52, 462201.7400000002 5460005.48, 462129.5599999996 5459947.26, 462060.2999999998 5459892.210000001, 462011.1200000001 5459853.16, 462001.6500000004 5459845.390000001, 461995.51999999955 5459837.18, 461989.3700000001 5459830.550000001, 461981.86000000034 5459823.890000001, 461973.83999999985 5459817.880000001, 461966.23000000045 5459813, 461958.38999999966 5459808.52, 461937.7999999998 5459798.18, 461814.53000000026 5459738.33, 461678.7000000002 5459672.380000001, 461674.2000000002 5459670.199999999, 461670.5499999998 5459668.52, 461663.08999999985 5459665.6, 461655.3700000001 5459663.48, 461651.45999999996 5459662.6899999995, 461646.5 5459661.99, 461638.51999999955 5459661.43, 461629.5 5459661.74, 461623.51999999955 5459662.34, 461449.5700000003 5459682.85, 461439.63999999966 5459684.16, 461429.76999999955 5459685.869999999, 461424.88999999966 5459687.16, 461415.5599999996 5459689.67, 461406.9500000002 5459692.199999999, 461403.4199999999 5459692.380000001, 461400.5499999998 5459692.640000001, 461394.58999999985 5459693.24, 461367.08999999985 5459695.68, 461303.78000000026 5459702.23, 461243.4500000002 5459709.75, 461191.91000000015 5459714.49, 461157.38999999966 5459730.039999999, 461104.75 5459753.039999999, 461071.33999999985 5459766.380000001, 461030.7000000002 5459785.43, 460957.1799999997 5459817.1, 460932.53000000026 5459829.119999999, 460904.98000000045 5459845.029999999, 460874.1900000004 5459865.609999999, 460857.36000000034 5459879.470000001, 460848.6200000001 5459921.27, 460835.20999999996 5459988.16, 460820.5599999996 5460051.609999999, 460809.1900000004 5460111.34, 460798.9199999999 5460147.279999999, 460786.29000000004 5460171.01, 460778.98000000045 5460181.220000001, 460777.3099999996 5460181.77, 460775.46999999974 5460182.539999999, 460773.70999999996 5460183.449999999, 460772.01999999955 5460184.5600000005, 460770.45999999996 5460185.8100000005, 460767.75 5460188.74, 460763.8799999999 5460193.32, 460755.54000000004 5460201.9399999995, 460748.4199999999 5460208.</t>
   </si>
   <si>
     <t>https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=6716-402</t>
   </si>
   <si>
     <t>https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg6716-402</t>
   </si>
   <si>
-    <t>https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/vsg_sdb_6716-402.pdf</t>
+    <t>https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/vsg_sdb_6716-402.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -510,90 +510,90 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vogelschutzgebiet&amp;layers=vogelschutzgebiet&amp;qid=VSG-7000-046" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=6716-402" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg6716-402" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/vsg_sdb_6716-402.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vogelschutzgebiet&amp;layers=vogelschutzgebiet&amp;qid=VSG-7000-046" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=6716-402" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg6716-402" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/vsg_sdb_6716-402.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:X2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="35.28515625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="7" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="53.42578125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="178.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="15.5703125" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="42.42578125" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="178" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="81.85546875" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="76.28515625" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="73.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -664,51 +664,51 @@
       <c r="E2" t="s">
         <v>27</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>28</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>29</v>
       </c>
       <c r="J2" t="s">
         <v>30</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>31</v>
       </c>
       <c r="N2">
         <v>109753</v>
       </c>
       <c r="O2" s="3">
-        <v>45970.60131385682</v>
+        <v>46045.51090007865</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2" t="s">
         <v>35</v>
       </c>
       <c r="T2" t="s">
         <v>36</v>
       </c>
       <c r="U2" t="s">
         <v>37</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>38</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>39</v>
       </c>