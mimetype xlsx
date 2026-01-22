--- v0 (2025-11-08)
+++ v1 (2026-01-22)
@@ -132,51 +132,51 @@
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>Naturschutz</t>
   </si>
   <si>
     <t>Vogelschutzgebiet besonderer Bedeutung (EG)</t>
   </si>
   <si>
     <t>Natura 2000</t>
   </si>
   <si>
     <t>DE-6716-401</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((458118.58999999985 5457091.369999999, 458114.11000000034 5457103.380000001, 458110.4500000002 5457113.119999999, 458106.16000000015 5457124.470000001, 458102.01999999955 5457135.42, 458097.6699999999 5457147.050000001, 458093.21999999974 5457159, 458086.79000000004 5457176.470000001, 458081.0599999996 5457192.8100000005, 458077.5999999996 5457202.539999999, 458075.7400000002 5457207.640000001, 458065.4000000004 5457235.5600000005, 458062.03000000026 5457244.65, 458059.8700000001 5457250.539999999, 458054.1299999999 5457266.0600000005, 458049.7599999998 5457278.1899999995, 458045.6699999999 5457289.24, 458039.5999999996 5457305.859999999, 458036.3499999996 5457314.33, 458034.4299999997 5457319.08, 458033.86000000034 5457318.550000001, 458023.2000000002 5457308.74, 458022 5457312.99, 457952.98000000045 5457249.390000001, 457950.4500000002 5457247.01, 457880.5700000003 5457192.59, 457868.7599999998 5457183.390000001, 457859.29000000004 5457176.25, 457840.26999999955 5457161.949999999, 457823.86000000034 5457149.6, 457814.6200000001 5457142.67, 457806.53000000026 5457136.59, 457797.48000000045 5457131.76, 457788.25 5457126.85, 457778.28000000026 5457122.470000001, 457769.1200000001 5457118.4399999995, 457759.16000000015 5457114.07, 457740.4400000004 5457105.84, 457692.7000000002 5457084.84, 457689.36000000034 5457083.59, 457671.9900000002 5457077.08, 457641.96999999974 5457065.83, 457621.2400000002 5457059.76, 457610.41000000015 5457056.6, 457600.0599999996 5457053.5600000005, 457589.1900000004 5457050.359999999, 457578.63999999966 5457047.279999999, 457580.91000000015 5457044.029999999, 457557.86000000034 5457036.58, 457540.20999999996 5457030.109999999, 457515.88999999966 5457021.59, 457497.1799999997 5457015.02, 457490.25 5457012.16, 457478.76999999955 5457007.42, 457449.79000000004 5456992.85, 457434.66000000015 5456982.3100000005, 457414.7599999998 5456968.359999999, 457411.2400000002 5456965.99, 457387.5599999996 5456949.91, 457378.4000000004 5456943.65, 457369.3799999999 5456937.49, 457357.03000000026 5456929.32, 457351.5099999998 5456926.619999999, 457335.70999999996 5456918.890000001, 457330.61000000034 5456916.390000001, 457328.01999999955 5456915.15, 457325.25 5456913.140000001, 457323.86000000034 5456910.77, 457316.25 5456897.720000001, 457314.6699999999 5456895, 457307.71999999974 5456886.41, 457302.63999999966 5456881.23, 457298.7000000002 5456878.140000001, 457293.2999999998 5456874.35, 457288.1200000001 5456870.6899999995, 457279.11000000034 5456864.359999999, 457269.38999999966 5456857.25, 457256.1699999999 5456847.58, 457251.79000000004 5456844.380000001, 457243.0800000001 5456838.01, 457234.28000000026 5456831.550000001, 457226.53000000026 5456825.859999999, 457218.2599999998 5456819.789999999, 457214.33999999985 5456816.91, 457210.3200000003 5456813.74, 457206.58999999985 5456810.8100000005, 457202.96999999974 5456807.960000001, 457193.1200000001 5456799.66, 457187.73000000045 5456795.109999999, 457184.3099999996 5456791.5, 457178.4500000002 5456785.33, 457172.6200000001 5456779.199999999, 457166.66000000015 5456772.92, 457154.2000000002 5456759.369999999, 457150.2999999998 5456754.82, 457143.4299999997 5456747.52, 457137.41000000015 5456741.130000001, 457131.6500000004 5456735.01, 457126.54000000004 5456729.58, 457119.36000000034 5456721.74, 457112.26999999955 5456713.99, 457105.63999999966 5456706.73, 457094.78000000026 5456694.859999999, 457090.8200000003 5456690.48, 457089.21999999974 5456688.539999999, 457084.4299999997 5456682.779999999, 457079.6900000004 5456677.08, 457074.98000000045 5456671.41, 457071.86000000034 5456667.640000001, 457071.3700000001 5456667.050000001, 457074.1799999997 5456665.26, 457101.9500000002 5456647.17, 457158.21999999974 5456610.42, 457303.4900000002 5456515.58, 457305.3700000001 5456514.27, 457305.4400000004 5456514.32, 457321.6799999997 5456525.49, 457406.9400000004 5456584.289999999, 457471.13999999966 5456629.890000001, 457513.54000000004 5456662.130000001, 457514.9900000002 5456663.23, 457523.03000000026 5456669.289999999, 457540.58999999985 5456682.880000001, 457544.0800000001 5456681.23, 457556.5 5456675.529999999, 457558.5 5456685.539999999, 457561.9000000004 5456695.039999999, 457561.3099999996 5456698.92, 457602.8499999996 5456731.050000001, 457608.4900000002 5456735.07, 457637.51999999955 5456756.140000001, 457649.1699999999 5456763.59, 457677.4000000004 5456781.58, 457699.9500000002 5456794.869999999, 457709.5700000003 5456800.5, 457722.5099999998 5456808.119999999, 457726.9000000004 5456810.720000001, 457731.11000000034 5456813.220000001, 457740.1299999999 5456818.66, 457744.70999999996 5456821.390000001, 457748.98000000045 5456823.74, 457758.46999999974 5456828.85, 457760.3700000001 5456829.98, 457777.70999999996 5456836.4, 457787.83999999985 5456840.15, 457803.86000000034 5456845.66, 457815.0599999996 5456849.720000001, 457837 5456857.0600000005, 457842.98000000045 5456859.130000001, 457849.4000000004 5456861.49, 457861.28000000026 5456865.890000001, 457875.7400000002 5456869.66, 457889.8700000001 5456873.08, 457902.36000000034 5456875.18, 457914.79000000004 5456877.18, 457940.7999999998 5456881.32, 457965.41000000015 5456885.93, 457986.7999999998 5456889.880000001, 458008.04000000004 5456893.800000001, 458040.71999999974 5456899.789999999, 458070.1699999999 5456905.130000001, 458085.6699999999 5456907.890000001, 458118.1799999997 5456913.65, 458136.5800000001 5456916.99, 458135.78000000026 5456919.42, 458159.9500000002 5456923.82, 458169.26999999955 5456925.35, 458175.1900000004 5456926.4, 458177.23000000045 5456926.73, 458176.45999999996 5456928.3100000005, 458133.98000000045 5457049.369999999, 458118.58999999985 5457091.369999999)))</t>
   </si>
   <si>
     <t>https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=6716-401</t>
   </si>
   <si>
     <t>https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg6716-401</t>
   </si>
   <si>
-    <t>https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/vsg_sdb_6716-401.pdf</t>
+    <t>https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/vsg_sdb_6716-401.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -510,90 +510,90 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vogelschutzgebiet&amp;layers=vogelschutzgebiet&amp;qid=VSG-7000-045" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=6716-401" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg6716-401" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/vsg_sdb_6716-401.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vogelschutzgebiet&amp;layers=vogelschutzgebiet&amp;qid=VSG-7000-045" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=6716-401" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg6716-401" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/vsg_sdb_6716-401.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:X2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="35.42578125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="5" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="178.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="15.5703125" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="42.42578125" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="178" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="81.85546875" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="76.28515625" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="73.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -664,51 +664,51 @@
       <c r="E2" t="s">
         <v>27</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>28</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>29</v>
       </c>
       <c r="J2" t="s">
         <v>30</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>31</v>
       </c>
       <c r="N2">
         <v>109752</v>
       </c>
       <c r="O2" s="3">
-        <v>45969.56550509838</v>
+        <v>46044.93373811938</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2" t="s">
         <v>35</v>
       </c>
       <c r="T2" t="s">
         <v>36</v>
       </c>
       <c r="U2" t="s">
         <v>37</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>38</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>39</v>
       </c>