--- v0 (2025-11-08)
+++ v1 (2026-01-22)
@@ -132,51 +132,51 @@
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>Naturschutz</t>
   </si>
   <si>
     <t>Vogelschutzgebiet besonderer Bedeutung (EG)</t>
   </si>
   <si>
     <t>Natura 2000</t>
   </si>
   <si>
     <t>DE-6715-401</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((452451.3499999996 5448605.34, 452493.1900000004 5448617.720000001, 452516.3200000003 5448623.109999999, 452519.4299999997 5448623.85, 452522.46999999974 5448624.5600000005, 452571.78000000026 5448633.710000001, 452633.0599999996 5448643.66, 452685.76999999955 5448652.960000001, 452693.25 5448654.42, 452708.6699999999 5448657.43, 452713.3700000001 5448655.619999999, 452728.7999999998 5448661.16, 452703.20999999996 5448697.970000001, 452721.6500000004 5448706.57, 452720.5700000003 5448708.869999999, 452704.8300000001 5448732.76, 452718.3799999999 5448773.9399999995, 452717.38999999966 5448774.449999999, 452712.95999999996 5448776.74, 452709.5 5448778.529999999, 452704.13999999966 5448781.3100000005, 452698.78000000026 5448784.09, 452693.1299999999 5448787.01, 452689.0599999996 5448789.119999999, 452684.0499999998 5448791.710000001, 452679.2999999998 5448794.18, 452674.04000000004 5448796.9, 452670.2599999998 5448798.859999999, 452661.4299999997 5448803.5, 452651.1699999999 5448808.9, 452645.26999999955 5448811.99, 452639.71999999974 5448814.91, 452633.95999999996 5448817.9399999995, 452629.2999999998 5448820.4, 452625.3300000001 5448822.48, 452618.5599999996 5448826.039999999, 452614.16000000015 5448828.35, 452609.9199999999 5448830.57, 452553.20999999996 5448868.84, 452538.5599999996 5448878.720000001, 452518.8200000003 5448889.640000001, 452356.0499999998 5448946.92, 452266.63999999966 5448965.33, 452231.6500000004 5448966.9, 452124.96999999974 5448969.779999999, 452125.0599999996 5448971.779999999, 452129.79000000004 5448981.15, 452133.66000000015 5448989.369999999, 452135.5700000003 5448993.449999999, 452137.41000000015 5448997.34, 452141.9000000004 5449006.890000001, 452152.4900000002 5449029.43, 452154.7400000002 5449034.210000001, 452156.8700000001 5449038.74, 452161.4400000004 5449048.449999999, 452163.63999999966 5449053.140000001, 452165.5099999998 5449057.109999999, 452168.0800000001 5449062.57, 452169.16000000015 5449064.869999999, 452172.4900000002 5449071.869999999, 452174.86000000034 5449076.84, 452177.0499999998 5449081.4399999995, 452179.0800000001 5449085.68, 452181.3499999996 5449090.449999999, 452183.9900000002 5449095.98, 452185.7000000002 5449099.57, 452188.4299999997 5449105.289999999, 452192.5999999996 5449114.029999999, 452195.4900000002 5449120.09, 452199.25 5449127.99, 452203.9400000004 5449137.8100000005, 452205.4900000002 5449143.32, 452206.6299999999 5449147.35, 452207.9299999997 5449151.960000001, 452209.3099999996 5449156.8100000005, 452210.7000000002 5449161.75, 452211.9400000004 5449166.119999999, 452213.2000000002 5449170.609999999, 452214.5800000001 5449175.43, 452216.0999999996 5449180.859999999, 452217.1500000004 5449184.550000001, 452218.53000000026 5449189.460000001, 452220.61000000034 5449199.130000001, 452221.71999999974 5449204.369999999, 452222.6699999999 5449208.779999999, 452223.63999999966 5449213.3100000005, 452224.76999999955 5449218.59, 452225.8499999996 5449223.68, 452226.9900000002 5449229, 452227.9900000002 5449233.630000001, 452229.13999999966 5449239.02, 452231.0499999998 5449247.99, 452232.21999999974 5449253.460000001, 452233.2400000002 5449258.210000001, 452234.0800000001 5449262.220000001, 452235.1200000001 5449267.119999999, 452236.0599999996 5449271.48, 452237.0800000001 5449276.24, 452238.1699999999 5449281.35, 452240.4199999999 5449291.890000001, 452241.6699999999 5449296.789999999, 452242.6299999999 5449300.539999999, 452245.1799999997 5449310.51, 452247.6500000004 5449320.15, 452248.9500000002 5449325.25, 452250.0599999996 5449329.6, 452251.3099999996 5449334.470000001, 452253.6699999999 5449343.74, 452254.9299999997 5449348.65, 452256.25 5449353.83, 452257.4400000004 5449358.49, 452258.54000000004 5449362.8100000005, 452259.8700000001 5449367.98, 452261.26999999955 5449373.51, 452262.3499999996 5449377.710000001, 452263.38999999966 5449381.8100000005, 452264.36000000034 5449385.6, 452265.4900000002 5449390.02, 452266.88999999966 5449395.470000001, 452267.9199999999 5449399.51, 452268.96999999974 5449403.609999999, 452270.1500000004 5449408.23, 452271.0800000001 5449411.890000001, 452272.5700000003 5449417.699999999, 452273.78000000026 5449422.4399999995, 452274.9000000004 5449426.85, 452276.0700000003 5449431.42, 452277.36000000034 5449436.470000001, 452278.4199999999 5449440.630000001, 452280.58999999985 5449445.949999999, 452284.51999999955 5449455.5600000005, 452286.3499999996 5449460.02, 452288.1299999999 5449464.4, 452290.33999999985 5449469.800000001, 452292.0099999998 5449473.880000001, 452293.70999999996 5449478.07, 452296.0499999998 5449483.789999999, 452297.9900000002 5449488.529999999, 452301.96999999974 5449498.279999999, 452303.96999999974 5449503.18, 452305.9900000002 5449508.109999999, 452307.75 5449512.42, 452309.5099999998 5449516.73, 452311.6799999997 5449522.039999999, 452313.63999999966 5449526.869999999, 452315.5099999998 5449531.43, 452317.71999999974 5449536.82, 452321.33999999985 5449545.710000001, 452323.8499999996 5449551.859999999, 452327.5099999998 5449560.8100000005, 452329.6200000001 5449565.970000001, 452331.4500000002 5449570.449999999, 452333.51999999955 5449575.52, 452335.71999999974 5449580.91, 452337.7999999998 5449585.99, 452339.71999999974 5449590.710000001, 452340.78000000026 5449593.27, 452342.21999999974 5449596.640000001, 452344.28000000026 5449601.41, 452346.3099999996 5449606.119999999, 452348.76999999955 5449611.859999999, 452351.1699999999 5449617.43, 452353.4199999999 5449622.66, 452355.33999999985 5449627.109999999, 452357.7999999998 5449632.83, 452360.11000000034 5449638.1899999995, 452362.1500000004 5449642.92, 452364.28000000026 5449647.880000001, 452366.54000000004 5449653.119999999, 452368.8300000001 5449658.539999999, 452370.7400000002 5449662.949999999, 452375.46999999974 5449673.859999999, 452388.1200000001 5449695.73, 452394.9400000004 5449707.52, 452413.0999999996 5449738.9399999995, 452426.1699999999 5449736, 452435.9299999997 5449740.380000001, 452447.96999999974 5449755.970000001, 452457.0700000003 5449767.74, 452470 5449784.49, 452480.8499999996 5449798.550000001, 452482.70999999996 5449800.960000001, 452497.83999999985 5449820.550000001, 452512.28000000026 5449839.23, 452520.83999999985 5449850.33, 452543.25 5449879.35, 452545.13999999966 5449881.789999999, 452572.61000000034 5449917.369999999, 452591.4000000004 5449940.75, 452612.88999999966 5449967.49, 452624.6900000004 5449982.17, 452632.8200000003 5449992.3100000005, 452651.6900000004 5450015.789999999, 452666.4299999997 5450034.140000001, 452682.3300000001 5450014.529999999, 452703.23000000045 5450031.460000001, 452722.4500000002 5450016.67, 452708.1699999999 5449999.9399999995, 452731.9900000002 5449989.800000001, 452741.1900000004 5449985.869999999, 452740.01999999955 5449983.119999999, 452749.20999999996 5449979.1899999995, 452747.25 5449974.6, 452755.21999999974 5449971.220000001, 452760.4299999997 5449968.99, 452765.1900000004 5449966.960000001, 452765.6299999999 5449966.789999999, 452770.9400000004 5449964.789999999, 452782.1500000004 5449960.58, 452793.76999999955 5449988.23, 452804.5499999998 5450013.890000001, 452803.1200000001 5450016.51, 452802.70999999996 5450018.49, 452802.2999999998 5450020.449999999, 452802.38999999966 5450051.57, 452800.79000000004 5450061.59, 452796.0700000003 5450069.539999999, 452788.95999999996 5450076.09, 452744.01999999955 5450108.15, 452712.8700000001 5450131.48, 452702.8300000001 5450139.75, 452636.5999999996 5450189.24, 452606.2599999998 5450236.32, 452603.63999999966 5450240.41, 452613.66000000015 5450240.119999999, 452596.96999999974 5450266.279999999, 452553.3200000003 5450334.59, 452640.16000000015 5450390.949999999, 452717.5 5450441.130000001, 452667.1699999999 5450484.630000001, 452660.5800000001 5450490.32, 452645.4000000004 5450503.43, 452629.3200000003 5450495.26, 452602.38999999966 5450501.18, 452593.33999999985 5450503.15, 452585.6500000004 5450513.18, 452550.45999999996 5450559.08, 452532.2000000002 5450570.630000001, 452512.7000000002 5450571.220000001, 452495.54000000004 5450562.08, 452483.3099999996 5450547.550000001, 452478.1500000004 5450547.609999999, 452449.66000000015 5450547.92, 452448.9400000004 5450548.33, 452443.0599999996 5450552.460000001, 452434.03000000026 5450558.800000001, 452429.53000000026 5450558.539999999, 452427.98000000045 5450558.35, 452424.7599999998 5450573.58, 452417.58999999985 5450587.6899999995, 452401.08999999985 5450615.18, 452386.0999999996 5450646.9, 452381.08999999985 5450655.369999999, 452363.0800000001 5450679.24, 452358.45999999996 5450683.470000001, 452354.7400000002 5450683.550000001, 452347.08999999985 5450679.52, 452368.4199999999 5450693.76, 452381.7400000002 5450702.640000001, 452401.0099999998 5450715.49, 452398.8300000001 5450717.390000001, 452396.45999999996 5450719.41, 452395.8799999999 5450720.91, 452394.1200000001 5450725.4399999995, 452393.11000000034 5450728.0600000005, 452388.5 5450739.9399999995, 452429.5599999996 5450773.640000001, 452445.63999999966 5450787.949999999, 452465.79000000004 5450800.33, 452481 5450807.869999999, 452499.86000000034 5450812.34, 452517.86000000034 5450816.26, 452541.5800000001 5450826.1899999995, 452558.3200000003 5450830.529999999, 452567.1799999997 5450835.449999999, 452573.73000000045 5450845.140000001, 452579.28000000026 5450858.75, 452579.70999999996 5450859.859999999, 452583.4500000002 5450869.699999999, 452587.4199999999 5450880.16, 452591.41000000015 5450890.630000001, 452599.4000000004 5450911.630000001, 452603.41000000015 5450922.16, 452607.4199999999 5450932.6899999995, 452611.4400000004 5450943.25, 452615.4400000004 5450953.82, 452619.4900000002 5450964.42, 452623.51999999955 5450975.02, 452627.5599999996 5450985.640000001, 452631.61000000034 5450996.289999999, 452635.6699999999 5451006.970000001, 452636.48000000045 5451009.1, 452637.8099999996 5451012.539999999, 452642.2400000002 5451024.07, 452649.41000000015 5451042.710000001, 452656.58999999985 5451061.4, 452663.78000000026 5451080.0600000005, 452670.96999999974 5451098.779999999, 452678.1799999997 5451117.5, 452685.4000000004 5451136.289999999, 452692.6299999999 5451155.09, 452699.8700000001 5451173.92, 452710.78000000026 5451202.279999999, 452714.28000000026 5451211.380000001, 452714.7999999998 5451212.74, 452721.5599999996 5451230.49, 452728.83999999985 5451249.6, 452733.71999999974 5451262.42, 452735.51999999955 5451267.140000001, 452735.9000000004 5451268.15, 452737.46999999974 5451272.25, 452743 5451286.33, 452750.1299999999 5451304.49, 452757.0599999996 5451322.140000001, 452757.2599999998 5451322.619999999, 452758.9299999997 5451326.640000001, 452764.5099999998 5451340.119999999, 452766.03000000026 5451343.83, 452766.7000000002 5451345.58, 452772.7400000002 5451361.609999999, 452779.58999999985 5451379.859999999, 452782.3700000001 5451387.25, 452785.21999999974 5451394.82, 452788 5451402.210000001, 452790.78000000026 5451409.609999999, 452792.1799999997 5451413.35, 452796.3099999996 5451424.300000001, 452801.03000000026 5451436.869999999, 452803.3799999999 5451443.1, 452805.7000000002 5451449.289999999, 452809.0700000003 5451458.26, 452812.01999999955 5451466.09, 452812.73000000045 5451468.02, 452813.48000000045 5451473.42, 452809.58999999985 5451480.390000001, 452807.78000000026 5451483.619999999, 452807.9299999997 5451488.98, 452804.08999999985 5451496.279999999, 452806.8099999996 5451496.76, 452810.88999999966 5451497.5, 452815 5451498.24, 452822.0700000003 5451499.52, 452823.0499999998 5451501.220000001, 452825.5599999996 5451505.550000001, 452826.33999999985 5451506.859999999, 452826.3099999996 5451506.970000001, 452830.0800000001 5451511.4, 452834.0800000001 5451516.23, 452842.0099999998 5451525.76, 452841.75 5451527.1899999995, 452841.1500000004 5451530.630000001, 452840.75 5451532.859999999, 452843.5 5451537.27, 452844.4199999999 5451539.550000001, 452847.8200000003 5451548, 452850.8499999996 5451555.470000001, 452850.70999999996 5451555.51, 452849.8099999996 5451555.84, 452852.2599999998 5451562.23, 452855.21999999974 5451569.93, 452857.04000000004 5451574.67, 452853.9400000004 5451575.91, 452852.08999999985 5451576.65, 452859.41000000015 5451583.199999999, 452860.3499999996 5451585.65, 452865.58999999985 5451599.1899999995, 452866.8499999996 5451602.460000001, 452871.0999999996 5451613.49, 452871.51999999955 5451614.58, 452878.0700000003 5451635.49, 452881.61000000034 5451646.789999999, 452888.7400000002 5451666.390000001, 452899.7000000002 5451696.5600000005, 452904.9299999997 5451710.970000001, 452910.1200000001 5451725.26, 452921.48000000045 5451756.51, 452932.1500000004 5451785.9399999995, 452937.7000000002 5451801.17, 452940.1699999999 5451807.970000001, 452943.23000000045 5451816.050000001, 452950.63999999966 5451835.68, 452961.9400000004 5451865.9399999995, 452984.78000000026 5451927.109999999, 452996.9900000002 5451961.609999999, 453015.23000000045 5452017.76, 453026.3799999999 5452057.67, 453027.4900000002 5452062.01, 453037.88999999966 5452102.3100000005, 453047.5499999998 5452142.65, 453052.6200000001 5452175.529999999, 453055.1500000004 5452197.630000001, 453057.1799999997 5452220.210000001, 453058.21999999974 5452240.83, 453058.1900000004 5452260.0600000005, 453058.1699999999 5452265.949999999, 453038.7599999998 5452285.42, 453026.79000000004 5452297.35, 453016.70999999996 5452306.09, 453007.53000000026 5452313.01, 452988.76999999955 5452324.789999999, 452960.6699999999 5452337.890000001, 452961.83999999985 5452351.17, 452949.2599999998 5452410.16, 452931.51999999955 5452493.359999999, 452917.03000000026 5452561.300000001, 452916.13999999966 5452565.42, 452944.01999999955 5452606.33, 452956.75 5452623.42, 452996.4000000004 5452649.869999999, 453008.28000000026 5452688.98, 453018 5452742.710000001, 453021.33999999985 5452760.67, 453036.4000000004 5452826.960000001, 453047.9299999997 5452859.470000001, 453054.1699999999 5452877.1, 453077.3799999999 5452942.609999999, 453098.4500000002 5453005.16, 453107.8700000001 5453024.66, 453110.36000000034 5453021.58, 453125.1699999999 5453048.789999999, 453119.1699999999 5453048.359999999, 453145.2599999998 5453103.34, 453173.26999999955 5453161.779999999, 453180.48000000045 5453156.8100000005, 453193.08999999985 5453195.220000001, 453196.9299999997 5453206.890000001, 453190.20999999996 5453224.630000001, 453185.1799999997 5453239.6899999995, 453182.1900000004 5453249.73, 453179.5 5453259.52, 453135.54000000004 5453426.49, 453125.7599999998 5453444.52, 453118.4199999999 5453469.970000001, 453118.3200000003 5453490.970000001, 453118.4500000002 5453491.470000001, 453113.1299999999 5453511.66, 453109.73000000045 5453526.33, 453107.3700000001 5453541.470000001, 453105.86000000034 5453556.83, 453105.3499999996 5453572.58, 453106.6299999999 5453603.33, 453106.4900000002 5453611.65, 453105.2599999998 5453615.460000001, 453104.1699999999 5453617.17, 453094.6900000004 5453613.300000001, 453089.0499999998 5453627.1899999995, 453086.53000000026 5453633.380000001, 453084.8099999996 5453637.470000001, 453089.0700000003 5453639.27, 453088 5453640.32, 453077.7599999998 5453650.25, 453054.1200000001 5453668.18, 453000.26999999955 5453701.07, 452936.91000000015 5453715.890000001, 452920.6500000004 5453718.34, 452904.6699999999 5453720.75, 452890.66000000015 5453722.130000001, 452882.01999999955 5453722.98, 452843.38999999966 5453726.8100000005, 452837.36000000034 5453727.4, 452799.1200000001 5453731.17, 452765.0800000001 5453735.6, 452726.2599999998 5453744.32, 452680.5999999996 5453758.83, 452665.2000000002 5453763.470000001, 452663.5 5453764, 452659.66000000015 5453765.32, 452638.1299999999 5453772.73, 452628.1699999999 5453774.85, 452620.23000000045 5453771.77, 452611.0599999996 5453764.109999999, 452598.29000000004 5453753.279999999, 452586.3099999996 5453745.75, 452569.03000000026 5453736.57, 452553.0800000001 5453729.869999999, 452529.75 5453722.279999999, 452511.66000000015 5453719.4399999995, 452507.04000000004 5453720.3100000005, 452503.88999999966 5453720.93, 452486.08999999985 5453730.640000001, 452473.2999999998 5453739.880000001, 452463.4500000002 5453750.58, 452455.7000000002 5453762.9, 452451.21999999974 5453775.8100000005, 452449.4199999999 5453790.27, 452449.5 5453791.85, 452450.0599999996 5453802.470000001, 452453.61000000034 5453815.1899999995, 452461.2000000002 5453830.09, 452466.3499999996 5453839.17, 452468.66000000015 5453843.26, 452470.5999999996 5453848.970000001, 452469.95999999996 5453854.890000001, 452465.79000000004 5453859.8100000005, 452454.5800000001 5453866.24, 452438.1299999999 5453872.91, 452412.3700000001 5453881.449999999, 452383.1699999999 5453889.16, 452362.36000000034 5453893.43, 452343.5999999996 5453895.369999999, 452339.5999999996 5453895.779999999, 452333.9299999997 5453896.369999999, 452291.13999999966 5453897.58, 452232.13999999966 5453889.029999999, 452223.08999999985 5453888.59, 452220.8099999996 5453888.48, 452193.03000000026 5453887.130000001, 452166.1799999997 5453891.35, 452140.9000000004 5453896.82, 452097.0499999998 5453914.109999999, 452071.54000000004 5453923.4399999995, 452033.1200000001 5453930.82, 452008.2999999998 5453936.34, 452002.53000000026 5453937.74, 451993.95999999996 5453939.83, 451980.21999999974 5453943.17, 451954.8300000001 5453951.08, 451931.91000000015 5453959.890000001, 451901.0800000001 5453973.380000001, 451879.25 5453983.880000001, 451849.28000000026 5454001.92, 451848.5700000003 5454000.550000001, 451841.1699999999 5454004.17, 451836.8799999999 5454006.529999999, 451834.21999999974 5454007.99, 451809.04000000004 5454021.83, 451809.8300000001 5454023.1899999995, 451807.3700000001 5454024.5, 451788.4199999999 5454034.640000001, 451747.3200000003 5454057.369999999, 451737.1799999997 5454063.52, 451719.70999999996 5454075.630000001, 451696.3300000001 5454094.07, 451674.3099999996 5454114.4399999995, 451670.63999999966 5454117.82, 451657.5 5454129.99, 451637.8700000001 5454148.6, 451611.5 5454176.130000001, 451591.91000000015 5454199.07, 451566.46999999974 5454230.119999999, 451564.5800000001 5454232.43, 451563.1200000001 5454234.210000001, 451542.8499999996 5454264.01, 451528.41000000015 5454286.789999999, 451526.2599999998 5454290.52, 451504.0800000001 5454329.119999999, 451488.3099999996 5454359.07, 451473.48000000045 5454392.82, 451470.3300000001 5454400.6899999995, 451461.98000000045 5454421.539999999, 451460.3300000001 5454426.41, 451438.8700000001 5454423.49, 451433.1900000004 5454422.720000001, 451410.73000000045 5454419.66, 451394.9000000004 5454417.51, 451390.5800000001 5454417, 451381.36000000034 5454415.92, 451374.4900000002 5454415.130000001, 451364.51999999955 5454413.970000001, 451361.2000000002 5454413.58, 451354.11000000034 5454412.789999999, 451345.45999999996 5454411.789999999, 451318.5599999996 5454408.65, 451300.8300000001 5454406.58, 451281.25 5454404.289999999, 451271.20999999996 5454403.109999999, 451261.95999999996 5454402.029999999, 451255.0999999996 5454401.23, 451244.73000000045 5454400.02, 451234.25 5454398.800000001, 451219.1900000004 5454397.039999999, 451205.4000000004 5454395.4399999995, 451199.2400000002 5454394.710000001, 451183.54000000004 5454392.869999999, 451175.6500000004 5454391.960000001, 451132.6900000004 5454386.9399999995, 451124.5499999998 5454385.98, 451116.0599999996 5454384.99, 451090.5599999996 5454382.01, 451082.73000000045 5454381.09, 451074.13999999966 5454380.09, 451065.91000000015 5454379.130000001, 451060.70999999996 5454378.529999999, 451055.01999999955 5454377.859999999, 451049.25 5454377.18, 451042.4199999999 5454376.380000001, 451037.5 5454375.8100000005, 451024.71999999974 5454374.32, 451007.71999999974 5454372.33, 450992.38999999966 5454370.539999999, 450992.0800000001 5454372, 450897.5499999998 5454362.09, 450897.45999999996 5454360.59, 450897.3300000001 5454355.550000001, 450896.95999999996 5454340.970000001, 450896.7999999998 5454334.279999999, 450896.61000000034 5454326.84, 450896.3799999999 5454317.68, 450896.1500000004 5454308.6899999995, 450895.9299999997 5454299.92, 450895.5999999996 5454287.02, 450895.28000000026 5454274.449999999, 450895.08999999985 5454266.220000001, 450894.8700000001 5454258.119999999, 450894.8700000001 5454257.4, 450894.6699999999 5454250.07, 450894.3700000001 5454238.390000001, 450894.08999999985 5454226.9399999995, 450893.7999999998 5454215.65, 450893.66000000015 5454210.1, 450893.51999999955 5454204.550000001, 450893.25 5454193.6899999995, 450892.98000000045 5454183, 450892.79000000004 5454175.99, 450892.6200000001 5454169.0600000005, 450892.4500000002 5454162.210000001, 450892.51999999955 5454155.699999999, 450880.8700000001 5454156.07, 450874.0499999998 5454156.24, 450631.6500000004 5454162.16, 450425.78000000026 5454167.1899999995, 450420.5099999998 5454167.27, 450435.1799999997 5454505.24, 450436.9500000002 5454507.199999999, 450440.4900000002 5454513.33, 450442.0999999996 5454516, 450444.1799999997 5454519.5, 450444.63999999966 5454543.92, 450445.3200000003 5454572.42, 450445.3499999996 5454573.369999999, 450444.9000000004 5454577.98, 450437.6500000004 5454579.17, 450432.7400000002 5454611.470000001, 450423.79000000004 5454670.4, 450424.13999999966 5454683.279999999, 450427.0499999998 5454790.82, 450427.13999999966 5454794.51, 450427.20999999996 5454798.0600000005, 450428.1200000001 5454844.73, 450267.28000000026 5454814.720000001, 450104.7999999998 5454762.51, 450067.9400000004 5454750.67, 450062.6500000004 5454748.970000001, 449919.16000000015 5454702.869999999, 449919.0999999996 5454703.98, 449918.9299999997 5454703.92, 449897.26999999955 5454696.5, 449775.63999999966 5454654.85, 449771.8700000001 5454653.26, 449739.71999999974 5454639.66, 449658.8799999999 5454603.880000001, 449656.8200000003 5454602.970000001, 449589.01999999955 5454570.859999999, 449537.1900000004 5454547.09, 449483.73000000045 5454533.449999999, 449452.8200000003 5454525.869999999, 449308.0099999998 5454529.960000001, 449224.91000000015 5454565.51, 449191.03000000026 5454571.8100000005, 449182.0499999998 5454567.68, 449121.6900000004 5454477.9, 449101.9400000004 5454445.710000001, 449093.6500000004 5454423.98, 449099.6500000004 5454384.619999999, 449109.11000000034 5454353.48, 449126.3200000003 5454322.449999999, 449143.71999999974 5454283.289999999, 449140.23000000045 5454271.710000001, 448994.9400000004 5454229.630000001, 448903.5800000001 5454218.51, 448530.3300000001 5454142.42, 448527.8300000001 5454141.91, 448589.5700000003 5453982.380000001, 448603.58999999985 5453943.4399999995, 448666.0999999996 5453727.34, 448698.5800000001 5453605.27, 448710.6500000004 5453550.83, 448704.8499999996 5453556.779999999, 448670.4199999999 5453539.02, 448668.2999999998 5453538.119999999, 448650.0499999998 5453530.470000001, 448632.88999999966 5453529.57, 448529.9500000002 5453572.1, 448493.45999999996 5453587.17, 448484.9000000004 5453590.710000001, 448476.1500000004 5453594.32, 448471.6200000001 5453596.18, 448462.3300000001 5453600.02, 448440.51999999955 5453609.039999999, 448435.98000000045 5453610.91, 448427.2400000002 5453614.529999999, 448418.3300000001 5453618.199999999, 448417.73000000045 5453618.4399999995, 448407.5700000003 5453621.66, 448400.7000000002 5453623.82, 448398.58999999985 5453624.289999999, 448382.51999999955 5453627.880000001, 448376.88999999966 5453629.15, 448360.5700000003 5453632.779999999, 448354.3200000003 5453634.18, 448340.1699999999 5453637.34, 448323.95999999996 5453640.960000001, 448307.2000000002 5453644.699999999, 448296.1500000004 5453647.16, 448294.2999999998 5453647.57, 448280.01999999955 5453650.76, 448253.4199999999 5453656.68, 448242.91000000015 5453659.02, 448228.5099999998 5453662.23, 448196.1799999997 5453669.43, 448159.98000000045 5453677.49, 448151.79000000004 5453679.3100000005, 448145.16000000015 5453680.789999999, 448134.4900000002 5453683.17, 448125.5700000003 5453685.15, 448121.1500000004 5453686.140000001, 448110.1799999997 5453688.58, 448104.0800000001 5453689.9399999995, 448095.8499999996 5453691.77, 448078.3200000003 5453695.68, 448072.86000000034 5453696.9, 448068.08999999985 5453697.970000001, 448057.8799999999 5453700.24, 448047.4900000002 5453702.550000001, 448032.83999999985 5453705.8100000005, 448028.46999999974 5453706.789999999, 448020.1500000004 5453708.640000001, 448008.2400000002 5453711.300000001, 447992.6699999999 5453714.77, 447971.4299999997 5453719.5, 447955.25 5453723.109999999, 447948.5 5453724.609999999, 447941.5999999996 5453725.09, 447931.76999999955 5453725.77, 447926.75 5453726.119999999, 447918.28000000026 5453726.6899999995, 447903.51999999955 5453727.720000001, 447896.7599999998 5453728.1899999995, 447868.8200000003 5453730.109999999, 447858.16000000015 5453730.85, 447834.01999999955 5453732.51, 447827.5099999998 5453732.9, 447826.20999999996 5453732.630000001, 447813.3499999996 5453729.74, 447799.08999999985 5453726.800000001, 447789.4900000002 5453724.82, 447773.48000000045 5453721.529999999, 447760.7999999998 5453718.91, 447748.11000000034 5453716.289999999, 447720.8700000001 5453710.6899999995, 447710.23000000045 5453708.5, 447689.53000000026 5453704.23, 447675.0599999996 5453701.25, 447666.51999999955 5453699.49, 447657.2599999998 5453697.59, 447650.04000000004 5453696.109999999, 447649.2000000002 5453695.93, 447636.8200000003 5453693.34, 447625.28000000026 5453690.92, 447616.9000000004 5453689.16, 447585.5999999996 5453682.6, 447577.88999999966 5453680.99, 447565.3099999996 5453678.359999999, 447530.53000000026 5453671.08, 447520.96999999974 5453669.07, 447457.1699999999 5453655.73, 447447.4000000004 5453653.68, 447440.63999999966 5453652.27, 447420.61000000034 5453648.08, 447414.1799999997 5453646.92, 447405.53000000026 5453645.130000001, 447383.6699999999 5453640.630000001, 447376.0800000001 5453639.07, 447368.79000000004 5453637.57, 447361.9400000004 5453636.15, 447355.5999999996 5453634.84, 447348.4199999999 5453633.369999999, 447332.9000000004 5453630.18, 447318.25 5453627.18, 447309.9000000004 5453625.48, 447301.4900000002 5453623.76, 447295.66000000015 5453622.57, 447287.7999999998 5453620.98, 447278.5999999996 5453618.98, 447257.4199999999 5453614.66, 447250.4199999999 5453613.25, 447244.28000000026 5453611.539999999, 447238.13999999966 5453609.84, 447234.9900000002 5453608.970000001, 447226.76999999955 5453606.15, 447221.3300000001 5453604.289999999, 447216.13999999966 5453602.52, 447205.5800000001 5453598.9, 447186.91000000015 5453592.51, 447166.6699999999 5453585.5600000005, 447156.29000000004 5453581.99, 447143.6799999997 5453577.67, 447137.3099999996 5453575.48, 447119.4299999997 5453569.35, 447114.86000000034 5453567.789999999, 447112.0099999998 5453566.82, 447099.2000000002 5453562.42, 447091.6299999999 5453559.83, 447085.63999999966 5453557.779999999, 447081.21999999974 5453556.27, 447074.1500000004 5453553.85, 447068.13999999966 5453551.779999999, 447062.2400000002 5453549.76, 447055 5453547.289999999, 447049.7599999998 5453545.49, 447048.9000000004 5453545.199999999, 447035.95999999996 5453540.779999999, 447022.5700000003 5453536.210000001, 447015.8799999999 5453533.93, 447006.2999999998 5453530.66, 446981.26999999955 5453522.119999999, 446961.76999999955 5453515.48, 446939.25 5453507.779999999, 446935.5499999998 5453510.6, 446929.6900000004 5453515.08, 446926.73000000045 5453517.33, 446909.2400000002 5453511.300000001, 446872.5800000001 5453498.640000001, 446856.2400000002 5453493, 446841.8799999999 5453488.039999999, 446822.8099999996 5453481.449999999, 446821.4400000004 5453480.6, 446812.95999999996 5453475.25, 446807.9299999997 5453472.07, 446791.8099999996 5453461.9399999995, 446786.1799999997 5453458.4, 446780.9299999997 5453455.09, 446775.0599999996 5453451.4, 446769.2999999998 5453453.5, 446741.1900000004 5453541.140000001, 446743.1200000001 5453544.9, 446743.16000000015 5453547.57, 446736.63999999966 5453545.48, 446706.53000000026 5453531.02, 446700.96999999974 5453528.35, 446695.36000000034 5453525.67, 446688.1500000004 5453522.210000001, 446668.8799999999 5453512.960000001, 446660.54000000004 5453508.960000001, 446652.79000000004 5453505.23, 446646.7400000002 5453502.33, 446631.5700000003 5453495.050000001, 446533.78000000026 5453448.130000001, 446421.9299999997 5453394.4399999995, 446414.73000000045 5453391, 446402.2400000002 5453384.99, 446394.16000000015 5453381.130000001, 446385.9400000004 5453377.18, 446377.96999999974 5453373.359999999, 446369.88999999966 5453369.48, 446361.29000000004 5453365.35, 446352.4400000004 5453361.1, 446343.48000000045 5453356.789999999, 446338.4900000002 5453354.41, 446335.8799999999 5453354.369999999, 446340.73000000045 5453264.289999999, 446339.58999999985 5453264.289999999, 446339.7599999998 5453258.09, 446333.98000000045 5453258.07, 446334.0700000003 5453251.01, 446334.1900000004 5453245.33, 446335.8799999999 5453163.0600000005, 446346.9900000002 5453079.460000001, 446347.9199999999 5453072.48, 446352.38999999966 5453070.279999999, 446387.5999999996 5452977.949999999, 446391.3700000001 5452970.4, 446393.1900000004 5452966.77, 446412.5999999996 5452927.880000001, 446429.86000000034 5452869.33, 446430.29000000004 5452863.6, 446433.6299999999 5452860.220000001, 446475.96999999974 5452817.529999999, 446496.04000000004 5452779.75, 446506.4900000002 5452760.1, 446542.2000000002 5452705.82, 446542.98000000045 5452700.710000001, 446543.58999999985 5452696.74, 446544.4500000002 5452691.199999999, 446545.0599999996 5452687.220000001, 446562.8799999999 5452601.380000001, 446563.4299999997 5452588.210000001, 446550.1500000004 5452585.470000001, 446548.71999999974 5452585.18, 446544.5099999998 5452584.300000001, 446512.53000000026 5452577.699999999, 446506.96999999974 5452576.539999999, 446492.98000000045 5452573.640000001, 446473.5099999998 5452569.619999999, 446449.1900000004 5452564.6, 446426.7400000002 5452559.92, 446416.3200000003 5452557.75, 446409.51999999955 5452556.359999999, 446406.28000000026 5452555.68, 446382.88999999966 5452550.75, 446363.13999999966 5452546.59, 446348.4000000004 5452543.49, 446338.58999999985 5452541.41, 446317.6699999999 5452537, 446307.0599999996 5452534.779999999, 446294.4900000002 5452532.119999999, 446277.1299999999 5452528.460000001, 446266.51999999955 5452526.23, 446266.21999999974 5452526.16, 446235.79000000004 5452519.76, 446220.3799999999 5452516.52, 446209.96999999974 5452514.34, 446189.54000000004 5452510.029999999, 446179.20999999996 5452507.859999999, 446165.9500000002 5452505.07, 446149.6299999999 5452501.630000001, 446140.0999999996 5452499.630000001, 446123.53000000026 5452496.140000001, 446070.20999999996 5452484.4, 445986.8799999999 5452471.029999999, 445840.2599999998 5452447.300000001, 445698.0099999998 5452424.300000001, 445563.3799999999 5452402.779999999, 445558.36000000034 5452401.98, 445544.3700000001 5452399.75, 445534.75 5452398.199999999, 445536.41000000015 5452391.140000001, 445530.7999999998 5452306.3100000005, 445529.8200000003 5452283.3100000005, 445534.23000000045 5452266.15, 445537.9400000004 5452258.92, 445529.0499999998 5452257.630000001, 445525.04000000004 5452264.27, 445522.03000000026 5452263.26, 445394.70999999996 5452220.48, 445350.66000000015 5452205.6899999995, 445299.6900000004 5452188.279999999, 445263.6500000004 5452175.99, 445251.53000000026 5452171.85, 445216.70999999996 5452159.970000001, 445212.6799999997 5452158.59, 445201.7000000002 5452155.33, 445116.3200000003 5452159.630000001, 444911.25 5452170.0600000005, 444906.23000000045 5452170.32, 444720.8300000001 5452130.970000001, 444540.33999999985 5452093.75, 444539.6299999999 5452098.4, 444539.1699999999 5452101.359999999, 444538.6200000001 5452105.08, 444532.0700000003 5452151.029999999, 444531.0800000001 5452157.949999999, 444530.66000000015 5452160.92, 444523.1299999999 5452213.85, 444520.3200000003 5452383.460000001, 444517.3799999999 5452408.609999999, 444515.3099999996 5452408.43, 444507.7599999998 5452484.09, 444507.3499999996 5452488.07, 444504.0800000001 5452520.76, 444503.0099999998 5452531.4, 444502.91000000015 5452532.16, 444500.5099999998 5452551.48, 444497.29000000004 5452577.380000001, 444495.8300000001 5452589.050000001, 444490.71999999974 5452630.07, 444488.5800000001 5452647.27, 444487.4000000004 5452656.77, 444486.21999999974 5452666.25, 444485.1299999999 5452675.07, 444484.83999999985 5452677.470000001, 444484.0700000003 5452683.699999999, 444483.0099999998 5452692.35, 444481.9000000004 5452701.380000001, 444481.41000000015 5452705.449999999, 444480.91000000015 5452709.529999999, 444478.8300000001 5452726.51, 444476.78000000026 5452743.24, 444474.7599999998 5452759.76, 444471.75 5452784.369999999, 444471.53000000026 5452786.15, 444453.46999999974 5452933.710000001, 444452.76999999955 5452939.369999999, 444453.6900000004 5452954.99, 444455.83999999985 5453001.859</t>
   </si>
   <si>
     <t>https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=6715-401</t>
   </si>
   <si>
     <t>https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg6715-401</t>
   </si>
   <si>
-    <t>https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/vsg_sdb_6715-401.pdf</t>
+    <t>https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/vsg_sdb_6715-401.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -510,90 +510,90 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vogelschutzgebiet&amp;layers=vogelschutzgebiet&amp;qid=VSG-7000-044" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=6715-401" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg6715-401" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/vsg_sdb_6715-401.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vogelschutzgebiet&amp;layers=vogelschutzgebiet&amp;qid=VSG-7000-044" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=6715-401" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg6715-401" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/vsg_sdb_6715-401.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:X2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="37.28515625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="7" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="50" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="178.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="15.5703125" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="42.42578125" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="178" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="81.85546875" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="76.28515625" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="73.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -664,51 +664,51 @@
       <c r="E2" t="s">
         <v>27</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>28</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>29</v>
       </c>
       <c r="J2" t="s">
         <v>30</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>31</v>
       </c>
       <c r="N2">
         <v>109751</v>
       </c>
       <c r="O2" s="3">
-        <v>45969.47775605294</v>
+        <v>46044.21582817534</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2" t="s">
         <v>35</v>
       </c>
       <c r="T2" t="s">
         <v>36</v>
       </c>
       <c r="U2" t="s">
         <v>37</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>38</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>39</v>
       </c>