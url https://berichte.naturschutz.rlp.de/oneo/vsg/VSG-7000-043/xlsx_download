--- v0 (2025-11-09)
+++ v1 (2026-01-23)
@@ -132,51 +132,51 @@
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>Naturschutz</t>
   </si>
   <si>
     <t>Vogelschutzgebiet besonderer Bedeutung (EG)</t>
   </si>
   <si>
     <t>Natura 2000</t>
   </si>
   <si>
     <t>DE-6710-401</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((380832.20999999996 5448786.82, 380849.8200000003 5448786.289999999, 380876.78000000026 5448777.92, 380886.01999999955 5448774.66, 380898.61000000034 5448773.460000001, 380907.8300000001 5448775.539999999, 380917.0099999998 5448774.300000001, 380913.6299999999 5448759.82, 380965.0800000001 5448745.33, 380958.3499999996 5448722.640000001, 380956.3200000003 5448712.24, 380949.7400000002 5448683.34, 380942.41000000015 5448647.300000001, 380940.95999999996 5448640.140000001, 380939.5800000001 5448630.07, 380938.26999999955 5448620.59, 380937.79000000004 5448583.119999999, 380938.63999999966 5448580.09, 380917.51999999955 5448574.619999999, 380907.83999999985 5448572.119999999, 380906.9400000004 5448557.390000001, 380907.28000000026 5448556.119999999, 380908.0499999998 5448553.050000001, 380905.54000000004 5448553.07, 380900.8200000003 5448553.1, 380899.13999999966 5448555.59, 380892.3300000001 5448554.01, 380898.4199999999 5448515.609999999, 380905.5800000001 5448516.99, 380902.66000000015 5448544.4399999995, 380909.95999999996 5448546.130000001, 380914.01999999955 5448505.640000001, 380914.3200000003 5448483.640000001, 380914.33999999985 5448482.140000001, 380941.6799999997 5448481.380000001, 380943.38999999966 5448417.619999999, 380945.21999999974 5448356.449999999, 380945.5599999996 5448347.66, 380946.76999999955 5448311.1899999995, 380946.33999999985 5448292.51, 380944.54000000004 5448270.640000001, 380946.1799999997 5448270.85, 380945.4400000004 5448262.890000001, 380943.8499999996 5448262.710000001, 380940.6500000004 5448226.300000001, 380939.1699999999 5448207.210000001, 380938.5800000001 5448187.640000001, 380937.1699999999 5448175.890000001, 380934.16000000015 5448172.300000001, 380931.6299999999 5448160.5600000005, 380928.61000000034 5448153.449999999, 380926.6299999999 5448148.529999999, 380926.53000000026 5448148.0600000005, 380920.2999999998 5448127.890000001, 380922.79000000004 5448127, 380920.28000000026 5448121.66, 380915.2000000002 5448111.68, 380909.03000000026 5448098.15, 380907.23000000045 5448093.16, 380900.7999999998 5448075.35, 380888.70999999996 5448042.67, 380886.0700000003 5448038.24, 380880.78000000026 5448023.68, 380873.6299999999 5448000.470000001, 380870.26999999955 5447984.5600000005, 380867.4500000002 5447971.18, 380865.66000000015 5447959.699999999, 380864.61000000034 5447949.83, 380864.3700000001 5447916.640000001, 380864.28000000026 5447908.699999999, 380864.0999999996 5447902.23, 380864.2000000002 5447899.289999999, 380857.9199999999 5447870.49, 380852.04000000004 5447866.390000001, 380851.1299999999 5447865.75, 380848.20999999996 5447863.710000001, 380848.66000000015 5447863.0600000005, 380850.7999999998 5447854.33, 380850.66000000015 5447841.92, 380851.3099999996 5447827.18, 380851.2400000002 5447815.48, 380849.5499999998 5447800.1899999995, 380848.8300000001 5447785.869999999, 380850.1900000004 5447772.6899999995, 380848.9500000002 5447757.25, 380846.8200000003 5447738.92, 380847.25 5447721.26, 380846.0099999998 5447708.609999999, 380843.86000000034 5447698.33, 380838.2000000002 5447684.9, 380833.5700000003 5447671.17, 380831.0099999998 5447656.449999999, 380827.54000000004 5447640.49, 380822.78000000026 5447626.609999999, 380820.36000000034 5447610.300000001, 380816.5499999998 5447595.83, 380814.79000000004 5447582.33, 380811.8799999999 5447565.43, 380806.6500000004 5447550.16, 380806.3700000001 5447527.300000001, 380810.6299999999 5447511.390000001, 380813.0800000001 5447492.67, 380815.4500000002 5447473.800000001, 380818.83999999985 5447460.1899999995, 380817.8300000001 5447445.210000001, 380811.1699999999 5447429.77, 380803.79000000004 5447415.77, 380801.0800000001 5447401.619999999, 380796.95999999996 5447385.199999999, 380790.91000000015 5447371.300000001, 380789.3700000001 5447349.33, 380790.29000000004 5447337.07, 380789.3700000001 5447324.720000001, 380786.26999999955 5447306.140000001, 380788.1200000001 5447290.800000001, 380790.91000000015 5447279.23, 380794.5800000001 5447266.039999999, 380797.7599999998 5447252.800000001, 380798.9199999999 5447246.609999999, 380805.33999999985 5447232.07, 380810.8099999996 5447221.49, 380813.83999999985 5447211.539999999, 380818.78000000026 5447201.210000001, 380824.7000000002 5447184.98, 380827.04000000004 5447170.970000001, 380828.16000000015 5447155.6899999995, 380831.5499999998 5447146.83, 380836.2599999998 5447132.4, 380841.54000000004 5447114.57, 380843.5499999998 5447100.449999999, 380846.91000000015 5447087.76, 380853.0700000003 5447072.32, 380859.23000000045 5447057.050000001, 380866.91000000015 5447039.220000001, 380868.3200000003 5447023.640000001, 380865.2999999998 5447010.15, 380861.29000000004 5447000.49, 380860.26999999955 5446992.77, 380864.0700000003 5446984.67, 380870.0999999996 5446979.300000001, 380875.3099999996 5446973.380000001, 380877.6500000004 5446970.15, 380883.1200000001 5446965.09, 380893.8099999996 5446953.949999999, 380903.9299999997 5446944.6899999995, 380910.5800000001 5446936.9, 380930.8300000001 5446918.99, 380947.0700000003 5446901.1899999995, 380956.2000000002 5446892.390000001, 380967.58999999985 5446881.57, 380980.48000000045 5446870.109999999, 380998.25 5446854.289999999, 381011.5499999998 5446842.960000001, 381022.6500000004 5446835.02, 381031.1900000004 5446822.34, 381041.63999999966 5446811.65, 381051.7999999998 5446801.1899999995, 381060.7000000002 5446793.0600000005, 381068.21999999974 5446781.609999999, 381077.13999999966 5446767.68, 381081.9000000004 5446755.029999999, 381087.4900000002 5446741.369999999, 381090.20999999996 5446732.550000001, 381092.3300000001 5446723.640000001, 381089.20999999996 5446711.17, 381083.25 5446712.050000001, 380988.2400000002 5446726.24, 380985.9199999999 5446726.380000001, 380983.9299999997 5446726.49, 380949.5700000003 5446728.539999999, 380948.2999999998 5446763.43, 380928.51999999955 5446754.01, 380917.9500000002 5446748.98, 380916.46999999974 5446748.300000001, 380916.21999999974 5446743.84, 380906.03000000026 5446737.77, 380900.7599999998 5446774.84, 380895.33999999985 5446795.630000001, 380889.4500000002 5446808.619999999, 380867.45999999996 5446837.73, 380839.9199999999 5446871.32, 380841.4199999999 5446872.52, 380817.01999999955 5446903.43, 380800.04000000004 5446928.08, 380785.6500000004 5446951.07, 380776.4500000002 5446970.119999999, 380768.3799999999 5446989.109999999, 380767.4400000004 5446988.75, 380762.1699999999 5447005.66, 380759.2000000002 5447015.1899999995, 380756.3499999996 5447024.32, 380750.66000000015 5447042.58, 380749.01999999955 5447047.82, 380741.95999999996 5447070.380000001, 380740.38999999966 5447076.4, 380737.36000000034 5447088.09, 380735.8799999999 5447093.74, 380733.70999999996 5447106.359999999, 380731.63999999966 5447118.42, 380731.3300000001 5447131.68, 380731.11000000034 5447141.640000001, 380731.63999999966 5447145.289999999, 380733.8499999996 5447160.4, 380736.01999999955 5447176.5, 380740.1299999999 5447206.970000001, 380741.3499999996 5447238.5, 380738.6900000004 5447295.3100000005, 380733.8499999996 5447354.550000001, 380727.8300000001 5447424.4, 380726.3099999996 5447454.609999999, 380724.11000000034 5447484.140000001, 380721.7000000002 5447483.5600000005, 380718.83999999985 5447494.17, 380711.45999999996 5447521.32, 380705.2000000002 5447548.3100000005, 380703.0599999996 5447557.18, 380698.6799999997 5447575.8100000005, 380693.6799999997 5447597.1, 380688.9500000002 5447619.3100000005, 380685.2999999998 5447641.9399999995, 380684.4199999999 5447659.1, 380686.3300000001 5447666.92, 380686.78000000026 5447688.9, 380687.6799999997 5447732.67, 380686.2999999998 5447748.24, 380685.4199999999 5447758.24, 380686.4500000002 5447788.25, 380685.98000000045 5447816.49, 380685.83999999985 5447824.49, 380686.8200000003 5447841.890000001, 380688.0099999998 5447864.23, 380690.2400000002 5447953.039999999, 380690.33999999985 5447988.35, 380690.4000000004 5448006.4399999995, 380690.45999999996 5448024.789999999, 380695.0099999998 5448057.539999999, 380701.6500000004 5448085.890000001, 380708.4500000002 5448104.09, 380717.9500000002 5448129.460000001, 380725.0999999996 5448155.51, 380730.6699999999 5448183.0600000005, 380733.0599999996 5448197.76, 380735.5800000001 5448217.630000001, 380742.6200000001 5448287.34, 380746.91000000015 5448329.85, 380754.6900000004 5448374.34, 380760.58999999985 5448436.859999999, 380767.20999999996 5448505.550000001, 380771.04000000004 5448546.26, 380774.6900000004 5448595.42, 380776.5700000003 5448679.960000001, 380777.83999999985 5448710.369999999, 380779.6500000004 5448757.4399999995, 380785.16000000015 5448780.73, 380795.6500000004 5448803.199999999, 380800.3799999999 5448797.369999999, 380832.20999999996 5448786.82)), ((393846.6900000004 5448204.789999999, 393842.3700000001 5448218.039999999, 393839.83999999985 5448225.8100000005, 393828.2400000002 5448272.43, 393824.7000000002 5448282.43, 393793.3300000001 5448340, 393790.53000000026 5448345.3100000005, 393772.6799999997 5448379.67, 393755.71999999974 5448410.83, 393741.21999999974 5448440.15, 393738.4299999997 5448445.470000001, 393719.0800000001 5448482.65, 393691.3499999996 5448535.92, 393664.5499999998 5448573.789999999, 393662.1799999997 5448577.140000001, 393657.91000000015 5448583.17, 393652.21999999974 5448591.210000001, 393633.5599999996 5448618.619999999, 393631 5448627.880000001, 393631.3700000001 5448678.52, 393628.98000000045 5448690.5600000005, 393627.01999999955 5448700.42, 393623.70999999996 5448711.27, 393623.2000000002 5448712.93, 393619.5999999996 5448721.91, 393607.4000000004 5448741.6, 393604.83999999985 5448744.74, 393603.76999999955 5448746.050000001, 393598.0499999998 5448753.029999999, 393596.1699999999 5448755.33, 393589.70999999996 5448761.58, 393588.38999999966 5448762.869999999, 393580.9000000004 5448767.9399999995, 393577.9199999999 5448769.01, 393571.7400000002 5448771.26, 393568.7000000002 5448771.300000001, 393564.8099999996 5448771.34, 393558.16000000015 5448769.050000001, 393555.2400000002 5448767.550000001, 393553.5800000001 5448766.699999999, 393529.8300000001 5448747.859999999, 393510.46999999974 5448731.220000001, 393503.95999999996 5448723.26, 393496.91000000015 5448713.98, 393487.7400000002 5448700.300000001, 393477.91000000015 5448683.76, 393468.3099999996 5448666.609999999, 393457.1200000001 5448646.07, 393456.0099999998 5448644.85, 393452.54000000004 5448641.02, 393445.46999999974 5448636.49, 393435.8099999996 5448632.800000001, 393427.0099999998 5448632.029999999, 393425.1299999999 5448632.970000001, 393421.71999999974 5448634.68, 393414.6200000001 5448640.42, 393410.5999999996 5448651.789999999, 393409.2000000002 5448657.859999999, 393408.13999999966 5448681.380000001, 393407.8200000003 5448683.66, 393406.2599999998 5448694.789999999, 393406.51999999955 5448702.27, 393407.0700000003 5448705.98, 393408.1699999999 5448709.5600000005, 393417.54000000004 5448723.91, 393427.5800000001 5448735.07, 393428.4500000002 5448736.83, 393441.11000000034 5448755.6, 393444.1799999997 5448760.449999999, 393453.04000000004 5448774.4399999995, 393459.3099999996 5448784.300000001, 393468.3099999996 5448798.470000001, 393471.1299999999 5448802.92, 393483.51999999955 5448819.720000001, 393493.1200000001 5448832.75, 393502.9000000004 5448838.59, 393524.20999999996 5448851.35, 393543.6900000004 5448863.01, 393541.76999999955 5448864.68, 393586.3499999996 5448884.67, 393590.1500000004 5448886.369999999, 393606.8099999996 5448893.859999999, 393689.8099999996 5448878.359999999, 393703.20999999996 5448887.369999999, 393719.38999999966 5448891.369999999, 393773.9199999999 5448914.58, 393770.4900000002 5448840.640000001, 393777.4000000004 5448819.779999999, 393791.88999999966 5448803.15, 393794.51999999955 5448800.119999999, 393803.2400000002 5448791.9399999995, 393807.4299999997 5448789, 393828.0599999996 5448774.49, 393849.1299999999 5448762.73, 393857.48000000045 5448758.41, 393923.16000000015 5448727.0600000005, 393948.41000000015 5448698.3100000005, 393959.83999999985 5448680.18, 393971.95999999996 5448666.460000001, 393988.53000000026 5448651.15, 394001.79000000004 5448633.130000001, 394021.13999999966 5448596.640000001, 394026.6699999999 5448586.75, 394034.41000000015 5448572.890000001, 394042.8499999996 5448554.640000001, 394059.95999999996 5448524.98, 394062.5800000001 5448518.76, 394067.41000000015 5448508.17, 394086.20999999996 5448446.789999999, 394089.03000000026 5448436.960000001, 394098.3700000001 5448394.73, 394102.0800000001 5448379.25, 394103.5 5448373.32, 394108.9299999997 5448350.640000001, 394115.6900000004 5448337.01, 394139.2400000002 5448313.65, 394146.98000000045 5448305.98, 394155.66000000015 5448294.539999999, 394170.58999999985 5448274.869999999, 394201.03000000026 5448250.869999999, 394212.86000000034 5448245.75, 394239.4400000004 5448234.23, 394278.3300000001 5448207.84, 394283.3300000001 5448199.949999999, 394286.8099999996 5448179.23, 394292.1200000001 5448147.66, 394296.63999999966 5448120.789999999, 394297.95999999996 5448118.140000001, 394305.4400000004 5448102.050000001, 394314.0800000001 5448086.949999999, 394320.4400000004 5448081.9, 394331.1699999999 5448073.57, 394355.83999999985 5448062.380000001, 394359 5448061.630000001, 394382.4500000002 5448056.130000001, 394404.6200000001 5448046.76, 394407.6799999997 5448045.17, 394423.6500000004 5448036.02, 394427.71999999974 5448034.57, 394434.0800000001 5448032.26, 394446.48000000045 5448029.449999999, 394448.23000000045 5448029.52, 394464.9400000004 5448030.1899999995, 394482.25 5448036.23, 394504.8099999996 5448048.539999999, 394511.20999999996 5448052.15, 394525.28000000026 5448057.26, 394550.01999999955 5448066.6899999995, 394575.5 5448076.25, 394590.76999999955 5448088.380000001, 394624.2000000002 5448115.27, 394660.38999999966 5448140.01, 394664.88999999966 5448142.34, 394728.9900000002 5448175.09, 394738.20999999996 5448179.76, 394851.3099999996 5448228.51, 394865.03000000026 5448231.1899999995, 394897.66000000015 5448237.699999999, 394929.29000000004 5448253.609999999, 394964.04000000004 5448279.27, 394976.4400000004 5448283.82, 395010.96999999974 5448295.27, 394961.08999999985 5448239.84, 394953.8300000001 5448233.66, 394859.63999999966 5448130.279999999, 394852.79000000004 5448124.050000001, 394736.3200000003 5447995, 394718.9299999997 5447975.75, 394713.5599999996 5447967.35, 394660.8300000001 5447916.02, 394693.2000000002 5447886.23, 394707.76999999955 5447882.449999999, 394713.5599999996 5447875.01, 394746.4199999999 5447853.93, 394761.28000000026 5447848.85, 394753.0099999998 5447822.380000001, 394743.76999999955 5447792.869999999, 394737.54000000004 5447772.869999999, 394735.1900000004 5447765.369999999, 394723.2999999998 5447733.630000001, 394840.2599999998 5447761.5600000005, 394987.9000000004 5447803.43, 394977.4000000004 5447852.1899999995, 394976.28000000026 5447857.41, 394980.03000000026 5447858.35, 395109.78000000026 5447892.4399999995, 395121.4900000002 5447889.5, 395126.26999999955 5447888.300000001, 395131.86000000034 5447886.9, 395124.29000000004 5447894.199999999, 395110.36000000034 5447936.859999999, 395113 5447941.970000001, 395268.1699999999 5447985.93, 395292.45999999996 5447991.859999999, 395305.73000000045 5447996.390000001, 395321.58999999985 5448004.49, 395328 5448003.27, 395335.45999999996 5447996.08, 395339.6500000004 5447980.82, 395329.23000000045 5447975.67, 395258.5999999996 5447905.380000001, 395250.7000000002 5447894.6, 395202.8700000001 5447863.039999999, 395186.8700000001 5447863.119999999, 395163.9000000004 5447842.4, 395112.29000000004 5447788.99, 395086.2999999998 5447782.9, 395095.20999999996 5447774.84, 395085.0800000001 5447757.42, 395065.3700000001 5447729.390000001, 395056.4500000002 5447716.9399999995, 395051.6699999999 5447710.4399999995, 394985.4299999997 5447649.77, 394849.3700000001 5447525.41, 394878.45999999996 5447515.52, 394891.3099999996 5447503.42, 394933.0700000003 5447469.550000001, 394935.61000000034 5447467.49, 394953.63999999966 5447436.65, 394949.4900000002 5447431.949999999, 394960.5700000003 5447420.57, 395028.48000000045 5447353.460000001, 395056.1699999999 5447330.07, 395063.66000000015 5447323.869999999, 395138.8300000001 5447236.880000001, 395177.7000000002 5447189.98, 395184.28000000026 5447182.25, 395193.86000000034 5447192.5, 395244.36000000034 5447119.27, 395263.03000000026 5447081.09, 395269.53000000026 5447069.92, 395277.91000000015 5447055.529999999, 395291.3499999996 5447027.869999999, 395275.6299999999 5447021.0600000005, 395276.48000000045 5447019.42, 395277.6500000004 5447017.130000001, 395320.25 5446984.279999999, 395376.6799999997 5446961.869999999, 395436.04000000004 5446954.800000001, 395446.01999999955 5446953.74, 395499.3700000001 5446944.34, 395499.9900000002 5446939.390000001, 395532.96999999974 5446949.84, 395574.8799999999 5446975.5, 395623.7000000002 5446984.470000001, 395644.5499999998 5447015.57, 395661.6799999997 5447116.01, 395671.5700000003 5447138.9, 395695.1299999999 5447193.359999999, 395701.6699999999 5447204.779999999, 395734.01999999955 5447249.949999999, 395744.48000000045 5447263.449999999, 395754.5999999996 5447271.640000001, 395743.08999999985 5447237.26, 395737.11000000034 5447217.4, 395726.98000000045 5447174.33, 395722.13999999966 5447136.300000001, 395729.76999999955 5447087.51, 395735.4400000004 5447057.84, 395742.36000000034 5447028.17, 395746.66000000015 5447009.26, 395744.9400000004 5446998.58, 395743.88999999966 5446994.529999999, 395742.7400000002 5446990.15, 395751.54000000004 5446944.199999999, 395748 5446924.01, 395752.04000000004 5446922.4, 395752.5800000001 5446922.1899999995, 395757.46999999974 5446920.25, 395761.13999999966 5446918.300000001, 395763.61000000034 5446916.98, 395765.8700000001 5446915.789999999, 395772.8700000001 5446912.07, 395793.63999999966 5446901.0600000005, 395798.8499999996 5446906.77, 395796.6200000001 5446900.43, 395791.5 5446887.609999999, 395781.03000000026 5446864.210000001, 395775.6799999997 5446852.800000001, 395765.4199999999 5446830.85, 395761.2999999998 5446824.59, 395744.4400000004 5446801.609999999, 395741.91000000015 5446799.09, 395735.5 5446794.48, 395733.33999999985 5446792.859999999, 395726.96999999974 5446786.779999999, 395723.2400000002 5446782.17, 395719.63999999966 5446778.880000001, 395703.5499999998 5446759.539999999, 395702.9900000002 5446759.109999999, 395693.8799999999 5446751.93, 395656.33999999985 5446722.43, 395621.7000000002 5446691.27, 395614.71999999974 5446685.17, 395583.29000000004 5446662.08, 395570.03000000026 5446645.609999999, 395566.0700000003 5446644.35, 395556.6799999997 5446640.33, 395545.9900000002 5446634.27, 395544.45999999996 5446633.279999999, 395540.5 5446630.75, 395537.95999999996 5446628.869999999, 395533.78000000026 5446625.210000001, 395528.28000000026 5446620.369999999, 395524.28000000026 5446616.41, 395522.83999999985 5446614.74, 395520.6299999999 5446612.210000001, 395517.41000000015 5446607.470000001, 395500.63999999966 5446582.23, 395491.9000000004 5446569.07, 395467.8200000003 5446520.640000001, 395461.8499999996 5446498.35, 395460.0499999998 5446491.01, 395458.8499999996 5446486.09, 395460.7599999998 5446452.289999999, 395461.25 5446443.73, 395464.41000000015 5446405.73, 395468.29000000004 5446360.25, 395471.4199999999 5446339.880000001, 395491.5499999998 5446280.23, 395498.6799999997 5446262.42, 395504.45999999996 5446250.07, 395506.3700000001 5446243.960000001, 395511.78000000026 5446233.470000001, 395514.5099999998 5446228.16, 395521.26999999955 5446209.34, 395520.70999999996 5446200.4399999995, 395504.6900000004 5446169.92, 395500.8200000003 5446169.869999999, 395497.0099999998 5446169.41, 395495.0700000003 5446169.300000001, 395491.0499999998 5446169.07, 395483.01999999955 5446191.550000001, 395475.45999999996 5446205.880000001, 395454.71999999974 5446238.65, 395449.76999999955 5446246.32, 395442.8799999999 5446274.039999999, 395451.78000000026 5446276.220000001, 395450.2999999998 5446283.699999999, 395448.2000000002 5446291.02, 395445.46999999974 5446298.140000001, 395442.13999999966 5446305.01, 395438.21999999974 5446311.5600000005, 395433.76999999955 5446317.73, 395420.5099999998 5446335.289999999, 395411.3700000001 5446331.460000001, 395387.0800000001 5446376.32, 395388.96999999974 5446432.48, 395390.70999999996 5446484.199999999, 395405.46999999974 5446486.23, 395404.63999999966 5446495.0600000005, 395405.78000000026 5446506.4, 395408.76999999955 5446522.619999999, 395408.6699999999 5446543.050000001, 395409.61000000034 5446550.35, 395410.8300000001 5446559.92, 395412.4900000002 5446569.699999999, 395413.3099999996 5446572.16, 395415.73000000045 5446579.41, 395422.76999999955 5446600.59, 395424.9500000002 5446607.130000001, 395430.6699999999 5446624.52, 395434.66000000015 5446643.279999999, 395433.83999999985 5446648.34, 395429.11000000034 5446656.640000001, 395425.8499999996 5446661.26, 395416.61000000034 5446671, 395405.76999999955 5446676.15, 395401.20999999996 5446677.48, 395395.29000000004 5446679.970000001, 395396.1500000004 5446690.07, 395384.26999999955 5446692.460000001, 395378.5700000003 5446691.880000001, 395367.96999999974 5446690.789999999, 395365.1699999999 5446690.5, 395350.6699999999 5446689.01, 395346.8300000001 5446688.609999999, 395338.75 5446687.779999999, 395326.3499999996 5446686.51, 395318.08999999985 5446657.869999999, 395314.73000000045 5446658.43, 395311.6900000004 5446659.52, 395305.91000000015 5446661.57, 395301.13999999966 5446663.26, 395300.6900000004 5446663.42, 395290.7999999998 5446666.93, 395285.6699999999 5446690.66, 395277.51999999955 5446699.98, 395264.08999999985 5446688.08, 395255.88999999966 5446693.460000001, 395247.3300000001 5446698.199999999, 395238.4299999997 5446702.300000001, 395229.2599999998 5446705.74, 395219.8499999996 5446708.48, 395224.2400000002 5446713.1899999995, 395232.7000000002 5446726.630000001, 395222.0999999996 5446734.140000001, 395220.96999999974 5446734.67, 395208.4900000002 5446740.42, 395205.66000000015 5446734.630000001, 395202.0700000003 5446735.9399999995, 395194.4900000002 5446738.6899999995, 395185.6799999997 5446741.890000001, 395166.7400000002 5446748.76, 395164.66000000015 5446745.98, 395146.0999999996 5446754.210000001, 395130.11000000034 5446765.029999999, 395124.8300000001 5446768.33, 395113.4299999997 5446754.24, 395100.8200000003 5446738.449999999, 395088.0599999996 5446751.77, 395075.4199999999 5446733.67, 395076.45999999996 5446732.949999999, 395077.0599999996 5446731.84, 395077.0499999998 5446730.58, 395076.4400000004 5446729.460000001, 395075.3700000001 5446728.59, 395074.0499999998 5446728.140000001, 395072.66000000015 5446728.16, 395054.8200000003 5446739.84, 395054.25 5446741.890000001, 395062.86000000034 5446751.0600000005, 395038.03000000026 5446773.130000001, 395039.5 5446766.42, 395020.79000000004 5446754.0600000005, 395006.3099999996 5446760.119999999, 394984.6900000004 5446764.65, 394980.28000000026 5446764.140000001, 394963.71999999974 5446762.210000001, 394961.6799999997 5446761.98, 394951.7999999998 5446760.83, 394941.9299999997 5446759.68, 394933.1200000001 5446762.92, 394930.86000000034 5446766.029999999, 394920.1200000001 5446780.74, 394907.2400000002 5446798.369999999, 394903.73000000045 5446803.17, 394900.8099999996 5446841.02, 394900.54000000004 5446844.49, 394899.6699999999 5446855.6899999995, 394888.2000000002 5446884.609999999, 394887.5800000001 5446886.25, 394887.38999999966 5446887.99, 394887.66000000015 5446889.73, 394888.3700000001 5446891.33, 394889.3799999999 5446896.23, 394891.25 5446905.24, 394891.3300000001 5446912.66, 394890.7000000002 5446920.039999999, 394889.3499999996 5446927.34, 394887.3200000003 5446934.470000001, 394884.58999999985 5446941.369999999, 394879.9400000004 5446951.51, 394872.04000000004 5446963.369999999, 394874.9500000002 5446962.02, 394878.11000000034 5446961.42, 394881.3099999996 5446961.58, 394884.38999999966 5446962.5, 394887.1500000004 5446964.140000001, 394889.4500000002 5446966.380000001, 394889.8700000001 5446967.529999999, 394891.1200000001 5446970.32, 394892.16000000015 5446977.43, 394893.8200000003 5446995.199999999, 394892.95999999996 5447004.289999999, 394891.75 5447020.210000001, 394890.6299999999 5447034.9399999995, 394889.63999999966 5447047.91, 394885.9400000004 5447074.67, 394881.41000000015 5447089.210000001, 394875.1299999999 5447119.789999999, 394869.4500000002 5447138.57, 394854.1900000004 5447159.43, 394823.8499999996 5447199.970000001, 394805.86000000034 5447225.369999999, 394801.8499999996 5447230.460000001, 394796.6299999999 5447237.1, 394790.96999999974 5447243.539999999, 394784.76999999955 5447249.48, 394778.08999999985 5447254.869999999, 394761.51999999955 5447266.880000001, 394757.0499999998 5447270.130000001, 394747.36000000034 5447284.289999999, 394744.96999999974 5447287.779999999, 394721.88999999966 5447317.8100000005, 394715.2999999998 5447329.4399999995, 394709.3799999999 5447344.869999999, 394702.5 5447365.5, 394696.1299999999 5447384.58, 394691.66000000015 5447396.609999999, 394687.3499999996 5447403.65, 394677.58999999985 5447419.57, 394666.5099999998 5447437.6899999995, 394663.63999999966 5447443.34, 394661.1900000004 5447449.1899999995, 394659.1799999997 5447455.199999999, 394680.7999999998 5447466.4, 394674.36000000034 5447476.859999999, 394672 5447481.5, 394670.2400000002 5447486.390000001, 394669.1200000001 5447491.470000001, 394668.63999999966 5447496.65, 394668.23000000045 5447500.130000001, 394667.28000000026 5447503.5, 394665.79000000004 5447506.67, 394659.3499999996 5447518.789999999, 394657.4299999997 5447522.41, 394653.5499999998 5447532.68, 394649.5700000003 5447543.210000001, 394642.75 5447537.390000001, 394639.26999999955 5447537.029999999, 394638.0700000003 5447552.4, 394615.8700000001 5447585.289999999, 394608.36000000034 5447585.01, 394600.8499999996 5447583.74, 394598.4199999999 5447577.23, 394597.2400000002 5447560.74, 394597.5599999996 5447549.130000001, 394579.5499999998 5447560.359999999, 394563.4400000004 5447560.34, 394552.0700000003 5447594.16, 394553.86000000034 5447594.470000001, 394560.3700000001 5447595.57, 394562.6200000001 5447603.99, 394561.88999999966 5447609.300000001, 394560.58999999985 5447614.49, 394558.71999999974 5447619.51, 394556.3200000003 5447624.289999999, 394553.4000000004 5447628.789999999, 394550.0099999998 5447632.9399999995, 394544.8200000003 5447637.98, 394531.95999999996 5447648.65, 394530.0999999996 5447650.0600000005, 394513.29000000004 5447662.92, 394491.8099999996 5447641.73, 394478.5499999998 5447628.16, 394472.8099999996 5447634.85, 394466.5599999996 5447645.859999999, 394461.95999999996 5447657.02, 394449.8200000003 5447657.4399999995, 394443.0099999998 5447650.92, 394442.91000000015 5447649.35, 394437.11000000034 5447659.33, 394432.21999999974 5447667.539999999, 394423.1500000004 5447675.1, 394413.9199999999 5447679.34, 394410.5099999998 5447680.58, 394400.20999999996 5447684.359999999, 394374.61000000034 5447696.640000001, 394364.96999999974 5447701.68, 394358.9500000002 5447706.199999999, 394353.5 5447712.720000001, 394348.73000000045 5447721.34, 394345.13999999966 5447728, 394344.61000000034 5447728.970000001, 394347.6900000004 5447731.130000001, 394351.51999999955 5447743.720000001, 394381.29000000004 5447759.66, 394379.98000000045 5447772.65, 394369.36000000034 5447794.140000001, 394359.76999999955 5447812.300000001, 394355.51999999955 5447825.58, 394352.86000000034 5447846.4399999995, 394354.6799999997 5447859.539999999, 394351.8099999996 5447875.460000001, 394346.33999999985 5447891.609999999, 394339.03000000026 5447903.6899999995, 394338.0700000003 5447905.369999999, 394324.3099999996 5447929.220000001, 394315.51999999955 5447938.869999999, 394307.76999999955 5447946.109999999, 394299.45999999996 5447953.880000001, 394271 5447976.130000001, 394267.3499999996 5447977.74, 394249.61000000034 5447986.710000001, 394234.9900000002 5447992.300000001, 394213.8099999996 5448000.4, 394199.5099999998 5448007.65, 394198.21999999974 5448008.73, 394191.3300000001 5448014.380000001, 394178.95999999996 5448028.18, 394167.45999999996 5448043.880000001, 394165.25 5448047.24, 394158.1799999997 5448057.9399999995, 394150.5700000003 5448069.49, 394141.70999999996 5448082.92, 394133.0099999998 5448090.140000001, 394122.76999999955 5448098.65, 394109.9199999999 5448108.43, 394101.48000000045 5448114.869999999, 394085.5 5448123.460000001, 394079.1500000004 5448126.02, 394069.11000000034 5448130.09, 394021.13999999966 5448141.960000001, 393993.2999999998 5448149.82, 393978.3799999999 5448157.050000001, 393945.16000000015 5448176.4, 393939.4400000004 5448179.73, 393903.54000000004 5448200.9399999995, 393898.76999999955 5448203.140000001, 393883.4199999999 5448210, 393864.8499999996 5448205.1, 393859.1900000004 5448202.26, 393853.76999999955 5448198.710000001, 393851.29000000004 5448190.369999999, 393846.6900000004 5448204.789999999), (394691.5499999998 5447631.609999999, 394635.7400000002 5447603.789999999, 394641.83999999985 5447584.529999999, 394643.2000000002 5447580.220000001, 394652.41000000015 5447551.140000001, 394654.95999999996 5447543.08, 394662.5099999998 5447522.199999999, 394661.0800000001 5447522.26, 394662.46999999974 5447519.279999999, 394669.9500000002 5447503.1899999995, 394671.45999999996 5447496.859999999, 394671.28000000026 5447493.75, 394671.6699999999 5447490.65, 394672.5999999996 5447487.67, 394674.0499999998 5447484.92, 394674.3099999996 5447484.4, 394678.7000000002 5447476, 394694.1299999999 5447451.949999999, 394707.8300000001 5447459.02, 394709.01999999955 5447459.630000001, 394711.95999999996 5447461.15, 394714.76999999955 5447457.92, 394719.88999999966 5447453.23, 394721.25 5447454.630000001, 394726.4900000002 5447460.09, 394729.04000000004 5447462.74, 394725.9299999997 5447464.8100000005, 394723.1799999997 5447467.35, 394720.8799999999 5447470.289999999, 394719.0700000003 5447473.58, 394706.2999999998 5447495.99, 394706.3300000001 5447516.3100000005, 394704.38999999966 5447545.5600000005, 394703.63999999966 5447548.390000001, 394700.2599999998 5447561.1899999995, 394697.6500000004 5447571.140000001, 394695.2000000002 5447580.449999999, 394692.6299999999 5447590.41, 394688.8700000001 5447602.529999999, 394697.6299999999 5447611.279999999, 394712.29000000004 5447616.9399999995, 394710.3300000001 5447621.99, 394691.5499999998 5447631.609999999)), ((384047.4000000004 5449734.140000001, 384030.0499999998 5449751.960000001, 383977.66000000015 5449806.27, 383937.5 5449848, 383921.61000000034 5449864.48, 383914.7000000002 5449871.640000001, 383869.0599999996 5449918.98, 384021.6200000001 5449932.01, 384047.28000000026 5449931.01, 384075.5999999996 5449927.970000001, 384100.5999999996 5449920.210000001, 384129.8700000001 5449922.119999999, 384147.48000000045 5449923.33, 384157.71999999974 5449944.83, 384129.4299999997 5449929.800000001, 384122.8700000001 5449929.42, 384141.86000000034 5449963.800000001, 384154.2000000002 5449989.43, 384202.2599999998 5450086.029999999, 384233.6299999999 5450162.1, 384240.9000000004 5450179.74, 384270.70999999996 5450207.880000001, 384271.23000000045 5450211.25, 384271.45999999996 5450213.17, 384278.1299999999 5450210.58, 384314.33999999985 5450196.66, 384372.5099999998 5450174, 384376.45999999996 5450172.49, 384390.63999999966 5450167.029999999, 384401.6699999999 5450162.779999999, 384407.6500000004 5450160.5, 384405.01999999955 5450153.279999999, 384418.45999999996 5450148.279999999, 384421.1299999999 5450155.369999999, 384448.61000000034 5450144.9, 384459.7400000002 5450139.51, 384470.6799999997 5450131.140000001, 384476.1500000004 5450121.699999999, 384475.2000000002 5450109.460000001, 384466.29000000004 5450078.27, 384462.8300000001 5450064.779999999, 384458.3799999999 5450045.85, 384456.5099999998 5450040.75, 384442.78000000026 5450003.220000001, 384435.29000000004 5449981.140000001, 384425.54000000004 5449955.449999999, 384422.9900000002 5449955.800000001, 384419.1200000001 5449956.32, 384409.96999999974 5449949.869999999, 384390.3499999996 5449921.220000001, 384390.79000000004 5449919.02, 384394.8099999996 5449901.5600000005, 384403.4299999997 5449864.17, 384392.70999999996 5449860.960000001, 384392.8700000001 5449860.18, 384399.6299999999 5449828.09, 384375.23000000045 5449825.99, 384380.5599999996 5449800.67, 384382.20999999996 5449792.859999999, 384380.1299999999 5449773.1, 384378.21999999974 5449754.84, 384377.7999999998 5449750.890000001, 384377.28000000026 5449745.83, 384376.86000000034 5449741.890000001, 384373.7599999998 5449712.210000001, 384369.2000000002 5449682.029999999, 384363.5 5449644.300000001, 384361.3300000001 5449629.470000001, 384357.1699999999 5449600.970000001, 384351.78000000026 5449583.970000001, 384340.0499999998 5449545.869999999, 3</t>
   </si>
   <si>
     <t>https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=6710-401</t>
   </si>
   <si>
     <t>https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg6710-401</t>
   </si>
   <si>
-    <t>https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/vsg_sdb_6710-401.pdf</t>
+    <t>https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/vsg_sdb_6710-401.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -510,90 +510,90 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vogelschutzgebiet&amp;layers=vogelschutzgebiet&amp;qid=VSG-7000-043" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=6710-401" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg6710-401" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/vsg_sdb_6710-401.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vogelschutzgebiet&amp;layers=vogelschutzgebiet&amp;qid=VSG-7000-043" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=6710-401" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg6710-401" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/vsg_sdb_6710-401.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:X2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="35.28515625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="6" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="23.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="178.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="15.5703125" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="42.42578125" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="178" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="81.85546875" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="76.28515625" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="73.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -664,51 +664,51 @@
       <c r="E2" t="s">
         <v>27</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>28</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>29</v>
       </c>
       <c r="J2" t="s">
         <v>30</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>31</v>
       </c>
       <c r="N2">
         <v>109750</v>
       </c>
       <c r="O2" s="3">
-        <v>45970.11218672052</v>
+        <v>46045.70346362775</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2" t="s">
         <v>35</v>
       </c>
       <c r="T2" t="s">
         <v>36</v>
       </c>
       <c r="U2" t="s">
         <v>37</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>38</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>39</v>
       </c>