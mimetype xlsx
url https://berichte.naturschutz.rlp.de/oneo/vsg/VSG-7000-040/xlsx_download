--- v0 (2025-11-08)
+++ v1 (2026-01-23)
@@ -132,51 +132,51 @@
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>Naturschutz</t>
   </si>
   <si>
     <t>Vogelschutzgebiet besonderer Bedeutung (EG)</t>
   </si>
   <si>
     <t>Natura 2000</t>
   </si>
   <si>
     <t>DE-6516-401</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((464158.3099999996 5475794.380000001, 464217.2599999998 5475805.01, 464225.21999999974 5475806.4399999995, 464233.23000000045 5475807.9399999995, 464226.1500000004 5475880.390000001, 464223.1200000001 5475905.369999999, 464217.78000000026 5475936.3100000005, 464214.0700000003 5475955.49, 464207.61000000034 5475985, 464198.8499999996 5476018.82, 464186.6299999999 5476060.6899999995, 464166.8200000003 5476115.130000001, 464152 5476151.27, 464137.0700000003 5476183.710000001, 464124.76999999955 5476208.289999999, 464102.8799999999 5476248.460000001, 464098.5099999998 5476255.8100000005, 464078.0999999996 5476289.35, 464054.6900000004 5476323.43, 464030.86000000034 5476356.15, 464010.2999999998 5476382.33, 463994.6500000004 5476400.51, 463976.78000000026 5476420.33, 463951.1699999999 5476448.470000001, 463916 5476483.050000001, 463889.9000000004 5476506.779999999, 463858 5476533.529999999, 463847.5599999996 5476542.34, 463827.8200000003 5476556.93, 463816.6500000004 5476565.09, 463792.5 5476593.800000001, 463785.5700000003 5476593.48, 463757.33999999985 5476604.890000001, 463719.98000000045 5476626.27, 463667.20999999996 5476653.66, 463618.83999999985 5476674.789999999, 463570.38999999966 5476693.800000001, 463529.1200000001 5476706.84, 463475.61000000034 5476721.029999999, 463415.1200000001 5476734.91, 463308.03000000026 5476757.359999999, 463281.3799999999 5476762.24, 463236.0499999998 5476769.77, 463183.20999999996 5476777.9, 463134.26999999955 5476784.4399999995, 463084.6500000004 5476790.59, 463048.0700000003 5476794.82, 463036.4199999999 5476796.300000001, 462984.5800000001 5476801.869999999, 462953.9900000002 5476804.960000001, 462936.96999999974 5476806.59, 462886 5476811.07, 462859.46999999974 5476813.27, 462827.3499999996 5476815.52, 462784.9900000002 5476818.5, 462765.8099999996 5476819.720000001, 462733.66000000015 5476821.99, 462685.38999999966 5476824.51, 462671.76999999955 5476825.01, 462623.8099999996 5476827.210000001, 462575.9900000002 5476828.59, 462567.61000000034 5476828.99, 462564.21999999974 5476827.48, 462563.4199999999 5476825.93, 462564.83999999985 5476822.74, 462501.8099999996 5476822.050000001, 462498.5 5476829.220000001, 462318.51999999955 5476827.369999999, 462263.6500000004 5476825.48, 462219.9199999999 5476823.289999999, 462163.91000000015 5476819.02, 462120.8799999999 5476814.58, 462084.1200000001 5476812.460000001, 462021.08999999985 5476805.34, 461981 5476801.85, 461920.41000000015 5476796.220000001, 461863.83999999985 5476791.73, 461820.29000000004 5476787.550000001, 461770.73000000045 5476782.68, 461759.6299999999 5476781.710000001, 461759.6299999999 5476779.67, 461759.6299999999 5476777.140000001, 461734.26999999955 5476774.890000001, 461735.20999999996 5476765.52, 461672.53000000026 5476760.3100000005, 461622.53000000026 5476755.98, 461567.13999999966 5476750.91, 461522.86000000034 5476747.52, 461467.95999999996 5476744.300000001, 461467.38999999966 5476744.26, 461417.03000000026 5476741.529999999, 461417.01999999955 5476740.32, 461356.2400000002 5476738.869999999, 461303.8799999999 5476744.67, 461300.9199999999 5476743.9, 461298.0499999998 5476743.48, 461293.20999999996 5476743.18, 461290.04000000004 5476742.8100000005, 461287.0099999998 5476742.8100000005, 461283.28000000026 5476743.029999999, 461278.2400000002 5476743.3100000005, 461274.0999999996 5476743.640000001, 461270.88999999966 5476743.73, 461268.78000000026 5476743.640000001, 461267.9400000004 5476743.57, 461223.54000000004 5476742.65, 461234.8799999999 5476716.710000001, 461239.88999999966 5476706.99, 461298.01999999955 5476698.869999999, 461325.2400000002 5476696.380000001, 461355.5999999996 5476693.630000001, 461399.2999999998 5476685.130000001, 461488.3099999996 5476671.77, 461512.54000000004 5476666.66, 461532.63999999966 5476662.41, 461627.8499999996 5476642.32, 461664.1200000001 5476639.26, 461666.75 5476609.640000001, 461670.6500000004 5476557.449999999, 461672.58999999985 5476530.51, 461670.2000000002 5476510.390000001, 461669.8499999996 5476507.42, 461663.46999999974 5476453.720000001, 461662.6500000004 5476449.949999999, 461661.3200000003 5476445.66, 461660.29000000004 5476441.960000001, 461659.2400000002 5476437.58, 461657.6699999999 5476432.02, 461655.26999999955 5476423.85, 461654.6699999999 5476421.220000001, 461653.76999999955 5476418.82, 461652.8700000001 5476416.57, 461651.7400000002 5476414.02, 461650.1699999999 5476411.32, 461648.58999999985 5476408.99, 461646.6500000004 5476406.289999999, 461644.4000000004 5476404.039999999, 461642.13999999966 5476401.9399999995, 461639.4500000002 5476400.07, 461636.96999999974 5476398.27, 461631.4199999999 5476394.66, 461629.01999999955 5476392.93, 461626.46999999974 5476391.43, 461621.1500000004 5476388.5, 461615.7400000002 5476385.58, 461610.5 5476382.73, 461604.9400000004 5476379.880000001, 461600.46999999974 5476377.550000001, 461593.6200000001 5476350.74, 461590.5800000001 5476349.1899999995, 461589.1200000001 5476348.4399999995, 461588.5 5476341.970000001, 461588.11000000034 5476337.98, 461587.9400000004 5476336.199999999, 461583.1500000004 5476328.58, 461578.5599999996 5476321.289999999, 461577.26999999955 5476319.24, 461577.1699999999 5476318.699999999, 461576.36000000034 5476314.07, 461573.91000000015 5476314.039999999, 461565.8200000003 5476313.99, 461553.71999999974 5476313.890000001, 461538.0499999998 5476313.77, 461524.7400000002 5476313.66, 461510.5 5476313.5600000005, 461503.3300000001 5476313.49, 461500.0800000001 5476312.82, 461488.46999999974 5476310.390000001, 461486.4199999999 5476314.449999999, 461424.38999999966 5476315.57, 461398.96999999974 5476315.43, 461383.8700000001 5476315.34, 461368.5 5476315.26, 461330.7400000002 5476315.0600000005, 461318.04000000004 5476314.98, 461292.0599999996 5476313.949999999, 461291.0800000001 5476313.779999999, 461267.2599999998 5476309.52, 461265.11000000034 5476309.109999999, 461255.66000000015 5476307.279999999, 461252.86000000034 5476306.74, 461251.9299999997 5476306.550000001, 461214.8200000003 5476299.34, 461192.9299999997 5476295.09, 461190.45999999996 5476294.640000001, 461145.0700000003 5476286.369999999, 461088.9199999999 5476276.130000001, 461077.9000000004 5476274.029999999, 460992.6500000004 5476257.789999999, 460968.9000000004 5476253.25, 460961.63999999966 5476251.869999999, 460951.78000000026 5476249.98, 460936.46999999974 5476247.0600000005, 460932.6500000004 5476246.33, 460922.75 5476244.4399999995, 460908.7000000002 5476241.76, 460904.5800000001 5476240.970000001, 460878.71999999974 5476236.09, 460864.95999999996 5476233.49, 460842.21999999974 5476229.140000001, 460834.96999999974 5476227.74, 460820.76999999955 5476225.029999999, 460819.1200000001 5476224.710000001, 460803.78000000026 5476221.800000001, 460790.6299999999 5476219.279999999, 460784.9199999999 5476218.1899999995, 460773.0499999998 5476215.92, 460760.53000000026 5476213.539999999, 460749.6900000004 5476211.470000001, 460739.7400000002 5476209.5600000005, 460734.41000000015 5476208.550000001, 460728.5 5476207.67, 460717.4500000002 5476206.039999999, 460706.4199999999 5476204.41, 460694.4000000004 5476202.630000001, 460688.6699999999 5476195.34, 460683.54000000004 5476193.17, 460678.3700000001 5476199.789999999, 460674.9299999997 5476199.17, 460673.45999999996 5476198.9, 460613.9199999999 5476188.24, 460571.9199999999 5476184.449999999, 460550.66000000015 5476184.68, 460546.1299999999 5476183.890000001, 460506.08999999985 5476176.9, 460504.0599999996 5476176.6, 460497.9500000002 5476175.6899999995, 460469.8200000003 5476171.49, 460464.9500000002 5476170.48, 460427.9199999999 5476162.800000001, 460424.8700000001 5476161.699999999, 460411.86000000034 5476176.52, 460328.8499999996 5476270.109999999, 460309.6900000004 5476288.369999999, 460307.0999999996 5476290.83, 460304.2999999998 5476293.51, 460302.1799999997 5476295.529999999, 460300.16000000015 5476297.460000001, 460298.4400000004 5476299.1, 460296.51999999955 5476300.93, 460294.8700000001 5476302.5, 460292.83999999985 5476304.42, 460290.9500000002 5476306.24, 460289.0499999998 5476308.050000001, 460287.3300000001 5476309.68, 460285.4500000002 5476311.48, 460283.4500000002 5476313.390000001, 460281.6500000004 5476315.1, 460277.9400000004 5476318.640000001, 460276.5099999998 5476320, 460274.8300000001 5476321.609999999, 460271.3700000001 5476324.91, 460269.41000000015 5476326.779999999, 460267.3499999996 5476328.75, 460265.5499999998 5476330.460000001, 460262.9900000002 5476332.9, 460260.71999999974 5476335.07, 460258.7000000002 5476337, 460254.33999999985 5476341.17, 460250.01999999955 5476345.289999999, 460248.95999999996 5476346.300000001, 460245.13999999966 5476349.949999999, 460243.01999999955 5476351.98, 460240.7400000002 5476354.140000001, 460238.96999999974 5476355.84, 460237.3099999996 5476357.41, 460234.0999999996 5476360.48, 460230.5800000001 5476363.85, 460227.54000000004 5476366.73, 460224.2599999998 5476369.869999999, 460221.4199999999 5476372.59, 460218.1799999997 5476375.68, 460214.7599999998 5476378.9399999995, 460212.9299999997 5476380.699999999, 460210.96999999974 5476382.550000001, 460207.4299999997 5476385.9399999995, 460203.83999999985 5476389.359999999, 460188.61000000034 5476407.52, 460179.98000000045 5476418.82, 460160.4400000004 5476438.17, 460165.4000000004 5476441.550000001, 460170.0499999998 5476444.029999999, 460166.25 5476451.619999999, 460161.54000000004 5476461.57, 460144.7400000002 5476497.02, 460121.5999999996 5476541.24, 460088.38999999966 5476609.93, 460083.4500000002 5476616.23, 460076.4299999997 5476620.33, 460071.7400000002 5476621.880000001, 460066.0499999998 5476623.76, 460062.6900000004 5476624.880000001, 460057.9299999997 5476624.42, 460058.7999999998 5476629.789999999, 460060.4000000004 5476639.43, 460061.3099999996 5476644.99, 460075.5 5476644.67, 460079.86000000034 5476644.5600000005, 460082.0999999996 5476644.9399999995, 460088.3499999996 5476645.99, 460089.2599999998 5476646.15, 460110.70999999996 5476649.75, 460114.16000000015 5476650.41, 460113.78000000026 5476651.3100000005, 460122.3799999999 5476651.41, 460128.73000000045 5476651.65, 460137.61000000034 5476652.359999999, 460143.70999999996 5476653.5600000005, 460149.54000000004 5476654.880000001, 460154.11000000034 5476656.3100000005, 460157.16000000015 5476658.449999999, 460158.9299999997 5476661.199999999, 460159.9500000002 5476664.91, 460160.53000000026 5476675.5600000005, 460160.25 5476681.130000001, 460159.41000000015 5476697.35, 460159.0599999996 5476704.210000001, 460158.08999999985 5476723.27, 460159.0599999996 5476762.3100000005, 460158.9900000002 5476801.539999999, 460159.1299999999 5476805.15, 460159.75 5476809.029999999, 460160.83999999985 5476812.380000001, 460162.21999999974 5476815.029999999, 460163.58999999985 5476817.48, 460165.8799999999 5476820.68, 460169.8700000001 5476825, 460174.25 5476829.4, 460178.08999999985 5476832.5600000005, 460182 5476835.66, 460186.25 5476838.5, 460191.66000000015 5476841.789999999, 460194.88999999966 5476843.279999999, 460199.6299999999 5476865.65, 460201.21999999974 5476873.210000001, 460202.5800000001 5476879.640000001, 460203.5099999998 5476882.58, 460208.6799999997 5476898.84, 460155.6799999997 5476921.83, 460134.73000000045 5476933.34, 460066.01999999955 5476971.529999999, 460029.13999999966 5476991.98, 459991.6500000004 5477011.859999999, 459893.98000000045 5477086.73, 459831.95999999996 5477140.82, 459785.1299999999 5477185.039999999, 459773.1299999999 5477197.24, 459726.1299999999 5477244.359999999, 459719.29000000004 5477251.17, 459679.0800000001 5477292.16, 459677.4299999997 5477296.029999999, 459674.6900000004 5477298.32, 459673.3499999996 5477302.52, 459672.7400000002 5477304.3100000005, 459658.0499999998 5477299.300000001, 459654.51999999955 5477297.609999999, 459651.5700000003 5477296.210000001, 459646.4199999999 5477293.74, 459633.3499999996 5477287.42, 459636.76999999955 5477281.68, 459641.91000000015 5477273.0600000005, 459661.91000000015 5477070.25, 459663.8499999996 5477051.699999999, 459670.58999999985 5477051.65, 459670.5800000001 5477037.4, 459663.26999999955 5477036.9, 459665.29000000004 5477007.42, 459662.6500000004 5477007.1, 459670.5999999996 5476994.0600000005, 459668.1299999999 5476957.09, 459661.1900000004 5476925.1899999995, 459659.4500000002 5476898.75, 459658.5700000003 5476871.51, 459660.54000000004 5476824.74, 459666.1299999999 5476779.67, 459669.6200000001 5476758.949999999, 459674.4500000002 5476735.67, 459697.86000000034 5476703.73, 459735.0999999996 5476653.84, 459737.3799999999 5476647.43, 459736.8499999996 5476639.15, 459736.53000000026 5476634.59, 459732.9500000002 5476625.92, 459738.6900000004 5476606.33, 459746.21999999974 5476601.42, 459746.41000000015 5476601.08, 459754.9500000002 5476585.550000001, 459760.6900000004 5476573.390000001, 459763.9199999999 5476574.17, 459765.5 5476569.369999999, 459769.2999999998 5476557.84, 459781.86000000034 5476533.18, 459788.5800000001 5476538.85, 459800.8700000001 5476539.460000001, 459827.33999999985 5476552.15, 459830.41000000015 5476545.220000001, 459831.5499999998 5476542.640000001, 459839.75 5476523.01, 459839.8499999996 5476522.85, 459844 5476516.16, 459844.70999999996 5476515.02, 459849.3700000001 5476511.4399999995, 459854.6799999997 5476507.34, 459858.5800000001 5476504.35, 459860.13999999966 5476502.800000001, 459861.66000000015 5476501.289999999, 459863.01999999955 5476499.77, 459865.8300000001 5476496.66, 459868.9900000002 5476492.130000001, 459869.66000000015 5476491.16, 459872.6500000004 5476485.210000001, 459876.0499999998 5476478.43, 459876.71999999974 5476475.970000001, 459880.3799999999 5476462.68, 459881.4400000004 5476458.85, 459881.5099999998 5476457.26, 459881.58999999985 5476455.1, 459881.7599999998 5476451.18, 459881.86000000034 5476448.609999999, 459882.5999999996 5476430.699999999, 459882.6299999999 5476430.029999999, 459881.0099999998 5476421.93, 459879.1900000004 5476412.82, 459878.46999999974 5476409.23, 459873.70999999996 5476402.470000001, 459863.9000000004 5476388.5600000005, 459862.0999999996 5476390.91, 459788.6699999999 5476328.59, 459764.6699999999 5476306.3100000005, 459766.3700000001 5476306.890000001, 459770.6699999999 5476308.359999999, 459772.8499999996 5476309.119999999, 459775.2599999998 5476309.9399999995, 459780.0800000001 5476311.59, 459784.38999999966 5476313.07, 459788.75 5476314.5600000005, 459791.11000000034 5476315.369999999, 459794.29000000004 5476315.93, 459799.86000000034 5476316.92, 459805.25 5476317.869999999, 459809.91000000015 5476318.6899999995, 459815.5999999996 5476319.6899999995, 459820.96999999974 5476320.65, 459825.78000000026 5476321.5, 459831.0999999996 5476322.4399999995, 459836.71999999974 5476323.43, 459842.3499999996 5476323.779999999, 459851.20999999996 5476324.33, 459860.4000000004 5476323.98, 459866.75 5476323.74, 459867.61000000034 5476323.699999999, 459869.5999999996 5476323.630000001, 459875.4199999999 5476322.01, 459877.1200000001 5476321.539999999, 459886.2000000002 5476315.359999999, 459890.71999999974 5476311.369999999, 459896.79000000004 5476306.01, 459902.48000000045 5476300.970000001, 459907.13999999966 5476296.85, 459909.91000000015 5476293.9, 459914.3300000001 5476289.18, 459916.86000000034 5476285.33, 459928.46999999974 5476267.609999999, 459933.4199999999 5476260.050000001, 459936.4299999997 5476255.460000001, 459939.3200000003 5476250.859999999, 459952.01999999955 5476230.66, 459961.9400000004 5476209.949999999, 459966.6500000004 5476200.130000001, 459969.83999999985 5476194.75, 459975.8099999996 5476184.710000001, 459979.2599999998 5476178.91, 459982.3300000001 5476173.73, 459989.5999999996 5476163.74, 459997.9400000004 5476152.25, 460002.5499999998 5476145.93, 460007.2999999998 5476139.4, 460013.9900000002 5476130.15, 460014.58999999985 5476129.33, 460027.6500000004 5476115.18, 460031.6699999999 5476110.83, 460035.5599999996 5476106.59, 460037.91000000015 5476104.52, 460040.4199999999 5476102.289999999, 460044.73000000045 5476098.48, 460049.5099999998 5476094.25, 460053.2400000002 5476090.960000001, 460061.63999999966 5476083.52, 460066.0700000003 5476080.220000001, 460070.0999999996 5476077.220000001, 460077.29000000004 5476072.08, 460083.46999999974 5476069.26, 460092.7400000002 5476065.039999999, 460097.8799999999 5476062.710000001, 460102.63999999966 5476060.539999999, 460123.6200000001 5476050.98, 460130.66000000015 5476047.77, 460143.8300000001 5476040.93, 460154.1200000001 5476035.58, 460164.3099999996 5476030.279999999, 460176.78000000026 5476023.789999999, 460186.1900000004 5476018.91, 460192.20999999996 5476015.779999999, 460201.75 5476010.8100000005, 460209.0999999996 5476007, 460222.5999999996 5475999.98, 460231.5599999996 5475995.32, 460233.3499999996 5475994.390000001, 460241.5800000001 5475990.109999999, 460246.2400000002 5475988.869999999, 460351.0099999998 5475952.890000001, 460362.54000000004 5475948.93, 460361.8700000001 5475938.74, 460361.58999999985 5475937.699999999, 460361.41000000015 5475937.01, 460365.9400000004 5475935.4, 460371.46999999974 5475933.42, 460370.5800000001 5475929.84, 460369.79000000004 5475926.75, 460367.8200000003 5475920.800000001, 460364.5099999998 5475912.140000001, 460362.0099999998 5475906.029999999, 460360.4400000004 5475902.74, 460358.33999999985 5475899.529999999, 460355.98000000045 5475896.289999999, 460354.2400000002 5475893.710000001, 460352.3099999996 5475890.470000001, 460350.1299999999 5475886.24, 460348.6500000004 5475882.83, 460347.3799999999 5475879.15, 460346.3799999999 5475874.949999999, 460345.7599999998 5475871.380000001, 460345.4199999999 5475868.52, 460345.28000000026 5475865.359999999, 460345.71999999974 5475864.6899999995, 460346.3799999999 5475864.300000001, 460347.1200000001 5475864.300000001, 460347.73000000045 5475864.720000001, 460348.4299999997 5475865.59, 460350.26999999955 5475867.93, 460352.0099999998 5475869.789999999, 460353.7999999998 5475871.380000001, 460352.4000000004 5475865.220000001, 460350.03000000026 5475863.25, 460347.4000000004 5475860.539999999, 460344.20999999996 5475856.390000001, 460342.76999999955 5475854.210000001, 460341.26999999955 5475851.68, 460339.96999999974 5475849.02, 460338.7000000002 5475845.9, 460337.9400000004 5475843.18, 460335.54000000004 5475830.720000001, 460333.04000000004 5475819.5, 460312.7400000002 5475735.49, 460305.36000000034 5475705.52, 460295.20999999996 5475665.470000001, 460284.76999999955 5475624.5600000005, 460275.88999999966 5475589.33, 460270.83999999985 5475569.4, 460269.13999999966 5475561.17, 460265.4000000004 5475549.41, 460258.83999999985 5475533.1899999995, 460258.45999999996 5475533.289999999, 460255.6900000004 5475520.98, 460255.2599999998 5475517.75, 460254.2999999998 5475512.859999999, 460250.76999999955 5475501.720000001, 460249.0999999996 5475497.57, 460246.7000000002 5475492.92, 460246.6500000004 5475493, 460246.0599999996 5475491.01, 460245.5599999996 5475490.220000001, 460243.5999999996 5475484.41, 460242.4000000004 5475480.08, 460241.48000000045 5475475.68, 460240.8099999996 5475470.98, 460240.45999999996 5475466.24, 460240.21999999974 5475449.41, 460240.9900000002 5475441.449999999, 460242.48000000045 5475439.74, 460244.86000000034 5475438.029999999, 460243.58999999985 5475435.869999999, 460240.8300000001 5475428.5, 460233.66000000015 5475408.08, 460230.4199999999 5475398.85, 460225.66000000015 5475383.199999999, 460216.8499999996 5475354.1899999995, 460212.5999999996 5475340.199999999, 460208.6500000004 5475327.210000001, 460196.0499999998 5475316.27, 460185.0599999996 5475306.74, 460172.6500000004 5475295.98, 460162.2400000002 5475286.960000001, 460161.4199999999 5475286.550000001, 460148.6500000004 5475280.32, 460143.0599999996 5475277.6, 460136.9299999997 5475274.609999999, 460131.4199999999 5475270.66, 460126.21999999974 5475266.92, 460115.25 5475259.050000001, 460107.95999999996 5475253.82, 460100.2599999998 5475248.289999999, 460092.8099999996 5475242.9399999995, 460085.7400000002 5475237.869999999, 460079.4900000002 5475233.380000001, 460072.75 5475228.550000001, 460066.0999999996 5475223.779999999, 460059.58999999985 5475219.039999999, 460056.91000000015 5475217.0600000005, 460053.71999999974 5475214.720000001, 460046.98000000045 5475210.039999999, 460040.3200000003 5475205.4399999995, 460033.7599999998 5475200.890000001, 460026.8099999996 5475196.08, 460017.41000000015 5475189.5600000005, 460007.1699999999 5475182.619999999, 460000.54000000004 5475178.119999999, 459993.78000000026 5475173.539999999, 459987.8099999996 5475169.48, 459980.4900000002 5475164.52, 459974.11000000034 5475160.18, 459967.4900000002 5475155.699999999, 459960.21999999974 5475150.77, 459953.86000000034 5475146.4399999995, 459948.75 5475142.970000001, 459946.16000000015 5475141.220000001, 459943.7599999998 5475139.1899999995, 459938.8099999996 5475135.550000001, 459933.7599999998 5475131.83, 459927.7999999998 5475127.449999999, 459921.45999999996 5475122.779999999, 459916.21999999974 5475118.93, 459911.5 5475115.449999999, 459901.1299999999 5475107.83, 459894.79000000004 5475103.16, 459888.1299999999 5475098.27, 459882.1299999999 5475093.84, 459875.04000000004 5475088.640000001, 459862.1500000004 5475079.16, 459855.3200000003 5475074.130000001, 459848.71999999974 5475069.699999999, 459841.9400000004 5475065.140000001, 459834.8700000001 5475060.390000001, 459823.1500000004 5475052.529999999, 459816.48000000045 5475048.039999999, 459809.8300000001 5475043.58, 459799.25 5475036.470000001, 459795.23000000045 5475033.779999999, 459790.9299999997 5475030.880000001, 459782.0800000001 5475024.9399999995, 459773.91000000015 5475019.460000001, 459771.16000000015 5475017.609999999, 459765.63999999966 5475013.91, 459761.0800000001 5475010.84, 459758.3300000001 5475009, 459754.8499999996 5475006.57, 459748.1900000004 5475001.93, 459744.1500000004 5474999.109999999, 459739.76999999955 5474996.07, 459734.9500000002 5474992.710000001, 459730.5599999996 5474989.65, 459726.26999999955 5474986.66, 459717.98000000045 5474980.880000001, 459709.9500000002 5474975.279999999, 459706.03000000026 5474972.5600000005, 459702.61000000034 5474970.18, 459696.13999999966 5474965.67, 459689.0999999996 5474960.77, 459684.5599999996 5474957.6, 459679.51999999955 5474954.09, 459676.1699999999 5474951.77, 459672.96999999974 5474949.529999999, 459666.3300000001 5474944.92, 459659.41000000015 5474940.09, 459653.96999999974 5474936.3100000005, 459653 5474935.630000001, 459647.7999999998 5474931.970000001, 459641.16000000015 5474927.279999999, 459634.46999999974 5474922.57, 459627.8499999996 5474917.9, 459620.63999999966 5474912.8100000005, 459613.4400000004 5474907.73, 459608.4299999997 5474904.199999999, 459598.1799999997 5474896.970000001, 459592.6299999999 5474893.0600000005, 459587.1200000001 5474889.18, 459582.25 5474885.74, 459577.28000000026 5474882.23, 459571.9500000002 5474878.48, 459566.48000000045 5474874.619999999, 459561.6500000004 5474871.210000001, 459556.04000000004 5474867.25, 459552.95999999996 5474865.08, 459549.01999999955 5474862.3100000005, 459541.1900000004 5474856.779999999, 459534.9400000004 5474852.07, 459530.4000000004 5474848.65, 459525.9400000004 5474845.279999999, 459521.1299999999 5474841.640000001, 459515.73000000045 5474837.58, 459511.0099999998 5474834.02, 459502.13999999966 5474827.33, 459527.6500000004 5474803.390000001, 459573.23000000045 5474760.630000001, 459674.73000000045 5474665.42, 459680.3499999996 5474660.16, 459680.7000000002 5474660.4399999995, 459687.8200000003 5474654.51, 459849.20999999996 5474520.390000001, 459857.11000000034 5474513.82, 459862.13999999966 5474518.02, 459866.2000000002 5474521.4, 459870.26999999955 5474524.789999999, 459874.5 5474528.32, 459878.0599999996 5474531.279999999, 459882.5700000003 5474535.029999999, 459887.36000000034 5474539.02, 459891.26999999955 5474542.27, 459895.1500000004 5474545.51, 459898.66000000015 5474548.4399999995, 459901.96999999974 5474551.1899999995, 459905.7599999998 5474554.35, 459910.0599999996 5474557.93, 459912.75 5474560.17, 459915.63999999966 5474562.57, 459919.1500000004 5474565.5, 459926.6500000004 5474571.74, 459927.58999999985 5474572.539999999, 459931.0499999998 5474574.710000001, 459936.95999999996 5474578.42, 459942.83999999985 5474582.119999999, 459952.11000000034 5474587.949999999, 459958.9299999997 5474592.25, 459963.2000000002 5474594.93, 459967.70999999996 5474597.77, 459969.8700000001 5474599.130000001, 459973.58999999985 5474601.48, 459977.5599999996 5474603.970000001, 459981.5999999996 5474606.51, 459989.48000000045 5474611.460000001, 459993.76999999955 5474614.17, 459999.23000000045 5474618.029999999, 460004.4900000002 5474621.74, 460009.7000000002 5474625.42, 460014.9299999997 5474629.109999999, 460020.13999999966 5474632.789999999, 460025.21999999974 5474636.380000001, 460031.0700000003 5474640.51, 460035.7999999998 5474643.369999999, 460041.29000000004 5474646.699999999, 460046.66000000015 5474649.949999999, 460052.29000000004 5474653.359999999, 460057.9500000002 5474656.789999999, 460063.16000000015 5474659.9399999995, 460073.70999999996 5474666.33, 460075.96999999974 5474667.699999999, 460079.2400000002 5474669.300000001, 460084.88999999966 5474672.0600000005, 460090.5099999998 5474674.8100000005, 460096.0099999998 5474677.49, 460101.51999999955 5474680.18, 460106.3700000001 5474682.539999999, 460112.3099999996 5474685.449999999, 460117.8300000001 5474688.15, 460123.7999999998 5474691.0600000005, 460127.51999999955 5474692.869999999, 460129.4299999997 5474693.6899999995, 460135.6500000004 5474696.3100000005, 460141.5700000003 5474698.82, 460153.36000000034 5474703.800000001, 460164.41000000015 5474708.48, 460170.8700000001 5474711.220000001, 460176.53000000026 5474713.609999999, 460188.03000000026 5474718.51, 460194.3799999999 5474721.24, 460200.4299999997 5474723.83, 460206.13999999966 5474726.23, 460212.4199999999 5474728.869999999, 460223.8300000001 5474733.68, 460236.33999999985 5474738.960000001, 460248.3099999996 5474744, 460260.88999999966 5474749.32, 460272.4400000004 5474754.1899999995, 460278.4000000004 5474756.6899999995, 460284.6699999999 5474759.33, 460294.3300000001 5474763.41, 460295.7599999998 5474759.52, 460297.21999999974 5474756.17, 460298.73000000045 5474750.24, 460317.7000000002 5474675.5600000005, 460312.5800000001 5474652.050000001, 460312.6799999997 5474641.76, 460314.04000000004 5474632.800000001, 460317.83999999985 5474619.970000001, 460319.4199999999 5474616.369999999, 460320.9199999999 5474612.93, 460321.75 5474611.039999999, 460322.4400000004 5474609.460000001, 460323.4900000002 5474607.039999999, 460324.3799999999 5474605, 460325.45999999996 5474602.539999999, 460326.1699999999 5474600.9, 460326.8300000001 5474599.42, 460327.63999999966 5474597.529999999, 460328.6500000004 5474595.23, 460329.4199999999 5474593.449999999, 460329.95999999996 5474592.24, 460330.71999999974 5474590.49, 460331.9500000002 5474587.67, 460332.4900000002 5474586.4399999995, 460333.13999999966 5474584.9399999995, 460333.95999999996 5474583.09, 460335.04000000004 5474580.6, 460335.86000000034 5474578.720000001, 460336.66000000015 5474576.880000001, 460337.36000000034 5474575.289999999, 460338.33999999985 5474573.039999999, 460339.01999999955 5474571.470000001, 460340.48000000045 5474568.140000001, 460341.1799999997 5474566.529999999, 460342.5099999998 5474563.470000001, 460343.63999999966 5474560.890000001, 460344.5999999996 5474558.720000001, 460345.58999999985 5474556.449999999, 460346.4199999999 5474554.550000001, 460347.5499999998 5474551.960000001, 460348.2400000002 5474550.359999999, 460350.2999999998 5474545.65, 460351.9000000004 5474541.99, 460353.58999999985 5474538.119999999, 460354.9299999997 5474535.039999999, 460357.88999999966 5474528.26, 460359.6699999999 5474524.1899999995, 460361.7599999998 5474519.4, 460363.70999999996 5474514.9399999995, 460366.0700000003 5474509.529999999, 460368.7400000002 5474503.43, 460370.2000000002 5474500.07, 460371.58999999985 5474496.880000001, 460386.04000000004 5474521.710000001, 460388.51999999955 5474516.99, 460400.4299999997 5474494.279999999, 460405.3200000003 5474484.949999999, 460422.83999999985 5474451.539999999, 460427.2999999998 5474443.039999999, 460435.04000000004 5474428.289999999, 460544.2000000002 5474343.550000001, 460553.2400000002 5474336.25, 460554.8499999996 5474335.02, 460556.1900000004 5474333.92, 460561.95999999996 5474329.199999999, 460567.23000000045 5474325.01, 460572.5999999996 5474320.710000001, 460577 5474317.119999999, 460583.9500000002 5474311.609999999, 460595.0499999998 5474304.74, 460605.6799999997 5474298.15, 460624.96999999974 5474286.109999999, 460624.1200000001 5474284.48, 460624.4000000004 5474279.4, 460648.8499999996 5474268.390000001, 460660.3200000003 5474263.210000001, 460668.70999999996 5474259.43, 460679.83999999985 5474254.42, 460691.8099999996 5474249.300000001, 460714.73000000045 5474238.970000001, 460720.5599999996 5474236.279999999, 460726.46999999974 5474233.539999999, 460738.29000000004 5474228.08, 460749.08999999985 5474223.1, 460760.79000000004 5474217.6899999995, 460785.2599999998 5474206.390000001, 460807.6200000001 5474196.07, 460809.38999999966 5474195.25, 460818.6299999999 5474192.24, 460831.16000000015 5474188.15, 460843.28000000026 5474184.199999999, 460855.4400000004 5474180.24, 460934.4400000004 5474154.5, 460935.7000000002 5474154.41, 460980.8200000003 5474151.109999999, 461027.6799999997 5474147.699999999, 461041.1900000004 5474146.74, 461054.8499999996 5474145.76, 461093.9000000004 5474142.949999999, 461111.04000000004 5474141.73, 461127.25 5474140.57, 461144 5474139.359999999, 461160.5999999996 5474138.17, 461184.91000000015 5474136.42, 461201.0099999998 5474135.27, 461217.38999999966 5474134.09, 461232.6500000004 5474133, 461247.53000000026 5474131.93, 461258.45999999996 5474131.140000001, 461269.3700000001 5474130.359999999, 461275.8799999999 5474129.890000001, 461282.54000000004 5474129.42, 461294.8200000003 5474128.539999999, 461336.33999999985 5474125.550000001, 461632.2000000002 5474110.220000001, 461635.6900000004 5474116.380000001, 461662.0800000001 5474160.08, 461667.6200000001 5474169.23, 461664.29000000004 5474170.869999999, 461687.79000000004 5474209.84, 461691.0999999996 5474207.6, 461693.20999999996 5474211.09, 461699.88999999966 5474222.109999999, 461755.03000000026 5474313.51, 461756.11000000034 5474314.92, 461757.3799999999 5474315.890000001, 461758.78000000026 5474316.5600000005, 462033.5800000001 5474447.26, 462045.0099999998 5474465.59, 462046.6900000004 5474469.789999999, 462065.66000000015 5474516.16, 462066.7400000002 5474518.869999999, 462068.70999999996 5474523.77, 462094.83999999985 5474591.779999999, 461983.66000000015 5474593.869999999, 461871.8099999996 5474595.949999999, 461872.1699999999 5474615.41, 461873.4299999997 5474685.199999999, 461873.54000000004 5474691.35, 461845.0499999998 5474685.25, 461832.6200000001 5474682.58, 461829.0700000003 5474682.34, 461824.3499999996 5474682.039999999, 461813.4400000004 5474681.33, 461805.1299999999 5474680.789999999, 461758.1500000004 5474677.74, 461749.0099999998 5474677.140000001, 461743.98000000045 5474676.8100000005, 461742.9299999997 5474676.460000001, 461736.8300000001 5474674.41, 461730.7400000002 5474672.369999999, 461718.73000000045 5474668.32, 461711.76999999955 5474665.99, 461699.98000000045 5474662.02, 461689.70999999996 5474658.57, 461688.1500000004 5474658.039999999, 461687.9000000004 5474657.960000001, 461677.3700000001 5474655.279999999, 461671.95999999996 5474653.9, 461666.5599999996 5474652.52, 461660.20999999996 5474650.9, 461638.1500000004 5474645.289999999, 461628.4000000004 5474642.779999999, 461617.4199999999 5474640.02, 461575.3700000001 5474629.26, 461532.8700000001 5474621.619999999, 461523.1799999997 5474619.890000001, 461495.4400000004 5474608.880000001, 461443.9299999997 5474588.4399999995, 461439.3700000001 5474586.640000001, 461438.20999999996 5474586.18, 461431.45999999996 5474583.5, 461418.9500000002 5474578.539999999, 461412.4900000002 5474575.970000001, 461406.03000000026 5474573.41, 461398.21999999974 5474570.3100000005, 461392.3499999996 5474567.98, 461353.45999999996 5474552.550000001, 461346.8200000003 5474549.92, 461338.29000000004 5474545.18, 461326.3799999999 5474538.5600000005, 461314.8099999996 5474532.15, 461303.5099999998 5474525.859999999, 461292.36000000034 5474519.66, 461281.2400000002 5474513.49, 461270.4199999999 5474507.48, 461259.9500000002 5474501.66, 461253.45999999996 5474498.0600000005, 461249.9500000002 5474496.140000001, 461246.7000000002 5474494.33, 461243.4500000002 5474492.5, 461238.01999999955 5474489.49, 461228.5 5474484.1899999995, 461224.01999999955 5474481.710000001, 461219.5800000001 5474479.24, 461214.129999999</t>
   </si>
   <si>
     <t>https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=6516-401</t>
   </si>
   <si>
     <t>https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg6516-401</t>
   </si>
   <si>
-    <t>https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/vsg_sdb_6516-401.pdf</t>
+    <t>https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/vsg_sdb_6516-401.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -510,90 +510,90 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vogelschutzgebiet&amp;layers=vogelschutzgebiet&amp;qid=VSG-7000-040" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=6516-401" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg6516-401" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/vsg_sdb_6516-401.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vogelschutzgebiet&amp;layers=vogelschutzgebiet&amp;qid=VSG-7000-040" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=6516-401" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg6516-401" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/vsg_sdb_6516-401.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:X2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="35.5703125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="6" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="38.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="178.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="15.5703125" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="42.42578125" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="178" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="81.85546875" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="76.28515625" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="73.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -664,51 +664,51 @@
       <c r="E2" t="s">
         <v>27</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>28</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>29</v>
       </c>
       <c r="J2" t="s">
         <v>30</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>31</v>
       </c>
       <c r="N2">
         <v>109747</v>
       </c>
       <c r="O2" s="3">
-        <v>45969.7790410661</v>
+        <v>46045.54439906056</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2" t="s">
         <v>35</v>
       </c>
       <c r="T2" t="s">
         <v>36</v>
       </c>
       <c r="U2" t="s">
         <v>37</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>38</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>39</v>
       </c>