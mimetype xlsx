--- v0 (2025-11-10)
+++ v1 (2026-01-23)
@@ -132,51 +132,51 @@
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>Naturschutz</t>
   </si>
   <si>
     <t>Vogelschutzgebiet besonderer Bedeutung (EG)</t>
   </si>
   <si>
     <t>Natura 2000</t>
   </si>
   <si>
     <t>DE-6512-301</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((415875.5999999996 5482820.84, 415869.28000000026 5482824.289999999, 415860.8499999996 5482828.880000001, 415815.01999999955 5482850.74, 415778.61000000034 5482837.01, 415710.79000000004 5482813.74, 415696.58999999985 5482808.859999999, 415656.5499999998 5482797.390000001, 415649.3499999996 5482795.619999999, 415628.8499999996 5482790.550000001, 415611.8200000003 5482786.34, 415594.28000000026 5482782.18, 415551.0099999998 5482771.91, 415540.04000000004 5482773.57, 415519.6699999999 5482780.720000001, 415516.79000000004 5482782.0600000005, 415485.5800000001 5482796.539999999, 415447.8799999999 5482823.800000001, 415423.73000000045 5482835.859999999, 415396.9199999999 5482845.26, 415394.8499999996 5482845.75, 415355.9900000002 5482850.25, 415315.5 5482852.880000001, 415309.1900000004 5482853.73, 415292.3700000001 5482856.02, 415261.48000000045 5482863.630000001, 415273.9000000004 5482844.01, 415278.8300000001 5482836.23, 415227.9299999997 5482813.710000001, 415201.6200000001 5482802.07, 415181.5499999998 5482793.1899999995, 415111.6900000004 5482758.02, 414951.58999999985 5482711.050000001, 414938.4000000004 5482707.48, 414860.9900000002 5482686.550000001, 414838.8300000001 5482680.1899999995, 414836.4299999997 5482678.8100000005, 414769.25 5482640.49, 414717.20999999996 5482605.300000001, 414678.28000000026 5482562.92, 414622.73000000045 5482495.16, 414552.0999999996 5482409.27, 414479.6299999999 5482321.130000001, 414431.20999999996 5482262.24, 414400.8499999996 5482205.699999999, 414395.6200000001 5482195.970000001, 414373.0499999998 5482094.8100000005, 414341.75 5482020.77, 414314.61000000034 5481917.6, 414294.3099999996 5481838.34, 414288.25 5481781.49, 414293.3799999999 5481699.59, 414305.5 5481635.960000001, 414315.98000000045 5481585.57, 414340.5499999998 5481513.77, 414365.78000000026 5481446.6899999995, 414378.11000000034 5481417.869999999, 414404.96999999974 5481407.33, 414441.6699999999 5481310.470000001, 414458.0800000001 5481262.6899999995, 414464.8700000001 5481247.49, 414468.7999999998 5481238.6899999995, 414501.16000000015 5481154.199999999, 414511.0499999998 5481142.050000001, 414521.48000000045 5481138.550000001, 414530.88999999966 5481137.859999999, 414544.9299999997 5481136.699999999, 414563.5800000001 5481137.369999999, 414590.88999999966 5481139.789999999, 414694.5599999996 5481145.3100000005, 414770.51999999955 5481149.34, 414835.58999999985 5481152.8100000005, 414920.48000000045 5481157.33, 415000.21999999974 5481171.4, 415008.28000000026 5481140.210000001, 415023.8300000001 5481114.3100000005, 415149.29000000004 5481103.98, 415218.5800000001 5481090.67, 415229.2999999998 5481085.630000001, 415273.63999999966 5481064.779999999, 415278.01999999955 5481062.880000001, 415285.8700000001 5481059.49, 415306.3300000001 5481050.65, 415310.5 5481048.859999999, 415324.8300000001 5481042.66, 415393.4199999999 5481013.039999999, 415443.51999999955 5480988.48, 415530.5700000003 5480945.82, 415612.36000000034 5480909.119999999, 415756.4199999999 5480844.470000001, 415783.8300000001 5480840.029999999, 415792.5700000003 5480830.17, 415795.38999999966 5480826.99, 415806.0599999996 5480814.9399999995, 415810.3099999996 5480810.140000001, 415796.29000000004 5480787.41, 415776.2599999998 5480760.02, 415749.95999999996 5480728.02, 415746.45999999996 5480722.27, 415745.8499999996 5480717.01, 415746.96999999974 5480711.02, 415753.8499999996 5480699.369999999, 415778.71999999974 5480671.48, 415817.0599999996 5480629.380000001, 415852.1500000004 5480591.85, 415906.38999999966 5480534.949999999, 415940.7999999998 5480503.34, 415974.48000000045 5480470.710000001, 415989.8200000003 5480449.66, 416172.11000000034 5480610.279999999, 416485.1799999997 5480541.220000001, 416480.08999999985 5480701.789999999, 416721.3099999996 5480704.17, 416869.70999999996 5480816.039999999, 416885.36000000034 5480827.83, 416889.0099999998 5480830.59, 416961.13999999966 5480884.960000001, 416964.28000000026 5480872.84, 416973.9000000004 5480848.210000001, 416978.1200000001 5480837.41, 416981.25 5480829.390000001, 416984.3799999999 5480821.390000001, 416988.2599999998 5480811.460000001, 416997.0999999996 5480788.82, 417002.0800000001 5480776.09, 417010.7999999998 5480753.779999999, 417011.96999999974 5480750.77, 417013.0099999998 5480748.48, 417022.73000000045 5480727.119999999, 417033.3700000001 5480703.74, 417041.8099999996 5480685.210000001, 417050.58999999985 5480665.91, 417054.3099999996 5480657.74, 417059.66000000015 5480645.82, 417062.0700000003 5480640.449999999, 417069.8300000001 5480623.1899999995, 417074.8300000001 5480612.039999999, 417079.1299999999 5480602.470000001, 417087.3099999996 5480584.26, 417094.63999999966 5480567.91, 417096.9000000004 5480562.880000001, 417103.78000000026 5480567.859999999, 417138.79000000004 5480591.08, 417191.46999999974 5480626.07, 417244.03000000026 5480660.73, 417319.9000000004 5480711.25, 417329.3300000001 5480717.41, 417371.41000000015 5480744.869999999, 417415.08999999985 5480772.9399999995, 417445.7000000002 5480793.02, 417432.4500000002 5480796.57, 417431.91000000015 5480797.6899999995, 417426.78000000026 5480800.390000001, 417425.5099999998 5480805.699999999, 417422.5999999996 5480818.859999999, 417422.0099999998 5480822.68, 417421.41000000015 5480827.75, 417420.95999999996 5480832.9, 417420.83999999985 5480838.24, 417420.7599999998 5480843.16, 417420.91000000015 5480848.1, 417421.25 5480853.970000001, 417421.73000000045 5480859.970000001, 417424.9000000004 5480889.960000001, 417424.3099999996 5480889.630000001, 417343.03000000026 5480844.16, 417340.7599999998 5480842.460000001, 417332.8700000001 5480857.5, 417327.51999999955 5480868.039999999, 417322.6799999997 5480877.59, 417318.78000000026 5480885.289999999, 417312.36000000034 5480897.960000001, 417309.9299999997 5480902.74, 417300.9299999997 5480920.49, 417295.20999999996 5480931.779999999, 417286.20999999996 5480949.52, 417282.38999999966 5480957.0600000005, 417278.11000000034 5480964.800000001, 417273.6900000004 5480972.8100000005, 417268.70999999996 5480981.83, 417254.71999999974 5481015.24, 417250.1500000004 5481026.67, 417249.36000000034 5481028.66, 417245.1799999997 5481039.1, 417238.3700000001 5481056.15, 417229.1500000004 5481077.800000001, 417219.6200000001 5481100.960000001, 417212.2000000002 5481118.390000001, 417207.95999999996 5481128.380000001, 417205.2400000002 5481139.539999999, 417198.16000000015 5481168.77, 417194.23000000045 5481181.68, 417184.9400000004 5481217.720000001, 417176.2400000002 5481241.5600000005, 417159.9900000002 5481286.1, 417154.75 5481303.619999999, 417143.04000000004 5481335.23, 417139.01999999955 5481346.16, 417135.5499999998 5481355.550000001, 417133.7599999998 5481362.52, 417130.8499999996 5481374.210000001, 417042.3099999996 5481349.74, 416975.9199999999 5481329.619999999, 416935.5099999998 5481317.390000001, 416931.46999999974 5481329.210000001, 416929.9000000004 5481333.800000001, 416925.98000000045 5481345.25, 416922.8499999996 5481354.41, 416920.1900000004 5481362.1899999995, 416919.70999999996 5481363.58, 416917.1900000004 5481370.960000001, 416913.9299999997 5481380.48, 416909.8799999999 5481392.34, 416908 5481397.8100000005, 416896.7400000002 5481428.08, 416891.08999999985 5481463.710000001, 416888.3099999996 5481481.35, 416887.8499999996 5481484.210000001, 416886.29000000004 5481494.0600000005, 416882.9400000004 5481512.6, 416882.5 5481515.050000001, 416872.71999999974 5481569.140000001, 416864.21999999974 5481616.199999999, 416849.0999999996 5481597.02, 416846.86000000034 5481594.18, 416841.71999999974 5481588.5, 416834.03000000026 5481579.970000001, 416818.03000000026 5481562.27, 416815.9299999997 5481559.9399999995, 416804.5599999996 5481548.6899999995, 416790.21999999974 5481534.49, 416772.5999999996 5481517.07, 416739.36000000034 5481483, 416720.6200000001 5481455.039999999, 416713.26999999955 5481439.1, 416712.9199999999 5481438.35, 416705.11000000034 5481435.859999999, 416513.38999999966 5481366.789999999, 416497.9199999999 5481365.48, 416457.9000000004 5481363.09, 416343.6799999997 5481316.43, 416334.1900000004 5481312.550000001, 416324.83999999985 5481327.83, 416319.1500000004 5481337.119999999, 416318.2999999998 5481336.82, 416259.83999999985 5481316.5, 416222.9900000002 5481304.960000001, 416184.78000000026 5481294.65, 416120.8200000003 5481280.210000001, 416119.91000000015 5481292.98, 416038.61000000034 5481286.4399999995, 416032.83999999985 5481285.98, 416013.73000000045 5481285.75, 416012.61000000034 5481285.76, 415975.7599999998 5481286.1899999995, 415888.41000000015 5481291.74, 415873.58999999985 5481292.68, 415869.5499999998 5481292.82, 415878.0499999998 5481331.74, 415889.73000000045 5481375.289999999, 415898.26999999955 5481398.449999999, 415907.16000000015 5481415.34, 415913.46999999974 5481427.220000001, 415932.4400000004 5481462.93, 415933.9199999999 5481465.720000001, 415934.8300000001 5481467.390000001, 415962.41000000015 5481518.380000001, 415986.8799999999 5481563.640000001, 416009.1699999999 5481595.9399999995, 416069.16000000015 5481671.1, 416114.45999999996 5481727.869999999, 416109.04000000004 5481736.57, 416093.88999999966 5481758.699999999, 416078.1200000001 5481781.74, 416068.1200000001 5481793.23, 416053.46999999974 5481809.76, 416037.8300000001 5481818.84, 416022.0099999998 5481823.3100000005, 416014.36000000034 5481827.029999999, 416008.5800000001 5481829.4399999995, 416013.38999999966 5481835.289999999, 416036.0800000001 5481852.1899999995, 416099.9400000004 5481890.300000001, 416180.6299999999 5481938.390000001, 416193.38999999966 5481942.74, 416268.7999999998 5481960.289999999, 416290.91000000015 5481962.119999999, 416344.3200000003 5481975.880000001, 416347.13999999966 5481984.859999999, 416382.95999999996 5482062.1, 416435.9500000002 5482170.91, 416490.5800000001 5482285.220000001, 416517.1500000004 5482343.8100000005, 416498.8300000001 5482352.1, 416479.6799999997 5482396.77, 416463.38999999966 5482434.619999999, 416448.6200000001 5482468.82, 416444.7400000002 5482478.02, 416424.01999999955 5482526.43, 416389.2400000002 5482550.449999999, 416360.4400000004 5482565.710000001, 416205.9299999997 5482647.6, 416170.51999999955 5482666.220000001, 416160.5999999996 5482671.43, 416150.3200000003 5482677.130000001, 416145.11000000034 5482679.859999999, 416127.5599999996 5482689.07, 416110.0700000003 5482698.35, 416050.54000000004 5482729.99, 416011.2999999998 5482748.0600000005, 415909.71999999974 5482802.1, 415901.3499999996 5482799.52, 415899.8499999996 5482807.619999999, 415875.5999999996 5482820.84)))</t>
   </si>
   <si>
     <t>https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=6512-301</t>
   </si>
   <si>
     <t>https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg6512-301</t>
   </si>
   <si>
-    <t>https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/vsg_sdb_6512-301.pdf</t>
+    <t>https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/vsg_sdb_6512-301.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -510,90 +510,90 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vogelschutzgebiet&amp;layers=vogelschutzgebiet&amp;qid=VSG-7000-038" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=6512-301" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg6512-301" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/vsg_sdb_6512-301.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vogelschutzgebiet&amp;layers=vogelschutzgebiet&amp;qid=VSG-7000-038" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=6512-301" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg6512-301" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/vsg_sdb_6512-301.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:X2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="35.5703125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="6" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="15.85546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="178.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="15.5703125" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="42.42578125" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="178" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="81.85546875" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="76.28515625" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="73.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -664,51 +664,51 @@
       <c r="E2" t="s">
         <v>27</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>28</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>29</v>
       </c>
       <c r="J2" t="s">
         <v>30</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>31</v>
       </c>
       <c r="N2">
         <v>109745</v>
       </c>
       <c r="O2" s="3">
-        <v>45971.42407250404</v>
+        <v>46045.4983523882</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2" t="s">
         <v>35</v>
       </c>
       <c r="T2" t="s">
         <v>36</v>
       </c>
       <c r="U2" t="s">
         <v>37</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>38</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>39</v>
       </c>