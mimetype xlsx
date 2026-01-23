--- v0 (2025-11-09)
+++ v1 (2026-01-23)
@@ -132,51 +132,51 @@
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>Naturschutz</t>
   </si>
   <si>
     <t>Vogelschutzgebiet besonderer Bedeutung (EG)</t>
   </si>
   <si>
     <t>Natura 2000</t>
   </si>
   <si>
     <t>DE-6315-401</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((443491.88999999966 5495519.779999999, 443482.9000000004 5495514.67, 443471.5700000003 5495508.220000001, 443442.0099999998 5495491.41, 443431.88999999966 5495485.65, 443389.91000000015 5495461.76, 443389.1299999999 5495464.75, 443185.13999999966 5495348.68, 443154.7000000002 5495331.359999999, 443151.0999999996 5495329.32, 443127.6699999999 5495316.050000001, 443103.11000000034 5495302.140000001, 443078.5999999996 5495288.25, 443054.1299999999 5495274.4, 443044.45999999996 5495268.92, 443033.4500000002 5495264.34, 443037.7599999998 5495234.99, 443047.0499999998 5495171.57, 443047.5999999996 5495167.24, 443041.3499999996 5495163.65, 443022.98000000045 5495153.109999999, 443004.45999999996 5495142.460000001, 443003.1200000001 5495141.699999999, 442985.71999999974 5495131.699999999, 442974.11000000034 5495125.029999999, 442966.7400000002 5495120.8100000005, 442967.9000000004 5495116.76, 442997.1799999997 5495009.970000001, 442998.3099999996 5495006.0600000005, 442999.4199999999 5495002.17, 442950.83999999985 5494978.859999999, 442925.11000000034 5494963.92, 442919.26999999955 5494963.960000001, 442917.28000000026 5494959.42, 442916.1900000004 5494962.73, 442907.2000000002 5494961.5, 442890.45999999996 5494959.210000001, 442846.54000000004 5494953.199999999, 442826.9000000004 5494950.529999999, 442807.38999999966 5494947.85, 442772.21999999974 5494943.050000001, 442737.5800000001 5494938.3100000005, 442669.9000000004 5494929.0600000005, 442711.83999999985 5494789.710000001, 442717.88999999966 5494769.59, 442719.0499999998 5494765.75, 442721.5700000003 5494766.279999999, 442759.4500000002 5494640.109999999, 442764.91000000015 5494621.92, 442772.0999999996 5494597.99, 442796.08999999985 5494604.85, 442820.51999999955 5494611.84, 442845.2000000002 5494618.890000001, 442861.71999999974 5494623.609999999, 442864.5499999998 5494620.460000001, 442885.5800000001 5494616.390000001, 442932.9500000002 5494607.210000001, 442963.8799999999 5494616.619999999, 443046.6799999997 5494636.949999999, 443057.9199999999 5494642.34, 443062.08999999985 5494630.890000001, 443065.7400000002 5494632.49, 443068.75 5494624.640000001, 443077.04000000004 5494603.029999999, 443119.8200000003 5494613.25, 443198.95999999996 5494632.140000001, 443202.9000000004 5494633.07, 443328.21999999974 5494661.25, 443332.1500000004 5494662.15, 443338.79000000004 5494644.01, 443342.45999999996 5494642.66, 443360.33999999985 5494652.539999999, 443438.23000000045 5494681.6899999995, 443452.66000000015 5494688.369999999, 443551.20999999996 5494723.369999999, 443682.95999999996 5494757.359999999, 443693.04000000004 5494761.02, 443821.7400000002 5494807.720000001, 443828.7400000002 5494810.26, 443836.8200000003 5494813.1899999995, 443860.04000000004 5494821.640000001, 443862.3700000001 5494826.699999999, 443843.28000000026 5494875.52, 443807.79000000004 5494966.35, 443804.79000000004 5494974.01, 443803.3300000001 5494977.68, 443765.8200000003 5495066.65, 443764.3300000001 5495070.210000001, 443733.4000000004 5495143.77, 443731.83999999985 5495147.449999999, 443728.6900000004 5495154.949999999, 443662.01999999955 5495313.640000001, 443658.8700000001 5495321.130000001, 443657.6299999999 5495324.93, 443587.28000000026 5495538.880000001, 443578.78000000026 5495564.6899999995, 443574.04000000004 5495566.52, 443491.88999999966 5495519.779999999)))</t>
   </si>
   <si>
     <t>https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=6315-401</t>
   </si>
   <si>
     <t>https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg6315-401</t>
   </si>
   <si>
-    <t>https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/vsg_sdb_6315-401.pdf</t>
+    <t>https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/vsg_sdb_6315-401.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -510,90 +510,90 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vogelschutzgebiet&amp;layers=vogelschutzgebiet&amp;qid=VSG-7000-036" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=6315-401" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg6315-401" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/vsg_sdb_6315-401.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vogelschutzgebiet&amp;layers=vogelschutzgebiet&amp;qid=VSG-7000-036" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=6315-401" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg6315-401" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/vsg_sdb_6315-401.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:X2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="35.85546875" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="5" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="17.85546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="178.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="15.5703125" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="42.42578125" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="178" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="81.85546875" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="76.28515625" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="73.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -664,51 +664,51 @@
       <c r="E2" t="s">
         <v>27</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>28</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>29</v>
       </c>
       <c r="J2" t="s">
         <v>30</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>31</v>
       </c>
       <c r="N2">
         <v>109743</v>
       </c>
       <c r="O2" s="3">
-        <v>45970.98674806349</v>
+        <v>46045.78241167455</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2" t="s">
         <v>35</v>
       </c>
       <c r="T2" t="s">
         <v>36</v>
       </c>
       <c r="U2" t="s">
         <v>37</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>38</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>39</v>
       </c>