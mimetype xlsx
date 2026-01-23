--- v0 (2025-11-09)
+++ v1 (2026-01-23)
@@ -132,51 +132,51 @@
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>Naturschutz</t>
   </si>
   <si>
     <t>Vogelschutzgebiet besonderer Bedeutung (EG)</t>
   </si>
   <si>
     <t>Natura 2000</t>
   </si>
   <si>
     <t>DE-6314-401</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((434750.16000000015 5502649.550000001, 434757.2999999998 5502630.880000001, 434764.79000000004 5502612.33, 434772.3300000001 5502593.82, 434778.48000000045 5502578.5, 434783.66000000015 5502565.25, 434784.04000000004 5502564.279999999, 434808.6699999999 5502572.640000001, 434861.0999999996 5502590.23, 434864.88999999966 5502591.5, 434860.3799999999 5502604.279999999, 434889.0499999998 5502614.58, 434893.83999999985 5502601.220000001, 434957.48000000045 5502622.5600000005, 434938.1200000001 5502686.369999999, 435017.98000000045 5502710.41, 435029.58999999985 5502664.49, 435048.11000000034 5502591.27, 435055.78000000026 5502588.529999999, 435121.98000000045 5502564.83, 435125.2400000002 5502564.59, 435136.2999999998 5502563.8100000005, 435149.3200000003 5502566.949999999, 435176.8499999996 5502573.58, 435186.8700000001 5502577.3100000005, 435213.9400000004 5502587.390000001, 435238.79000000004 5502596.630000001, 435265.6500000004 5502606.630000001, 435352.3200000003 5502612.32, 435395.0999999996 5502615.130000001, 435401.9299999997 5502614.380000001, 435401.28000000026 5502609.42, 435398.83999999985 5502606.16, 435411.66000000015 5502575.289999999, 435413.2000000002 5502571.6, 435416.6500000004 5502563.300000001, 435427.7999999998 5502536.470000001, 435436.11000000034 5502516.49, 435440.5800000001 5502506.77, 435471.5099999998 5502439.630000001, 435473.2599999998 5502435.84, 435556.1799999997 5502255.74, 435565.2599999998 5502236.02, 435568.5999999996 5502228.74, 435570.28000000026 5502225.109999999, 435589.36000000034 5502183.66, 435631.86000000034 5502091.4399999995, 435662.8099999996 5502024.25, 435718.5499999998 5501903.16, 435759.5 5501814.26, 435764.86000000034 5501812.18, 435767.3200000003 5501813.220000001, 435818.3200000003 5501834.710000001, 435867.4000000004 5501855.369999999, 435892.4400000004 5501865.93, 435900.3099999996 5501868.77, 435901.5999999996 5501864.9399999995, 435899.3799999999 5501859.92, 435936.3799999999 5501775.789999999, 435966.4900000002 5501708.029999999, 435970.13999999966 5501696.6, 435989.3300000001 5501623.66, 436004.7400000002 5501565.16, 436008.8799999999 5501549.390000001, 436016.08999999985 5501442.65, 436016.23000000045 5501430.23, 436016.8099999996 5501376.789999999, 436016.71999999974 5501359.82, 436016.54000000004 5501325.07, 436011.86000000034 5501224.859999999, 436015.6299999999 5501220.539999999, 436082.33999999985 5501214.43, 436297.5999999996 5501194.73, 436305.5099999998 5501193.960000001, 436320.4000000004 5501192.699999999, 436429.63999999966 5501183.369999999, 436542.61000000034 5501173.710000001, 436584.38999999966 5501170.140000001, 436589.01999999955 5501173.789999999, 436588.3799999999 5501169.720000001, 436593.29000000004 5501169.359999999, 436604.7400000002 5501168.380000001, 436609.8799999999 5501167.99, 436618.9900000002 5501156.98, 436638.9000000004 5501133.039999999, 436644.4400000004 5501126.369999999, 436649.2000000002 5501120.51, 436660.0999999996 5501107.529999999, 436663.3300000001 5501103.6899999995, 436668.0800000001 5501097.960000001, 436677.8099999996 5501086.25, 436689.8499999996 5501071.77, 436702.2000000002 5501056.9399999995, 436715.71999999974 5501040.68, 436718.3200000003 5501037.5600000005, 436749.86000000034 5501000.07, 436755.4000000004 5500993.43, 436757.96999999974 5500990.359999999, 436761.6200000001 5500991.609999999, 436897.4000000004 5501043.199999999, 436901.91000000015 5501049.93, 436906.88999999966 5501048.93, 436911.0599999996 5501044.859999999, 437023.6900000004 5501044.93, 437098.5599999996 5501044.970000001, 437151.9500000002 5501045, 437158.1299999999 5501048.460000001, 437165.53000000026 5501049.26, 437168.01999999955 5501044.960000001, 437316.58999999985 5501045.130000001, 437429.33999999985 5501045.26, 437506.7000000002 5501045.289999999, 437553.38999999966 5501045.32, 437557.3099999996 5501050.359999999, 437562.5599999996 5501049.24, 437567.5099999998 5501045.619999999, 437563.5099999998 5501045.390000001, 437561.36000000034 5501030.449999999, 437559.96999999974 5501020.26, 437558.54000000004 5501009.869999999, 437557.6900000004 5501003.630000001, 437555.66000000015 5500988.800000001, 437555.23000000045 5500985.6899999995, 437554.38999999966 5500979.6, 437547.95999999996 5500932.75, 437546.8300000001 5500924.48, 437545.71999999974 5500916.41, 437544.95999999996 5500910.800000001, 437544.6500000004 5500908.6, 437531.6699999999 5500813.92, 437530.3700000001 5500804.02, 437533.11000000034 5500798.6899999995, 437536.78000000026 5500796.470000001, 437531.0800000001 5500722.109999999, 437533.8700000001 5500719.279999999, 437538.1299999999 5500714.960000001, 437538.61000000034 5500706.220000001, 437541.41000000015 5500698.210000001, 437544.86000000034 5500688.300000001, 437549.1200000001 5500627.289999999, 437551.5599999996 5500592.220000001, 437552.96999999974 5500570.26, 437554.0599999996 5500556.26, 437554.8700000001 5500540.3100000005, 437555.2999999998 5500531.73, 437555.8700000001 5500522.98, 437556.36000000034 5500513.789999999, 437557.0800000001 5500500.539999999, 437557.83999999985 5500485.75, 437558.4900000002 5500474.34, 437558.86000000034 5500467.77, 437559.16000000015 5500462.33, 437559.8700000001 5500450.84, 437560.28000000026 5500442.050000001, 437560.9199999999 5500430.32, 437561.71999999974 5500415.99, 437562.26999999955 5500404.640000001, 437562.9500000002 5500391.779999999, 437563.83999999985 5500379.699999999, 437564.26999999955 5500369.16, 437564.9400000004 5500356.9399999995, 437565.0599999996 5500353.43, 437570.23000000045 5500349.91, 437575.3799999999 5500344.359999999, 437596.4500000002 5500342.130000001, 437607.03000000026 5500341, 437614.3300000001 5500340.23, 437627.5099999998 5500338.85, 437636.88999999966 5500337.859999999, 437659.0800000001 5500335.51, 437663.8499999996 5500335.5600000005, 437673.70999999996 5500335.699999999, 437687.8300000001 5500335.890000001, 437709.83999999985 5500336.18, 437728.73000000045 5500336.42, 437730.2400000002 5500336.4399999995, 437741.45999999996 5500335.92, 437761.4900000002 5500334.98, 437769.75 5500334.609999999, 437787.76999999955 5500333.76, 437794.2999999998 5500333.460000001, 437810.16000000015 5500332.699999999, 437837.23000000045 5500331.43, 437856.6299999999 5500330.539999999, 437871.4199999999 5500329.85, 437876.38999999966 5500329.619999999, 437885.29000000004 5500329.1899999995, 437901.75 5500328.42, 437913.5999999996 5500327.869999999, 437933.4199999999 5500330.949999999, 437942.6900000004 5500332.390000001, 437964.96999999974 5500335.859999999, 437972.3499999996 5500337.01, 437979.8799999999 5500338.17, 437981.53000000026 5500338.42, 437998.9500000002 5500344.199999999, 438020.8200000003 5500351.4399999995, 438076.0800000001 5500369.75, 438080.6900000004 5500371.279999999, 438144.2000000002 5500375.210000001, 438162.2400000002 5500375.890000001, 438339.36000000034 5500381.470000001, 438345.4000000004 5500381.66, 438364.6299999999 5500382.34, 438371.08999999985 5500386.18, 438376.8499999996 5500384.789999999, 438380.3300000001 5500380.779999999, 438404.48000000045 5500380.470000001, 438423.6900000004 5500380.220000001, 438434.28000000026 5500380.08, 438451.0599999996 5500379.859999999, 438461.54000000004 5500379.720000001, 438505.86000000034 5500379.130000001, 438537.11000000034 5500378.720000001, 438565.58999999985 5500378.35, 438577.61000000034 5500378.1899999995, 438584.76999999955 5500378.09, 438607.5999999996 5500377.779999999, 438673.5499999998 5500376.9, 438759.6200000001 5500375.73, 438760.23000000045 5500375.720000001, 438887.9299999997 5500353.380000001, 438908.8099999996 5500349.74, 438921.6699999999 5500347.48, 438924.8200000003 5500350.73, 438929.0999999996 5500354.789999999, 438931.5499999998 5500342.640000001, 438931.66000000015 5500339.4399999995, 438931.95999999996 5500330.949999999, 438932.6699999999 5500310.58, 438933.45999999996 5500287.57, 438933.76999999955 5500278.59, 438935.8200000003 5500219.76, 438935.95999999996 5500216.09, 438940.0499999998 5500149.970000001, 438943.78000000026 5500089.5600000005, 438948.3099999996 5500084.789999999, 438991.5700000003 5500076.800000001, 439098 5500057.140000001, 439196.71999999974 5500038.91, 439199.6500000004 5500043.4399999995, 439203.73000000045 5500043.43, 439208.29000000004 5500040.83, 439223.3799999999 5500046.09, 439227.16000000015 5500047.41, 439278.7599999998 5500065.449999999, 439338.9400000004 5500086.48, 439389.83999999985 5500104.26, 439401.76999999955 5500108.42, 439412.0099999998 5500112, 439463.21999999974 5500129.890000001, 439465.63999999966 5500135.039999999, 439469.4400000004 5500136.34, 439474.61000000034 5500133.880000001, 439554.5599999996 5500161.800000001, 439664.2599999998 5500200.119999999, 439666.63999999966 5500205.1899999995, 439670.46999999974 5500206.57, 439675.6500000004 5500204.1, 439711.3200000003 5500216.5600000005, 439718.96999999974 5500219.23, 439741.8200000003 5500227.220000001, 439757.3499999996 5500232.65, 439785.4500000002 5500242.460000001, 439803.9500000002 5500248.91, 439862.4500000002 5500269.35, 439867.25 5500271.02, 439968.91000000015 5500306.48, 439982.1200000001 5500311.08, 440006.0999999996 5500319.449999999, 440068.48000000045 5500341.210000001, 440072.3300000001 5500342.550000001, 440125.8099999996 5500361.23, 440130.2400000002 5500362.77, 440151.5800000001 5500370.220000001, 440186.1699999999 5500382.300000001, 440217.86000000034 5500393.369999999, 440230.25 5500397.699999999, 440253.4299999997 5500405.800000001, 440255.8799999999 5500410.92, 440259.7000000002 5500412.24, 440264.8300000001 5500409.77, 440361.9000000004 5500443.65, 440387.4000000004 5500452.5600000005, 440422.6900000004 5500464.869999999, 440442.04000000004 5500471.619999999, 440444.4900000002 5500476.76, 440448.3799999999 5500478.1, 440453.54000000004 5500475.640000001, 440611.8200000003 5500530.890000001, 440632.98000000045 5500538.279999999, 440634.45999999996 5500538.789999999, 440638.3799999999 5500540.17, 440640.9900000002 5500541.07, 440669.21999999974 5500550.93, 440677.11000000034 5500553.68, 440767.9400000004 5500585.380000001, 440787.25 5500592.119999999, 440791.03000000026 5500593.4399999995, 440823.3300000001 5500604.720000001, 440825.46999999974 5500609.710000001, 440827.3300000001 5500610.550000001, 440829.13999999966 5500611.359999999, 440837.2999999998 5500593.59, 440845.41000000015 5500575.949999999, 440857.5700000003 5500549.5, 440872.01999999955 5500518.07, 440877.6900000004 5500514.460000001, 441077.03000000026 5500515.84, 441080.36000000034 5500519.85, 441075.1799999997 5500551.119999999, 441070.7999999998 5500577.630000001, 441067.8799999999 5500595.300000001, 441058.48000000045 5500652.109999999, 441056.95999999996 5500661.300000001, 441046.0999999996 5500726.98, 441041.54000000004 5500754.5, 441036.28000000026 5500786.3100000005, 441028.36000000034 5500826.93, 441026.1299999999 5500838.5, 441021.1900000004 5500864.27, 441005.8700000001 5500944.1, 440994.21999999974 5501004.76, 440991.9000000004 5501016.85, 440975.3200000003 5501103.220000001, 440969.71999999974 5501108.32, 440906.25 5501107.9, 440905.83999999985 5501109.85, 440905.8499999996 5501111.869999999, 440901.86000000034 5501111.84, 440905.88999999966 5501115.859999999, 440906 5501131.130000001, 440906.04000000004 5501136.199999999, 440906.33999999985 5501175.199999999, 440906.41000000015 5501184.380000001, 440907.0800000001 5501272.960000001, 440907.26999999955 5501297.16, 440907.4000000004 5501315.140000001, 440907.4299999997 5501319.73, 440907.5499999998 5501333.949999999, 440907.6900000004 5501351.41, 440907.8200000003 5501370.07, 440908.13999999966 5501409.619999999, 440908.3300000001 5501435.380000001, 440908.5800000001 5501466.67, 440908.66000000015 5501477.08, 440908.98000000045 5501519.57, 440909.1299999999 5501539.210000001, 440909.13999999966 5501540.539999999, 440909.3200000003 5501562.5, 440909.73000000045 5501617.17, 440909.9000000004 5501639.66, 440910.1900000004 5501678.68, 440910.5 5501720.18, 440906.5800000001 5501723.51, 440910.53000000026 5501724.16, 440910.5599999996 5501728.220000001, 440906.5999999996 5501727.57, 440910.58999999985 5501732.17, 440911.8300000001 5501890.300000001, 440912.7400000002 5502004.470000001, 440912.9299999997 5502027.710000001, 440912.95999999996 5502031.699999999, 440913 5502036.73, 440971.1299999999 5502080.24, 441037.83999999985 5502130.16, 441062.1799999997 5502148.369999999, 441078.91000000015 5502160.91, 441100.8300000001 5502177.3100000005, 441105.86000000034 5502181.07, 441146.11000000034 5502211.199999999, 441179.46999999974 5502236.17, 441108.1200000001 5502467.279999999, 441108.3099999996 5502490.470000001, 441108.4199999999 5502504.43, 441108.8200000003 5502504.8100000005, 441121.29000000004 5502516.82, 441130.5499999998 5502525.73, 441162.36000000034 5502556.369999999, 441175.21999999974 5502568.74, 441180.01999999955 5502573.35, 441178.4500000002 5502574.619999999, 441176.9000000004 5502575.85, 441176.20999999996 5502580.460000001, 441163.58999999985 5502586.960000001, 441132.21999999974 5502603.1, 441055.5599999996 5502642.52, 441031.0599999996 5502655.130000001, 441024.5800000001 5502654.220000001, 441020.83999999985 5502656.15, 441020.1900000004 5502660.710000001, 440930.41000000015 5502706.76, 440891.71999999974 5502726.59, 440870.6900000004 5502737.380000001, 440865.2599999998 5502736.75, 440864.0700000003 5502736.6, 440860.21999999974 5502738.58, 440859.71999999974 5502742.98, 440794.54000000004 5502776.41, 440741.4199999999 5502803.65, 440717.48000000045 5502815.91, 440710.63999999966 5502815.4399999995, 440653.5499999998 5502775.140000001, 440638.20999999996 5502764.3100000005, 440618.86000000034 5502750.640000001, 440605.6299999999 5502741.3100000005, 440599 5502736.619999999, 440579.7400000002 5502723.02, 440562.6799999997 5502710.98, 440554.3499999996 5502705.1, 440536.6299999999 5502692.6, 440497.66000000015 5502665.08, 440496.6500000004 5502659.470000001, 440494.3799999999 5502662.77, 440491.11000000034 5502660.460000001, 440486.53000000026 5502667.109999999, 440393.4400000004 5502802.48, 440388.76999999955 5502809.27, 440386.98000000045 5502811.869999999, 440384.5700000003 5502815.380000001, 440376.8499999996 5502804.73, 440378.11000000034 5502809.1899999995, 440373.98000000045 5502857.07, 440369.79000000004 5502905.57, 440367.1500000004 5502936.050000001, 440362.1200000001 5502994.33, 440359.3799999999 5502999.550000001, 440349.20999999996 5503004.74, 440318.1699999999 5503020.449999999, 440264.3300000001 5503047.699999999, 440259.96999999974 5503049.960000001, 440216.98000000045 5503072.15, 440208.6799999997 5503076.43, 440203.9400000004 5503078.890000001, 440184.9000000004 5503088.779999999, 440150.9000000004 5503106.4399999995, 440137.5999999996 5503113.35, 440105.3200000003 5503129.970000001, 440064.53000000026 5503150.949999999, 440034.16000000015 5503166.5600000005, 440024.95999999996 5503171.300000001, 440020.51999999955 5503173.6, 440004.0999999996 5503182.050000001, 439976.13999999966 5503196.449999999, 439960.03000000026 5503204.74, 439952.5800000001 5503208.6, 439916.51999999955 5503227.220000001, 439908.70999999996 5503231.279999999, 439905.1500000004 5503233.109999999, 439853.1500000004 5503259.92, 439774.9000000004 5503300.1, 439746.0999999996 5503314.9, 439738.08999999985 5503319, 439710.7400000002 5503332.779999999, 439698.4000000004 5503339, 439688.3200000003 5503344.07, 439686.9199999999 5503344.800000001, 439670.73000000045 5503353.16, 439657.26999999955 5503360.119999999, 439643.5599999996 5503367.199999999, 439623.3099999996 5503377.66, 439617.5599999996 5503380.619999999, 439606.8300000001 5503386.140000001, 439596.5999999996 5503391.4, 439533.9000000004 5503423.609999999, 439477.54000000004 5503452.58, 439475.3300000001 5503450.800000001, 439490.6500000004 5503401.140000001, 439508.0599999996 5503344.720000001, 439511.0700000003 5503335.550000001, 439514.08999999985 5503325.68, 439521.41000000015 5503302.24, 439525.1500000004 5503290.279999999, 439529.01999999955 5503278.140000001, 439532.70999999996 5503265.17, 439533.8700000001 5503263.5, 439539.8300000001 5503254.8100000005, 439536.61000000034 5503252.470000001, 439530.8799999999 5503253.779999999, 439491.2400000002 5503231.109999999, 439474.8300000001 5503221.73, 439439.7400000002 5503201.68, 439435.41000000015 5503199.199999999, 439433.13999999966 5503202.5, 439426.51999999955 5503197.9399999995, 439427.5999999996 5503203.51, 439408.5499999998 5503231.220000001, 439332.0099999998 5503342.609999999, 439326.29000000004 5503343.869999999, 439311.63999999966 5503335.33, 439301.26999999955 5503329.279999999, 439290.0499999998 5503322.73, 439272.33999999985 5503312.41, 439222.3499999996 5503283.25, 439139.03000000026 5503234.65, 439132.29000000004 5503230.720000001, 439096.3700000001 5503209.779999999, 439072.11000000034 5503195.630000001, 439061.7400000002 5503189.59, 439044.20999999996 5503179.359999999, 439036.04000000004 5503174.6, 438989.20999999996 5503147.289999999, 438988 5503142, 438985.7400000002 5503145.279999999, 438980.9900000002 5503142.5, 438979.75 5503141.65, 438975.21999999974 5503148.23, 438956.63999999966 5503175.25, 438875 5503293.890000001, 438872.7400000002 5503297.199999999, 438868.20999999996 5503303.779999999, 438767.11000000034 5503453.369999999, 438764.70999999996 5503456.859999999, 438760.7999999998 5503465.199999999, 438688.71999999974 5503618.949999999, 438687.03000000026 5503622.57, 438683.6299999999 5503629.82, 438661.0499999998 5503677.960000001, 438612.6799999997 5503781.210000001, 438609.70999999996 5503787.529999999, 438608.4400000004 5503790.26, 438605.04000000004 5503797.51, 438538.0800000001 5503940.49, 438532.5599999996 5503942.890000001, 438536.3799999999 5503944.119999999, 438534.6799999997 5503947.75, 438537.61000000034 5503949.27, 438541.1699999999 5503951.119999999, 438549.0800000001 5503955.24, 438579.1200000001 5503970.85, 438613.96999999974 5503988.970000001, 438634.0999999996 5503999.4399999995, 438635.8499999996 5504004.869999999, 438637.6900000004 5504001.3100000005, 438640.79000000004 5504002.93, 438654.6500000004 5504010.119999999, 438614.0599999996 5504088.970000001, 438617.21999999974 5504090.42, 438622.4900000002 5504088.9, 438660.5 5504111.4, 438701.6500000004 5504135.77, 438715.03000000026 5504143.699999999, 438733.9400000004 5504154.9, 438758.95999999996 5504169.710000001, 438766.33999999985 5504174.09, 438786.4000000004 5504185.970000001, 438801.66000000015 5504195, 438809.08999999985 5504199.390000001, 438822.70999999996 5504207.460000001, 438824.51999999955 5504213.15, 438803.8200000003 5504260.550000001, 438801.23000000045 5504266.48, 438793.0999999996 5504263.789999999, 438784.75 5504261.33, 438776.5499999998 5504258.93, 438759.70999999996 5504253.970000001, 438743.3700000001 5504250.82, 438739.23000000045 5504250.640000001, 438726.41000000015 5504250.0600000005, 438705.41000000015 5504242.130000001, 438700.03000000026 5504244.32, 438672.3300000001 5504306.470000001, 438662.2000000002 5504316.3100000005, 438649.1799999997 5504323.029999999, 438625.2400000002 5504329.91, 438595.0499999998 5504338.58, 438591.75 5504339.68, 438588.01999999955 5504348.050000001, 438587.8200000003 5504348.029999999, 438582.7400000002 5504347.76, 438569.5999999996 5504347.029999999, 438560.9299999997 5504350.58, 438550.83999999985 5504350.02, 438530.20999999996 5504359.27, 438518.58999999985 5504364.470000001, 438506.3099999996 5504371.84, 438486.8200000003 5504383.529999999, 438476.9199999999 5504390.380000001, 438454.33999999985 5504405.970000001, 438447.4900000002 5504411.550000001, 438416.95999999996 5504436.539999999, 438411.8099999996 5504446.4, 438404.3700000001 5504453.02, 438399.63999999966 5504457.220000001, 438385.0499999998 5504470.18, 438376.0999999996 5504478.140000001, 438371.33999999985 5504481.970000001, 438355.1699999999 5504495, 438351.1299999999 5504497.58, 438315.86000000034 5504520.1, 438311.8499999996 5504522.210000001, 438288.21999999974 5504534.619999999, 438260.83999999985 5504546.4399999995, 438229.86000000034 5504556.01, 438197.6699999999 5504562.77, 438181.01999999955 5504564.3100000005, 438169.8799999999 5504565.33, 438165.66000000015 5504565.710000001, 438162.23000000045 5504565.720000001, 438156.1799999997 5504565.73, 438154.16000000015 5504572.09, 438151.1500000004 5504581.529999999, 438150.96999999974 5504582.130000001, 438150.33999999985 5504584.109999999, 438147.2400000002 5504593.8100000005, 438146.0599999996 5504597.1, 438140.83999999985 5504611.59, 438139.63999999966 5504614.91, 438162.11000000034 5504623.77, 438162.1500000004 5504624.960000001, 438168.8700000001 5504628.26, 438175.4199999999 5504628.539999999, 438183.9900000002 5504631.6, 438199.9900000002 5504635.77, 438215.6299999999 5504639.59, 438231.4500000002 5504642.960000001, 438241.8799999999 5504645.17, 438244.0700000003 5504645.35, 438274.9000000004 5504647.960000001, 438297.9299999997 5504649.91, 438299.71999999974 5504653.289999999, 438291.04000000004 5504671.83, 438280.28000000026 5504701.789999999, 438271.08999999985 5504730.960000001, 438267.2599999998 5504747.16, 438264.01999999955 5504760.85, 438262.73000000045 5504768.130000001, 438259.29000000004 5504787.699999999, 438258.7999999998 5504790.48, 438254.6900000004 5504821.16, 438253.08999999985 5504841.140000001, 438252.20999999996 5504852.119999999, 438251.7400000002 5504873.01, 438248.1900000004 5504876.859999999, 438216.48000000045 5504879.85, 438204.38999999966 5504880.98, 438177.28000000026 5504883.539999999, 438159.8499999996 5504885.17, 438143.8799999999 5504886.67, 438149.21999999974 5504891.1899999995, 438151.71999999974 5504894.49, 438148.25 5504902.880000001, 438097.4500000002 5505025.74, 438092.71999999974 5505037.16, 438088.16000000015 5505048.1899999995, 438083.86000000034 5505058.57, 438071.86000000034 5505087.609999999, 438065.0999999996 5505103.949999999, 438061.5999999996 5505112.42, 438058.0999999996 5505120.890000001, 438039.33999999985 5505166.23, 438037.38999999966 5505170.960000001, 438031.3099999996 5505185.66, 438025.7400000002 5505189.41, 437914.9900000002 5505190.49, 437905.71999999974 5505189.27, 437884.04000000004 5505183.3100000005, 437872.46999999974 5505180.119999999, 437769.2599999998 5505151.699999999, 437755.48000000045 5505147.9, 437683.1200000001 5505127.390000001, 437622.66000000015 5505110.24, 437616.0800000001 5505108.380000001, 437589 5505100.73, 437569.3099999996 5505095.18, 437539.0099999998 5505086.619999999, 437497.16000000015 5505074.800000001, 437488.3099999996 5505072.300000001, 437487.63999999966 5505073.93, 437483.9000000004 5505076.710000001, 437480.6500000004 5505079.130000001, 437473.76999999955 5505084.42, 437464.1799999997 5505091.48, 437397.2000000002 5505143.699999999, 437377.86000000034 5505158.779999999, 437365.0099999998 5505169.359999999, 437349.0999999996 5505178.68, 437339.88999999966 5505184.07, 437316.08999999985 5505216.58, 437308.41000000015 5505227.08, 437297.2999999998 5505242.25, 437266.91000000015 5505283.710000001, 437252.1900000004 5505303.83, 437254.45999999996 5505307.48, 437258.9299999997 5505314.6899999995, 437261.2000000002 5505318.34, 437219.03000000026 5505419.449999999, 437241.36000000034 5505427.779999999, 437250.7000000002 5505431.26, 437290.0499999998 5505445.949999999, 437317.2400000002 5505455.9399999995, 437350.86000000034 5505468.289999999, 437375.9400000004 5505477.5, 437402.6200000001 5505487.32, 437441.53000000026 5505501.640000001, 437454.58999999985 5505506.4399999995, 437486.79000000004 5505518.300000001, 437489.01999999955 5505523.380000001, 437430.5800000001 5505665.25, 437425.3499999996 5505667.51, 437423.76999999955 5505671.210000001, 437426.0099999998 5505676.369999999, 437356.53000000026 5505845.09, 437351.2999999998 5505847.32, 437349.7400000002 5505851.01, 437351.9500000002 5505856.220000001, 437343.5 5505876.720000001, 437309.2000000002 5505959.99, 437294.0700000003 5505996.75, 437239.9299999997 5506128.17, 437234.9199999999 5506129.859999999, 437210.0999999996 5506115.140000001, 437177.76999999955 5506095.960000001, 437120.96999999974 5506062.26, 437100.76999999955 5506050.27, 437029.3499999996 5506007.91, 436953.33999999985 5505962.8100000005, 436918.33999999985 5505942.050000001, 436885.2400000002 5505922.41, 436878.2999999998 5505918.3100000005, 436874.4900000002 5505917.18, 436800.9199999999 5505895.51, 436753.1200000001 5505881.42, 436735.71999999974 5505876.300000001, 436712.1299999999 5505869.35, 436650.5599999996 5505851.220000001, 436623.78000000026 5505843.34, 436622.76999999955 5505847.220000001, 436626.1500000004 5505853.42, 436569.13999999966 5506046.869999999, 436568.0099999998 5506050.710000001, 436565.75 5506058.380000001, 436522.3099999996 5506205.8100000005, 436486.13999999966 5506328.6, 436483.8799999999 5506336.27, 436482.75 5506340.1, 436460.16000000015 5506416.76, 436415.0700000003 5506569.74, 436410.0999999996 5506572.460000001, 436293.46999999974 5506538.65, 436277.1200000001 5506533.91, 436235.9199999999 5506521.970000001, 436199.6200000001 5506511.43, 436149.0499999998 5506496.77, 436141.63999999966 5506494.630000001, 436137.3300000001 5506493.369999999, 436122.03000000026 5506488.9399999995, 436108.7999999998 5506485.109999999, 436100.08999999985 5506482.58, 436093 5506480.52, 436089.2400000002 5506479.4399999995, 436082.63999999966 5506477.52, 436068 5506473.279999999, 436064.4000000004 5506472.23, 436035.4400000004 5506463.84, 436028.1299999999 5506461.720000001, 436026.5599999996 5506465.42, 436022.73000000045 5506464.32, 436025.0099999998 5506469.109999999, 435942.9199999999 5506663.34, 435941.3499999996 5506667.029999999, 435938.20999999996 5506674.449999999, 435834.6799999997 5506919.779999999, 435829.28000000026 5506922.35, 435809.6699999999 5506916.68, 435767.6799999997 5506904.51, 435749.01999999955 5506899.109999999, 435717.88999999966 5506890.09, 435700.3799999999 5506885.02, 435696.7400000002 5506883.960000001, 435673.5099999998 5506877.24, 435647.2999999998 5506869.640000001, 435620.88999999966 5506861.99, 435558.2599999998 5506843.85, 435531.5700000003 5506836.119999999, 435503.1900000004 5506827.91, 435484.38999999966 5506822.460000001, 435475.70999999996 5506819.949999999, 435471.8700000001 5506818.83, 435451.29000000004 5506812.859999999, 435440.9299999997 5506809.85, 435420.2000000002 5506803.84, 435394.21999999974 5506796.300000001, 435293.61000000034 5506767.1, 435266.95999999996 5506759.359999999, 435246.4500000002 5506753.41, 435232.8099999996 5506749.449999999, 435157.66000000015 5506727.630000001, 435140.98000000045 5506722.800000001, 435138.7000000002 5506718, 435134.0599999996 5506716.130000001, 435130.73000000045 5506723.98, 435129.4400000004 5506727.0600000005, 435127.1699999999 5506732.380000001, 435117.1200000001 5506756.109999999, 435105.9900000002 5506782.35, 435093.5700000003 5506811.66, 435088.3700000001 5506823.9399999995, 435081.03000000026 5506841.24, 435091.0700000003 5506864.640000001, 435093.61000000034 5506870.58, 435095.5599999996 5506875.1, 435093.13999999966 5506877.369999999, 434950.21999999974 5506802.949999999, 434922.5099999998 5506788.52, 434918.5099999998 5506786.4399999995, 434788.13999999966 5506718.359999999, 434786.9400000004 5506713.24, 434783.3499999996 5506711.390000001, 434777.5099999998 5506712.8100000005, 434653.9000000004 5506648.289999999, 434650.7599999998 5506642.460000001, 434652.7599999998 5506623.199999999, 434653.96999999974 5506611.550000001, 434659.3499999996 5506559.630000001, 434661.6500000004 5506537.390000001, 434664.4000000004 5506510.73, 434668.3499999996 5506502.140000001, 434687.41000000015 5506481.93, 434691.5599999996 5506477.52, 434697.36000000034 5506471.380000001, 434705.48000000045 5506462.75, 434730.66000000015 5506436.0600000005, 434743.8300000001 5506422.09, 434762.45999999996 5506402.35, 434774.6500000004 5506389.43, 434782 5506381.630000001, 434787.6699999999 5506375.640000001, 434805.66000000015 5506355.85, 434823.1900000004 5506336.58, 434839.4900000002 5506318.640000001, 434846.8799999999 5506309.0600000005, 434843.9000000004 5506306.380000001, 434838.0099999998 5506306.9399999995, 434824.6299999999 5506296.949999999, 434760.4299999997 5506249.039999999, 434743.6299999999 5506236.49, 434716.1299999999 5506215.970000001, 434716.23000000045 5506210.130000001, 434772.2599999998 5506171.279999999, 434793.6299999999 5506156.449999999, 434828.4000000004 5506132.33, 434857.2999999998 5506112.289999999, 434861.8300000001 5506109.15, 434890.5599999996 5506089.23, 434910.98000000045 5506075.08, 434912.33999999985 5506073.67, 434930.6500000004 5506054.789999999, 434952.5800000001 5506032.15, 434961.2400000002 5506023.220000001, 434995.2599999998 5505988.119999999, 435005.4400000004 5505977.609999999, 435010.8200000003 5505967, 435025.4000000004 5505919.369999999, 435036.3700000001 5505883.550000001, 435040.9199999999 5505868.68, 435045.8300000001 5505866.26, 435038.33999999985 5505863.449999999, 435019.4000000004 5505877.130000001, 434980.8799999999 5505904.949999999, 434977.63999999966 5505907.289999999, 434969.9900000002 5505912.07, 434898.6299999999 5505956.57, 434880.7999999998 5505958.24, 434834.3200000003 5505940.359999999, 434798.8799999999 5505926.710000001, 434796.0800000001 5505924.08, 434792.1900000004 5505920.4399999995, 434785.9299999997 5505907.369999999, 434781.11000000034 5505897.34, 434757.3200000003 5505847.699999999, 434741.5 5505814.710000001, 434738.48000000045 5505817.390000001, 434724.3799999999 5505829.93, 434678.11000000034 5505859.529999999, 434675.8499999996 5505865.76, 434671.96999999974 5505866.77, 434666 5505868.34, 434662.1299999999 5505869.34, 434673.8700000001 5505918.48, 434679.6699999999 5505930.99, 434707.4400000004 5505969.050000001, 434706.1900000004 5505975.640000001, 434694.7400000002 5505982.869999999, 434665.8200000003 5506003.550000001, 434650.6500000004 5506012.039999999, 434629.29000000004 5506023.99, 434583.2599999998 5506053.57, 434554.7999999998 5506077.640000001, 434538.73000000045 5506093.800000001, 434503.76999999955 5506138.98, 434486.9500000002 5506158.699999999, 434480.61000000034 5506162.220000001, 434482.4000000004 5506152.74, 434479.2000000002 5506116.17, 434391.3099999996 5506150.119999999, 434388.5099999998 5506151.220000001, 434367.9900000002 5506159.140000001, 434365.9500000002 5506162.07, 434363.7000000002 5506156.51, 434363.25 5506155.42, 434361.28000000026 5506156.300000001, 434357.76999999955 5506157.85, 434358.0599999996 5506158.59, 434357.9500000002 5506158.73, 434345.01999999955 5506178.050000001, 434331.98000000045 5506197.5, 434319.3499999996 5506216.35, 434306.4500000002 5506208.75, 434301.54000000004 5506217.210000001, 434288.4500000002 5506238.4, 434288.51999999955 5506240.24, 434277.6900000004 5506237.6899999995, 434270.21999999974 5506240.609999999, 434243.2999999998 5506251.130000001, 434224.54000000004 5506251.5, 434223.66000000015 5506251.18, 434211.33999999985 5506246.890000001, 434193.53000000026 5506240.710000001, 434185.51999999955 5506237.92, 434176.8499999996 5506234.68, 434159.9199999999 5506228.35, 434144.1500000004 5506222.449999999, 434131.1299999999 5506217.58, 434084.4900000002 5506200.130000001, 434069.66000000015 5506194.16, 434056.8099999996 5506188.970000001, 434047.53000000026 5506185.24, 434043.8300000001 5506183.74, 433972.45999999996 5506155.01, 433963.45999999996 5506151.390000001, 433939 5506139.460000001, 433920.6699999999 5506130.51, 433912.13999999966 5506126.35, 433901.5499999998 5506121.18, 433895.3700000001 5506118.17, 433887.78000000026 5506110.859999999, 433884.1900000004 5506114.18, 433885.01999999955 5506121.49, 433855.33999999985 5506219.99, 433850.6699999999 5506221.93, 433840.96999999974 5506216.74, 433811.5800000001 5506200.99, 433808 5506199.07, 433783.3300000001 5506196.15, 433777.6500000004 5506195.630000001, 433766.3499999996 5506195.08, 433713.29000000004 5506192.49, 433691.3799999999 5506191.41, 433654.6699999999 5506187.48, 433650.6500000004 5506183.380000001, 433637.4500000002 5506175.02, 433623.3300000001 5506166.09, 433617.5999999996 5506162.460000001, 433572.79000000004 5506134.119999999, 433560.86000000034 5506127.140000001, 433548.0599999996 5506119.65, 433534.38999999966 5506111.65, 433529.66000000015 5506108.890000001, 433521.5999999996 5506104.16, 433509.54000000004 5506097.119999999, 433492.46999999974 5506087.130000001, 433487.8099999996 5506084.4, 433485.7599999998 5506083.199999999, 433464.5499999998 5506072.039999999, 433440.79000000004 5506059.550000001, 433416.95999999996 5506048.390000001, 433397.86000000034 5506039.449999999, 433394.79000000004 5506038.029999999, 433374.61000000034 5506029.34, 433371.4199999999 5506027.970000001, 433350.8099999996 5506020.130000001, 433327.63999999966 5506011.310000</t>
   </si>
   <si>
     <t>https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=6314-401</t>
   </si>
   <si>
     <t>https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg6314-401</t>
   </si>
   <si>
-    <t>https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/vsg_sdb_6314-401.pdf</t>
+    <t>https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/vsg_sdb_6314-401.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -510,90 +510,90 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vogelschutzgebiet&amp;layers=vogelschutzgebiet&amp;qid=VSG-7000-035" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=6314-401" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg6314-401" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/vsg_sdb_6314-401.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vogelschutzgebiet&amp;layers=vogelschutzgebiet&amp;qid=VSG-7000-035" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=6314-401" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg6314-401" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/vsg_sdb_6314-401.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:X2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="35.42578125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="7" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="43.42578125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="178.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="15.5703125" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="42.42578125" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="178" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="81.85546875" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="76.28515625" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="73.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -664,51 +664,51 @@
       <c r="E2" t="s">
         <v>27</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>28</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>29</v>
       </c>
       <c r="J2" t="s">
         <v>30</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>31</v>
       </c>
       <c r="N2">
         <v>109742</v>
       </c>
       <c r="O2" s="3">
-        <v>45970.28347363411</v>
+        <v>46045.4610331741</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2" t="s">
         <v>35</v>
       </c>
       <c r="T2" t="s">
         <v>36</v>
       </c>
       <c r="U2" t="s">
         <v>37</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>38</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>39</v>
       </c>