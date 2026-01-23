--- v0 (2025-11-09)
+++ v1 (2026-01-23)
@@ -132,51 +132,51 @@
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>Naturschutz</t>
   </si>
   <si>
     <t>Vogelschutzgebiet besonderer Bedeutung (EG)</t>
   </si>
   <si>
     <t>Natura 2000</t>
   </si>
   <si>
     <t>DE-6313-401</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((424318.6900000004 5499759.17, 424216.46999999974 5499562.8100000005, 424117.21999999974 5499372.15, 424068.11000000034 5499368.09, 424066.53000000026 5499370.449999999, 424064.4900000002 5499373.609999999, 424010.5999999996 5499402.51, 423995.1799999997 5499411.24, 423994.70999999996 5499411.5, 423964.8499999996 5499428.4, 423935.25 5499449.960000001, 423891.28000000026 5499469.33, 423863.6500000004 5499476.539999999, 423820.79000000004 5499486.4, 423792.7599999998 5499495.369999999, 423780.2999999998 5499499.359999999, 423774.4199999999 5499500, 423739.6200000001 5499503.789999999, 423710.25 5499506.98, 423707.46999999974 5499507.289999999, 423686.20999999996 5499503.119999999, 423643.3700000001 5499494.869999999, 423612.45999999996 5499489.140000001, 423582.36000000034 5499491, 423570.04000000004 5499493.98, 423553.4299999997 5499497.99, 423527.46999999974 5499513.93, 423525.08999999985 5499515.390000001, 423496.4400000004 5499555.34, 423486.6500000004 5499561.0600000005, 423474.4199999999 5499568.199999999, 423431.8499999996 5499593.07, 423391.91000000015 5499600.73, 423331.8300000001 5499601.57, 423305.58999999985 5499601.16, 423289.51999999955 5499600.9, 423276.2400000002 5499599.24, 423207.8700000001 5499592.300000001, 423169.78000000026 5499601.82, 423161.26999999955 5499597.32, 423121.66000000015 5499576.35, 423105.9299999997 5499568.01, 423100.6799999997 5499565.23, 423015.6900000004 5499523.609999999, 422986.51999999955 5499536.140000001, 422981.8499999996 5499538.15, 422949.2000000002 5499548.699999999, 422934.54000000004 5499551.52, 422908.9900000002 5499556.43, 422873.28000000026 5499547.17, 422834.71999999974 5499537.15, 422821.3200000003 5499534.4, 422785.71999999974 5499527.08, 422774.3499999996 5499525.140000001, 422732.9299999997 5499518.08, 422727 5499508.41, 422707.5099999998 5499491.48, 422690.71999999974 5499478.02, 422661.88999999966 5499462.5600000005, 422620.25 5499447.59, 422607.25 5499440.27, 422597.1799999997 5499434.58, 422588.96999999974 5499429.960000001, 422585.96999999974 5499428.27, 422576.6500000004 5499422.789999999, 422578.38999999966 5499416.359999999, 422563.3300000001 5499410.550000001, 422564.5099999998 5499406.91, 422572.16000000015 5499382.18, 422559.48000000045 5499377.949999999, 422557.63999999966 5499380.300000001, 422535.4500000002 5499377.83, 422500.3099999996 5499374.75, 422479.76999999955 5499372.43, 422431.6900000004 5499359.119999999, 422404.21999999974 5499346.3100000005, 422405.03000000026 5499343.93, 422393.1299999999 5499335.82, 422381.2000000002 5499327.33, 422368.4500000002 5499319.02, 422352.1799999997 5499312.3100000005, 422288.1699999999 5499286.9399999995, 422288.63999999966 5499284.33, 422256.4900000002 5499276.85, 422258.1699999999 5499268.43, 422225.9900000002 5499262.9399999995, 422224.1500000004 5499266.49, 422208.5599999996 5499258.16, 422200.0999999996 5499225.220000001, 422203.95999999996 5499217.77, 422208.5 5499206.33, 422215.0700000003 5499192.050000001, 422215.45999999996 5499185.289999999, 422195.01999999955 5499170.15, 422192.29000000004 5499170.039999999, 422168.28000000026 5499166.949999999, 422143.8499999996 5499164.300000001, 422128.26999999955 5499168.67, 422130.9199999999 5499180.949999999, 422131.8099999996 5499185.539999999, 422126.48000000045 5499186.07, 422068.2599999998 5499208.75, 422035.95999999996 5499208.880000001, 422031.16000000015 5499208.98, 421990.66000000015 5499210.359999999, 421991.0700000003 5499242.109999999, 421985.0499999998 5499256.1, 421981.0800000001 5499259.76, 421942.38999999966 5499303.890000001, 421939.86000000034 5499305.74, 421944.9000000004 5499311.779999999, 421964.4900000002 5499341.57, 421980.6299999999 5499365.93, 421985.0999999996 5499372.779999999, 421983.4400000004 5499373.68, 421971.1200000001 5499380.33, 421961.4900000002 5499381.289999999, 421951.1200000001 5499383.720000001, 421937.4400000004 5499388.41, 421930.1299999999 5499392.26, 421913.8499999996 5499404.51, 421910.51999999955 5499406.140000001, 421904.91000000015 5499407.0600000005, 421895.46999999974 5499407.3100000005, 421884.11000000034 5499408.09, 421876.3300000001 5499409.880000001, 421865.8300000001 5499412.48, 421858.7999999998 5499415.6899999995, 421851.0099999998 5499421.029999999, 421843.75 5499428.08, 421817.6500000004 5499458.140000001, 421813.5599999996 5499461.75, 421799.7400000002 5499473.35, 421781.8700000001 5499487.57, 421755.9299999997 5499508.5600000005, 421748.58999999985 5499512.6899999995, 421741.88999999966 5499515.33, 421728.4900000002 5499520.18, 421704.5099999998 5499527.970000001, 421692.08999999985 5499532.9399999995, 421669.0700000003 5499545.960000001, 421662.6200000001 5499548.949999999, 421639.61000000034 5499557.1899999995, 421628.61000000034 5499562.27, 421618.26999999955 5499567.619999999, 421608.21999999974 5499575.25, 421598.7400000002 5499583.1899999995, 421588.7599999998 5499592.49, 421579.5800000001 5499602.17, 421573.51999999955 5499610.890000001, 421570.6799999997 5499615.6, 421566.38999999966 5499624.08, 421553.25 5499657.390000001, 421540.9500000002 5499685.08, 421536.0800000001 5499693.5600000005, 421531.2400000002 5499699.970000001, 421526.8799999999 5499704.48, 421522.51999999955 5499708.18, 421515.58999999985 5499713.5, 421508.2000000002 5499717.960000001, 421495.76999999955 5499723.15, 421471.4000000004 5499731.130000001, 421460.78000000026 5499732.289999999, 421408.3099999996 5499733.630000001, 421400.6799999997 5499734.41, 421392.9500000002 5499736.67, 421387.1900000004 5499740.27, 421379.61000000034 5499745, 421362.38999999966 5499760.539999999, 421361.51999999955 5499761.550000001, 421358.9500000002 5499766.91, 421350.3499999996 5499765.859999999, 421289.73000000045 5499758.41, 421288 5499771.779999999, 421256.5800000001 5499769.24, 421242.48000000045 5499794.57, 421241.36000000034 5499798.32, 421241.16000000015 5499801.1, 421241.51999999955 5499803.49, 421247.4900000002 5499829.8100000005, 421248.7999999998 5499840.789999999, 421248.4000000004 5499856.33, 421245.5700000003 5499862.09, 421244.63999999966 5499883.130000001, 421279.03000000026 5499906.119999999, 421317.1799999997 5499935.77, 421335.7400000002 5499953.16, 421354.13999999966 5499977.17, 421385.88999999966 5500039.859999999, 421414.86000000034 5500020.3100000005, 421448.6799999997 5500068.220000001, 421468.9199999999 5500097.24, 421476.8200000003 5500165.970000001, 421476.73000000045 5500178.09, 421475.25 5500183.15, 421472.9299999997 5500191.029999999, 421463.8200000003 5500197.449999999, 421449.5599999996 5500212.15, 421392.8300000001 5500270.619999999, 421384.1200000001 5500242.859999999, 421359.4400000004 5500264.34, 421329.48000000045 5500294.08, 421341.28000000026 5500307.43, 421334.29000000004 5500315.390000001, 421337.0700000003 5500318.17, 421322.7999999998 5500329.609999999, 421297.61000000034 5500340.42, 421292.4900000002 5500333.59, 421280.4000000004 5500317.539999999, 421261.63999999966 5500334.390000001, 421265.4400000004 5500336.460000001, 421307.16000000015 5500359.08, 421308.13999999966 5500355.539999999, 421320.4500000002 5500360.640000001, 421312.1200000001 5500391.630000001, 421309.7000000002 5500390.369999999, 421303.3200000003 5500401.52, 421295.5999999996 5500418.460000001, 421287.9299999997 5500442.82, 421271.2000000002 5500477.83, 421268.5800000001 5500481.25, 421257.1699999999 5500496.18, 421240.9299999997 5500507.220000001, 421226.83999999985 5500509.369999999, 421211.3799999999 5500503.85, 421200.9500000002 5500495.91, 421179.1799999997 5500479.3100000005, 421162.28000000026 5500493.99, 421145.9500000002 5500509.140000001, 421148.54000000004 5500518.48, 421154.01999999955 5500527.109999999, 421160.96999999974 5500537.84, 421164.51999999955 5500568.16, 421166.0099999998 5500580.880000001, 421166.33999999985 5500583.75, 421168.03000000026 5500592.59, 421164.7599999998 5500602.93, 421156.5800000001 5500612.050000001, 421155.7999999998 5500612.58, 421151.11000000034 5500609.890000001, 421134.58999999985 5500616.74, 421118.36000000034 5500619.4399999995, 421094.1799999997 5500619.99, 421070.53000000026 5500619.0600000005, 421038.95999999996 5500617.84, 421024.20999999996 5500618.85, 421001.91000000015 5500623.91, 420942.1900000004 5500646.73, 420933.45999999996 5500646.1, 420930.6699999999 5500645.9, 420920.6699999999 5500642.119999999, 420907.91000000015 5500637.58, 420887.8499999996 5500626.02, 420876.2000000002 5500618.1899999995, 420871.95999999996 5500614.58, 420861.4900000002 5500594.9399999995, 420864.66000000015 5500594.050000001, 420832.91000000015 5500564.880000001, 420816.5 5500544.33, 420807.95999999996 5500520.699999999, 420803.11000000034 5500521.949999999, 420799.5 5500522.789999999, 420796.1299999999 5500523.109999999, 420792.96999999974 5500522.66, 420790.3799999999 5500521.470000001, 420787.66000000015 5500519.699999999, 420786.01999999955 5500518.380000001, 420742.0800000001 5500457.279999999, 420748.1500000004 5500451.109999999, 420741.8700000001 5500443.18, 420708.53000000026 5500409.83, 420706.4299999997 5500398.57, 420678.98000000045 5500372.210000001, 420675.38999999966 5500368.73, 420680.98000000045 5500361.210000001, 420687.79000000004 5500351.5, 420687.4900000002 5500349.82, 420675.25 5500334.300000001, 420671.4500000002 5500330.76, 420668.3200000003 5500330.140000001, 420662.08999999985 5500328.9, 420661.75 5500328.85, 420663.2999999998 5500321.6899999995, 420664.7400000002 5500315.01, 420662.7999999998 5500313.619999999, 420655.8799999999 5500324.4399999995, 420633.0499999998 5500308.41, 420631.7000000002 5500307.470000001, 420611.26999999955 5500293.119999999, 420605.3099999996 5500288.92, 420580.7999999998 5500271.699999999, 420553 5500252.15, 420534.78000000026 5500254.93, 420529.78000000026 5500258.93, 420516.5700000003 5500269.49, 420523.8799999999 5500278.67, 420529.5 5500287.300000001, 420523.8099999996 5500292.23, 420502.5 5500308.33, 420507.2400000002 5500319.699999999, 420507.5499999998 5500335.619999999, 420493.3499999996 5500373.76, 420472.1200000001 5500365.640000001, 420474.6200000001 5500337.550000001, 420464.1299999999 5500320.67, 420452.9500000002 5500303.140000001, 420446.61000000034 5500293.210000001, 420427.8499999996 5500272.880000001, 420407.3300000001 5500242.15, 420395.0599999996 5500223.77, 420388.21999999974 5500213.529999999, 420377.98000000045 5500198.289999999, 420379.4400000004 5500195.98, 420391.8200000003 5500176.34, 420393.11000000034 5500174.300000001, 420382.7000000002 5500143.140000001, 420389.86000000034 5500139.42, 420413.70999999996 5500127.01, 420407.86000000034 5500123.0600000005, 420401.96999999974 5500116.460000001, 420383.03000000026 5500095.1899999995, 420354.8700000001 5500099.73, 420343.9900000002 5500101.48, 420341.41000000015 5500101.9, 420325.54000000004 5500100.289999999, 420310.48000000045 5500096.51, 420302.28000000026 5500091.91, 420290.4199999999 5500085.25, 420277.66000000015 5500071.4, 420254.1299999999 5500043.9399999995, 420231.0499999998 5500017.02, 420221.98000000045 5500009.34, 420213.0099999998 5500005.34, 420199.5599999996 5500002.92, 420191.7999999998 5500003.67, 420169.8499999996 5500005.779999999, 420157.54000000004 5500006.98, 420146.8300000001 5500009, 420135.6699999999 5500011.119999999, 420132.1900000004 5500011.77, 420119.8099999996 5500014.109999999, 420088.04000000004 5500022.140000001, 420072.3799999999 5500028.5, 420070.76999999955 5500029.140000001, 420041.4000000004 5500038.380000001, 420023.5700000003 5500042.550000001, 420000.04000000004 5500050.619999999, 419988.8700000001 5500056.460000001, 419954.76999999955 5500078.35, 419945.3499999996 5500084.4, 419915.4400000004 5500103.6, 419909.48000000045 5500107.609999999, 419903.66000000015 5500111.52, 419899.8499999996 5500114.09, 419887.53000000026 5500120.300000001, 419884.7000000002 5500121.74, 419875.1699999999 5500124.59, 419865.2599999998 5500126.609999999, 419854.3300000001 5500125.880000001, 419848.1900000004 5500122.789999999, 419833.26999999955 5500117.15, 419711.4900000002 5500071.07, 419663.45999999996 5500051.130000001, 419641.1799999997 5500041.01, 419619.4400000004 5500034.1899999995, 419548.54000000004 5500017.5600000005, 419535.1200000001 5500015.720000001, 419522.4199999999 5500016.67, 419515.2000000002 5500018.26, 419496.7000000002 5500022.34, 419503.4000000004 5500024.65, 419500.0800000001 5500036.23, 419503.3300000001 5500038.109999999, 419500.2400000002 5500050.619999999, 419499.88999999966 5500051.98, 419497.29000000004 5500062.5, 419495.11000000034 5500071.27, 419492.9299999997 5500080.08, 419490.26999999955 5500090.83, 419488.6900000004 5500097.220000001, 419486.38999999966 5500106.449999999, 419480.0599999996 5500132.01, 419483.2000000002 5500133.4399999995, 419467.91000000015 5500157.33, 419463.6900000004 5500163.880000001, 419458.25 5500172.359999999, 419452.8099999996 5500180.8100000005, 419441.63999999966 5500198.18, 419436.6900000004 5500208.85, 419433.38999999966 5500218.5, 419431.95999999996 5500248.41, 419465.95999999996 5500244.02, 419464.38999999966 5500257.710000001, 419462.75 5500272.800000001, 419462.3499999996 5500276.59, 419457.73000000045 5500290.93, 419456.48000000045 5500294.84, 419422.53000000026 5500304.869999999, 419397.0999999996 5500312.34, 419384.20999999996 5500316.119999999, 419337.48000000045 5500334.59, 419320.6299999999 5500336.65, 419286.3200000003 5500340.85, 419265.83999999985 5500340.82, 419237.5499999998 5500340.07, 419252.33999999985 5500378.029999999, 419257.79000000004 5500423.960000001, 419265.79000000004 5500473.720000001, 419268.4299999997 5500484.6, 419262.5999999996 5500485.92, 419260.3700000001 5500486.43, 419252.3700000001 5500488.25, 419244.6200000001 5500496.3100000005, 419233.3799999999 5500506.92, 419209.66000000015 5500522.869999999, 419207.6500000004 5500524.970000001, 419184.5499999998 5500575.130000001, 419185.23000000045 5500583.039999999, 419184.1200000001 5500604.02, 419152.70999999996 5500707.99, 419150.1900000004 5500760.539999999, 419149.1699999999 5500767.58, 419145.4400000004 5500778.6, 419134.95999999996 5500797.779999999, 419242.23000000045 5500912.01, 419245.5999999996 5500915.119999999, 419291.0599999996 5500956.91, 419300.0599999996 5500967.199999999, 419310.3300000001 5500978.869999999, 419319.7400000002 5500990.65, 419329.5800000001 5501003.27, 419341.91000000015 5501017.789999999, 419362.29000000004 5501044.43, 419389.6900000004 5501072.58, 419405.66000000015 5501088.99, 419423.9900000002 5501107.83, 419426.2400000002 5501110.140000001, 419441.1299999999 5501125.43, 419452.9299999997 5501137.550000001, 419442.16000000015 5501148.109999999, 419435.4199999999 5501155.109999999, 419418.95999999996 5501172.220000001, 419414.2599999998 5501175.550000001, 419394.29000000004 5501187.74, 419378.0800000001 5501197.949999999, 419358.9000000004 5501209.33, 419354.1900000004 5501212.130000001, 419349.8200000003 5501215.5600000005, 419334.9199999999 5501230.25, 419333.46999999974 5501232.67, 419324.54000000004 5501247.949999999, 419322.6299999999 5501258.1899999995, 419321.0800000001 5501271.970000001, 419324.1200000001 5501309.01, 419328.5800000001 5501338.710000001, 419327.04000000004 5501349.48, 419321.96999999974 5501384.960000001, 419321.9400000004 5501393.34, 419321.86000000034 5501418.3100000005, 419322.33999999985 5501424.050000001, 419328.33999999985 5501486.92, 419331.75 5501522.619999999, 419324.3300000001 5501585.59, 419321.9400000004 5501602.460000001, 419316.1500000004 5501644.51, 419313.11000000034 5501661.16, 419307.36000000034 5501721.699999999, 419306.8099999996 5501727.460000001, 419305.54000000004 5501740.84, 419265.8499999996 5501771.01, 419264.1200000001 5501771.960000001, 419235.6699999999 5501787.73, 419233.2400000002 5501789.07, 419218.5700000003 5501803.74, 419212.16000000015 5501810.529999999, 419205.3099999996 5501817.789999999, 419198.9000000004 5501833.710000001, 419191.91000000015 5501851.0600000005, 419161.2599999998 5501909, 419126.86000000034 5501979.4, 419120.7599999998 5501992.76, 419116.1699999999 5502000.630000001, 419100.0700000003 5502028.289999999, 419109.5599999996 5502051.869999999, 419117.91000000015 5502072.6, 419120.66000000015 5502079.449999999, 419125.70999999996 5502093.01, 419137.6799999997 5502137.77, 419139.46999999974 5502138.82, 419165.25 5502153.93, 419176.2400000002 5502160.359999999, 419175.7400000002 5502155.66, 419228.8799999999 5502185.73, 419270.8700000001 5502208.35, 419288.61000000034 5502226.83, 419292.5999999996 5502230.99, 419306 5502244.75, 419326.01999999955 5502267.369999999, 419368.6299999999 5502292.77, 419378.23000000045 5502301.48, 419430.1900000004 5502353.48, 419478.36000000034 5502398.119999999, 419529.33999999985 5502361.32, 419563.53000000026 5502317.880000001, 419618.51999999955 5502232.380000001, 419623.70999999996 5502233.6899999995, 419629.8499999996 5502235.1, 419631.3200000003 5502232.1, 419632.88999999966 5502229.300000001, 419651.36000000034 5502230.960000001, 419670.0800000001 5502231.699999999, 419672.79000000004 5502231.859999999, 419702.5099999998 5502233.67, 419703.1799999997 5502233.710000001, 419704.0499999998 5502241.42, 419704.36000000034 5502246.74, 419703.8099999996 5502250.83, 419699.88999999966 5502258.77, 419695.86000000034 5502268.539999999, 419694.33999999985 5502274.42, 419694.26999999955 5502275.859999999, 419694.78000000026 5502277.8100000005, 419702.08999999985 5502295.35, 419706.0099999998 5502303.58, 419707.5800000001 5502307.699999999, 419708.4400000004 5502312.960000001, 419708.7599999998 5502341.5, 419710.36000000034 5502341.98, 419710.45999999996 5502347.699999999, 419696.63999999966 5502385.68, 419701.88999999966 5502412.619999999, 419704.5999999996 5502426.59, 419708.01999999955 5502444.16, 419729.1500000004 5502441.76, 419741.7000000002 5502438.59, 419752.54000000004 5502438.1899999995, 419761.8200000003 5502439.25, 419770.53000000026 5502439.01, 419779.0999999996 5502437.98, 419788.79000000004 5502436.98, 419798.8799999999 5502437.140000001, 419816.4900000002 5502441.15, 419825.4900000002 5502443.529999999, 419837.5800000001 5502447.220000001, 419847.6500000004 5502451.15, 419863.5599999996 5502457.220000001, 419875.0099999998 5502460.57, 419877.88999999966 5502463.460000001, 419884.0499999998 5502462.35, 419888.1799999997 5502462.98, 419916.88999999966 5502446.789999999, 419940.20999999996 5502454.25, 419940.4500000002 5502462.390000001, 419941.38999999966 5502464.119999999, 419940.7400000002 5502464.42, 419941.0499999998 5502482.210000001, 419941.0599999996 5502484.48, 419941.4299999997 5502495.029999999, 419953.41000000015 5502513.92, 419961.8300000001 5502527.08, 419963.2599999998 5502529.3100000005, 419983.2599999998 5502520.609999999, 420030.3300000001 5502501.01, 420053.61000000034 5502502.57, 420084.8300000001 5502505.8100000005, 420158.2599999998 5502501.1, 420192.9400000004 5502510.91, 420223.46999999974 5502519.57, 420269.8300000001 5502533.1, 420313.53000000026 5502544.609999999, 420335.2999999998 5502551.98, 420354.9299999997 5502565.640000001, 420401.20999999996 5502602.0600000005, 420442.61000000034 5502639.880000001, 420470.9199999999 5502663.52, 420494.7999999998 5502676.93, 420558.23000000045 5502710.0600000005, 420573.1699999999 5502726.91, 420596.4299999997 5502766.220000001, 420607.48000000045 5502782.220000001, 420617.45999999996 5502790.869999999, 420623.66000000015 5502796.25, 420678.53000000026 5502832.58, 420724.7400000002 5502857.67, 420757.5 5502874.1899999995, 420836.38999999966 5502912.34, 420912.8200000003 5502950.109999999, 420932.3700000001 5502959.779999999, 420935.6799999997 5502961.859999999, 420989.83999999985 5502989.73, 420986.3700000001 5502996.9399999995, 420985.3300000001 5502999.07, 420978.8200000003 5503010.65, 420983.5099999998 5503064.869999999, 420994.6900000004 5503104.26, 421022.8700000001 5503130.289999999, 421026.95999999996 5503134.07, 421031.66000000015 5503138.4, 421051.5 5503152.6899999995, 421051.8499999996 5503156.6899999995, 421060.79000000004 5503174.33, 421103.1900000004 5503220.98, 421105.21999999974 5503241.33, 421114.86000000034 5503269.640000001, 421124.0700000003 5503278.82, 421138.2999999998 5503292.99, 421167.9199999999 5503322.49, 421185.08999999985 5503339.59, 421200.0700000003 5503354.51, 421229.7999999998 5503384.109999999, 421243.46999999974 5503397.73, 421246 5503401.76, 421284.03000000026 5503468.6, 421331.0599999996 5503550.43, 421390.9299999997 5503612.460000001, 421442.83999999985 5503661.960000001, 421476.3099999996 5503692.960000001, 421523.5700000003 5503735.48, 421543.3200000003 5503801.08, 421549.95999999996 5503804.869999999, 421572.9199999999 5503818.390000001, 421591.0999999996 5503829.6, 421594.66000000015 5503831.390000001, 421603.83999999985 5503836.59, 421617.45999999996 5503840.35, 421618.29000000004 5503859.4, 421620.61000000034 5503860.640000001, 421629.8099999996 5503862.800000001, 421626.3799999999 5503890.17, 421617.4199999999 5503909.08, 421625.6900000004 5503911.619999999, 421638.51999999955 5503917.220000001, 421644.79000000004 5503920.08, 421653.4000000004 5503924, 421662.36000000034 5503930.029999999, 421682.0099999998 5503945.3100000005, 421690.78000000026 5503949.699999999, 421694.91000000015 5503951, 421700.71999999974 5503952, 421707.58999999985 5503952.3100000005, 421712.0999999996 5503950.84, 421722.83999999985 5503946.130000001, 421732.23000000045 5503939.74, 421739.6900000004 5503930.77, 421745.88999999966 5503923.050000001, 421750.48000000045 5503920.0600000005, 421754.3099999996 5503918.09, 421768.96999999974 5503917.51, 421772.1799999997 5503916.449999999, 421776.66000000015 5503914.949999999, 421791.5700000003 5503926.15, 421817.6699999999 5503944.27, 421836.88999999966 5503961.6899999995, 421860.9500000002 5503983.68, 421878.4199999999 5503999.369999999, 421904.6799999997 5504022.279999999, 421934.5499999998 5504049.4399999995, 421955.13999999966 5504068.18, 422035.9900000002 5504143.91, 422064.6500000004 5504170.460000001, 422080.48000000045 5504184.220000001, 422110.2999999998 5504204.359999999, 422115.5700000003 5504207.92, 422111.5800000001 5504216.199999999, 422215.4199999999 5504271.41, 422215.54000000004 5504273.8100000005, 422218.3700000001 5504303.1899999995, 422225.2400000002 5504315.539999999, 422227.1900000004 5504319.09, 422229.20999999996 5504320.710000001, 422228.5499999998 5504356.710000001, 422288.9199999999 5504451.25, 422291.04000000004 5504454.609999999, 422276.5800000001 5504463.67, 422420.38999999966 5504644.890000001, 422469.86000000034 5504707.220000001, 422474.75 5504745.24, 422479.3099999996 5504780.68, 422484.8499999996 5504823.66, 422487.38999999966 5504843.41, 422492.51999999955 5504883.33, 422495.4199999999 5504905.82, 422497.0499999998 5504918.48, 422502.3700000001 5504959.890000001, 422514.8200000003 5505012.67, 422526.7999999998 5505057.029999999, 422533.20999999996 5505080.82, 422538.2999999998 5505113.539999999, 422539.11000000034 5505118.710000001, 422549.08999999985 5505229.529999999, 422545.3300000001 5505254.1899999995, 422533.41000000015 5505290.880000001, 422531.0800000001 5505294.199999999, 422512.11000000034 5505321.09, 422512.8499999996 5505328.51, 422550.2000000002 5505363.220000001, 422568.48000000045 5505390.5600000005, 422589.9500000002 5505448.5, 422590.2000000002 5505449.699999999, 422596.3300000001 5505479.83, 422607.7999999998 5505536.43, 422620.01999999955 5505581.609999999, 422623.5800000001 5505619.6899999995, 422627.7000000002 5505663.539999999, 422628 5505666.6899999995, 422662.2000000002 5505728.5, 422674.6299999999 5505750.98, 422677.0499999998 5505784.130000001, 422676.4900000002 5505785.220000001, 422665.0499999998 5505807.4399999995, 422664.8700000001 5505816.43, 422695.36000000034 5505883.48, 422727.23000000045 5505958.32, 422748.26999999955 5506007.68, 422754.5700000003 5506022.48, 422780.6299999999 5506083.619999999, 422798.7599999998 5506128.789999999, 422810.48000000045 5506157.960000001, 422830.3499999996 5506221.32, 422833.0700000003 5506233.4399999995, 422840.3700000001 5506265.9, 422840.86000000034 5506355.4399999995, 422923.6299999999 5506306.3100000005, 422926.51999999955 5506304.85, 422954.51999999955 5506367.630000001, 422965.6500000004 5506414.630000001, 422993.54000000004 5506506.0600000005, 423008.3200000003 5506533.99, 423009.7599999998 5506536.07, 423023.16000000015 5506535.02, 423032.5700000003 5506535.140000001, 423046.0499999998 5506537.41, 423127.83999999985 5506567.460000001, 423189.1699999999 5506588.02, 423234.78000000026 5506594.140000001, 423260.2599999998 5506594.609999999, 423275.75 5506594.82, 423533.9900000002 5506570.8100000005, 423575.3799999999 5506561.119999999, 423582.7999999998 5506558.8100000005, 423592.4299999997 5506555.82, 423609.1500000004 5506548.33, 423701.54000000004 5506507.41, 423746.23000000045 5506460.98, 423813.4500000002 5506379.08, 423894.1299999999 5506337.32, 424002.0099999998 5506318.029999999, 424082.8200000003 5506320.57, 424136.61000000034 5506312.960000001, 424197.3799999999 5506285.27, 424270.11000000034 5506245.41, 424414.5700000003 5506231, 424455.11000000034 5506214.1, 424510.03000000026 5506187.01, 424596.0700000003 5506117.1, 424644.3099999996 5506060.5, 424675.08999999985 5506011.609999999, 424716.1799999997 5505946.300000001, 424724.7000000002 5505929.23, 424730.23000000045 5505913.4399999995, 424724.5599999996 5505904.6, 424780.0999999996 5505824.390000001, 424783.51999999955 5505819.390000001, 424789.2599999998 5505810.970000001, 424778.04000000004 5505801.09, 424770.83999999985 5505809.4, 424766.33999999985 5505814.619999999, 424759.1900000004 5505822.869999999, 424729.20999999996 5505796.84, 424748.28000000026 5505775.119999999, 424748.1900000004 5505774.859999999, 424739.2599999998 5505767.18, 424736.41000000015 5505764.710000001, 424726.04000000004 5505755.699999999, 424723.4900000002 5505753.48, 424721.66000000015 5505755.609999999, 424716.6900000004 5505751.300000001, 424707.0599999996 5505742.960000001, 424693.1799999997 5505730.93, 424694.6200000001 5505728.42, 424686.5099999998 5505725.67, 424627.16000000015 5505708.609999999, 424619.53000000026 5505708.35, 424612.0099999998 5505708.720000001, 424568.28000000026 5505718.35, 424567.1500000004 5505714.35, 424561.20999999996 5505710.48, 424559.1500000004 5505700.26, 424558.3799999999 5505696.3100000005, 424549.1699999999 5505650.52, 424548.1799999997 5505645.6, 424546.3499999996 5505636.859999999, 424543.95999999996 5505625.49, 424547.6900000004 5505619.050000001, 424671.73000000045 5505578.539999999, 424675.63999999966 5505577.300000001, 424685.5 5505562.23, 424686.2599999998 5505561.0600000005, 424703.95999999996 5505534.01, 424706.86000000034 5505529.59, 424724.4299999997 5505502.210000001, 424723.53000000026 5505501.4, 424736.6299999999 5505480.98, 424737.5700000003 5505481.710000001, 424765.9400000004 5505503.83, 424783.73000000045 5505515.42, 424784.5099999998 5505515.779999999, 424786.79000000004 5505513.449999999, 424803.5700000003 5505495.279999999, 424812.79000000004 5505485.949999999, 424817.6500000004 5505481.029999999, 424819.98000000045 5505446.4399999995, 424819.9000000004 5505445.66, 424815.45999999996 5505403.779999999, 424811.25 5505393.08, 424786.7400000002 5505330.640000001, 424785.3200000003 5505327.07, 424770.3499999996 5505291.8100000005, 424754.04000000004 5505256.09, 424752.2999999998 5505252.42, 424745.3200000003 5505237.109999999, 424742.9299999997 5505231.869999999, 424730.71999999974 5505171.279999999, 424731.0499999998 5505113.960000001, 424731.0800000001 5505109.880000001, 424731.11000000034 5505104.82, 424739.51999999955 5505041.3100000005, 424742.5599999996 5505033.039999999, 424759.04000000004 5504988.23, 424777.3499999996 5504964.07, 424780.0800000001 5504960.470000001, 424814.4299999997 5504939.279999999, 424824.04000000004 5504899.24, 424827.78000000026 5504897.48, 424866.1299999999 5504910.6, 424877.1900000004 5504923.779999999, 424878.38999999966 5504925.199999999, 424884.23000000045 5504910.51, 424893.7400000002 5504886.4399999995, 424908.2400000002 5504876.9, 424915.2599999998 5504872.300000001, 424922.4900000002 5504867.550000001, 425006.0800000001 5504854.34, 425025.3499999996 5504845.880000001, 425039.53000000026 5504835.619999999, 425050.8200000003 5504822.52, 425112.4400000004 5504729.68, 425125.73000000045 5504713.609999999, 425127.46999999974 5504711.07, 425137.8099999996 5504703.720000001, 425149.5099999998 5504696.58, 425167.1900000004 5504690.279999999, 425209.95999999996 5504673.949999999, 425246.0999999996 5504659.52, 425278.13999999966 5504646.73, 425301.96999999974 5504633.77, 425316.8799999999 5504621.35, 425333.8099999996 5504605.17, 425351.8799999999 5504589.93, 425356.11000000034 5504585.24, 425358.5999999996 5504582.470000001, 425369.03000000026 5504567.1899999995, 425380.2999999998 5504548.59, 425388.5599999996 5504527.99, 425392.76999999955 5504511.48, 425398.9400000004 5504483.65, 425405.33999999985 5504453.83, 425416.58999999985 5504405.9399999995, 425421.9299999997 5504380.289999999, 425431.1200000001 5504325.07, 425431.5099999998 5504318.82, 425376.16000000015 5504262.18, 425325.13999999966 5504234.199999999, 425274.2999999998 5504206.34, 425254.70999999996 5504196.039999999, 425244.5099999998 5504190.699999999, 425223 5504178.32, 425207.3700000001 5504169.73, 425171.8200000003 5504150.220000001, 425156.0499999998 5504141.59, 425120.5999999996 5504122.1899999995, 425069.0700000003 5504094.74, 425025.1799999997 5504070.76, 425017.76999999955 5504066.699999999, 424973.5999999996 5504042.640000001, 424966.4500000002 5504038.74, 424914.98000000045 5504011.1899999995, 424910.7000000002 5504008.9, 424863.48000000045 5503983.619999999, 424822.28000000026 5503962.08, 424811.71999999974 5503956.5600000005, 424760.3200000003 5503928.74, 424754.33999999985 5503925.49, 424709.0800000001 5503900.9, 424671.6299999999 5503880.58, 424670.75 5503880.09, 424663.86000000034 5503876.41, 424672.23000000045 5503863.75, 424675.6799999997 5503857.640000001, 424687.01999999955 5503837.67, 424699.9000000004 5503815.49, 424692.01999999955 5503715.92, 424693.6500000004 5503707.18, 424681.9500000002 5503622.1, 424678.03000000026 5503577.67, 424669.2400000002 5503542.93, 424656.5499999998 5503492.720000001, 424613.63999999966 5503344.18, 424617.98000000045 5503342.289999999, 424661.20999999996 5503323.43, 424668.0099999998 5503320.470000001, 424705.4500000002 5503304.140000001, 424713.03000000026 5503300.82, 424711.95999999996 5503291.24, 424721.04000000004 5503288.24, 424726.88999999966 5503287.8100000005, 424750.95999999996 5503301.640000001, 424753.7999999998 5503300.34, 424755.6799999997 5503303.57, 424758.13999999966 5503306.199999999, 424762.38999999966 5503309.6899999995, 424766.7000000002 5503313.109999999, 424771.6299999999 5503317.029999999, 424777.1699999999 5503322.67, 424778.5599999996 5503325.98, 424779.8799999999 5503329.140000001, 424784.9400000004 5503340.17, 424788.88999999966 5503346.800000001, 424798.2999999998 5503360.26, 424811.73000000045 5503376.48, 424820.4400000004 5503379.83, 424846.6699999999 5503380.4, 424851.25 5503391.66, 424859.9199999999 5503414.050000001, 424869.1900000004 5503437.35, 424873.5599999996 5503444.09, 424875.3300000001 5503445.300000001, 424882.61000000034 5503448.32, 424885.1500000004 5503450.550000001, 424894.3099999996 5503465.869999999, 424899.7400000002 5503477.33, 424901.29000000004 5503481.109999999, 424901.2000000002 5503486.27, 424904.2599999998 5503489.65, 424909.6699999999 5503495.33, 424915.2599999998 5503501.699999999, 424917.2999999998 5503502.619999999, 424926.9299999997 5503507.609999999, 424939.1900000004 5503515.880000001, 424941.2999999998 5503514.460000001, 424960.73000000045 5503500.630000001, 424966.45999999996 5503498.35, 424989.54000000004 5503488.77, 425014.4400000004 5503513.0600000005, 425015.7599999998 5503540.039999999, 425001.01999999955 5503539.890000001, 425048.26999999955 5503547.220000001, 425078.61000000034 5503551.16, 425142.8700000001 5503557.779999999, 425218.5599999996 5503563.119999999, 425256.28000000026 5503562.699999999, 425292.41000000015 5503559.859999999, 425323.48000000045 5503554.43, 425334.54000000004 5503557.130000001, 425347.46999999974 5503561.140000001, 425394.83999999985 5503564.18, 425423.0099999998 5503566.18, 425467.4299999997 5503568.5600000005, 425505.3700000001 5503586.43, 425524.7400000002 5503604.42, 425676.23000000045 5503779.949999999, 425682.9299999997 5503779.199999999, 425694.75 5503780.789999999, 425761.1699999999 5503777.359999999, 425773.7999999998 5503775.720000001, 425790.5 5503772.02, 425811.66000000015 5503761.98, 425824.25 5503753.130000001, 425836.54000000004 5503737.050000001, 425852.4199999999 5503713.3100000005, 425883.13999999966 5503665.74, 425902.8799999999 5503630.98, 425910.76999999955 5503620.</t>
   </si>
   <si>
     <t>https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=6313-401</t>
   </si>
   <si>
     <t>https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg6313-401</t>
   </si>
   <si>
-    <t>https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/vsg_sdb_6313-401.pdf</t>
+    <t>https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/vsg_sdb_6313-401.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -510,90 +510,90 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vogelschutzgebiet&amp;layers=vogelschutzgebiet&amp;qid=VSG-7000-034" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=6313-401" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg6313-401" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/vsg_sdb_6313-401.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vogelschutzgebiet&amp;layers=vogelschutzgebiet&amp;qid=VSG-7000-034" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=6313-401" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg6313-401" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/vsg_sdb_6313-401.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:X2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="36.85546875" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="7" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="33.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="178.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="15.5703125" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="42.42578125" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="178" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="81.85546875" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="76.28515625" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="73.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -664,51 +664,51 @@
       <c r="E2" t="s">
         <v>27</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>28</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>29</v>
       </c>
       <c r="J2" t="s">
         <v>30</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>31</v>
       </c>
       <c r="N2">
         <v>109741</v>
       </c>
       <c r="O2" s="3">
-        <v>45970.97005439032</v>
+        <v>46045.03057175817</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2" t="s">
         <v>35</v>
       </c>
       <c r="T2" t="s">
         <v>36</v>
       </c>
       <c r="U2" t="s">
         <v>37</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>38</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>39</v>
       </c>