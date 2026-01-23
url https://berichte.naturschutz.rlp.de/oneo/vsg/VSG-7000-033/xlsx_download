--- v0 (2025-11-08)
+++ v1 (2026-01-23)
@@ -132,51 +132,51 @@
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>Naturschutz</t>
   </si>
   <si>
     <t>Vogelschutzgebiet besonderer Bedeutung (EG)</t>
   </si>
   <si>
     <t>Natura 2000</t>
   </si>
   <si>
     <t>DE-6310-401</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((377151.96999999974 5504232.640000001, 377153.08999999985 5504208.99, 377156.79000000004 5504159.51, 377164.16000000015 5504143.869999999, 377167.2400000002 5504082.49, 377165.04000000004 5504081.210000001, 377151.03000000026 5504074.4, 377131.28000000026 5504064.550000001, 377129.9199999999 5504063.880000001, 377075.0499999998 5504036.57, 377068.5599999996 5504033.34, 377067.38999999966 5504032.789999999, 377081.9400000004 5504005.140000001, 377102.6500000004 5503972.27, 377123.8799999999 5503938.1899999995, 377125.41000000015 5503935.75, 377132.4000000004 5503925.470000001, 377153 5503895.220000001, 377158.0499999998 5503887.8100000005, 377151.36000000034 5503882.789999999, 377145.5700000003 5503878.449999999, 377144.3700000001 5503877.550000001, 377136.9400000004 5503871.98, 377129.8700000001 5503866.68, 377121.76999999955 5503860.6, 377114.7000000002 5503855.300000001, 377096.91000000015 5503841.960000001, 377090.6500000004 5503837.27, 377084.88999999966 5503832.9399999995, 377073.26999999955 5503824.23, 377060.5099999998 5503814.66, 377059.2000000002 5503813.67, 377049.3499999996 5503793.220000001, 377055.5099999998 5503759.82, 377054.6799999997 5503744.9399999995, 377053.91000000015 5503740.4399999995, 377048.5800000001 5503732.75, 377028.98000000045 5503728.449999999, 377029.1200000001 5503727.75, 377030.26999999955 5503722.210000001, 377031.51999999955 5503716.199999999, 377036.2599999998 5503693.289999999, 377041.9299999997 5503665.890000001, 377047.3499999996 5503663.77, 377053.04000000004 5503661.550000001, 377059.8300000001 5503658.91, 377042.4000000004 5503629.59, 377040.5099999998 5503605.449999999, 377040.0999999996 5503600.32, 377038.95999999996 5503584.08, 377042.9500000002 5503577.34, 377034.5700000003 5503520.65, 377032.6799999997 5503514.41, 377015.16000000015 5503457.67, 377014.78000000026 5503455.67, 377005.4000000004 5503403.58, 377003.5800000001 5503393.359999999, 377008.45999999996 5503348.1, 377008.91000000015 5503343.9399999995, 377012.76999999955 5503307.67, 377014.4000000004 5503292.529999999, 377016.7999999998 5503269.869999999, 377024.7599999998 5503195.199999999, 377027.9000000004 5503165.6899999995, 377029.5 5503149.66, 377029.6900000004 5503147.84, 377030.3700000001 5503141.140000001, 377030.8300000001 5503136.609999999, 377031.1500000004 5503133.539999999, 376995.6299999999 5503119.67, 376979.8200000003 5503106.42, 376955.2000000002 5503085.77, 376954.3700000001 5503085.09, 376885.16000000015 5503064.289999999, 376842.28000000026 5503059.1899999995, 376828.78000000026 5503053.43, 376808.8499999996 5503036.8100000005, 376833.23000000045 5502972.119999999, 376833.70999999996 5502970.84, 376860.4000000004 5502922.35, 376875.8799999999 5502904.27, 376875.01999999955 5502885.83, 376874.6299999999 5502877.210000001, 376873.73000000045 5502857.65, 376873.3200000003 5502848.75, 376875.23000000045 5502843.85, 376883.0599999996 5502823.619999999, 376884.03000000026 5502818.289999999, 376884.41000000015 5502816.23, 376884.96999999974 5502813.390000001, 376886.9500000002 5502803.25, 376887.9199999999 5502798.3100000005, 376888.8499999996 5502793.58, 376889.7999999998 5502788.699999999, 376890.5700000003 5502784.789999999, 376891.6799999997 5502779.09, 376892.6299999999 5502774.26, 376893.5700000003 5502769.5, 376895.11000000034 5502761.619999999, 376899.6200000001 5502735.6, 376900.4500000002 5502730.720000001, 376901.91000000015 5502722.3100000005, 376904.95999999996 5502704.58, 376906.29000000004 5502696.83, 376906.3799999999 5502696.210000001, 376909.38999999966 5502678.800000001, 376912.0499999998 5502663.529999999, 376904.95999999996 5502650.609999999, 376903.98000000045 5502648.82, 376878.1799999997 5502601.779999999, 376848.5599999996 5502547.75, 376865.61000000034 5502541.98, 376865.1299999999 5502537.279999999, 376861.11000000034 5502497.41, 376861.01999999955 5502496.1899999995, 376856.8200000003 5502454.970000001, 376856.63999999966 5502453.01, 376854.5099999998 5502430.51, 376851.48000000045 5502397.57, 376851.16000000015 5502394.789999999, 376850.98000000045 5502393.24, 376850.78000000026 5502391.130000001, 376850.04000000004 5502383.4, 376848.01999999955 5502361.9399999995, 376845.0999999996 5502331.08, 376844 5502319.460000001, 376842.5099999998 5502303.67, 376842.3099999996 5502301.85, 376837.3700000001 5502249.470000001, 376836.25 5502237.83, 376833.95999999996 5502213.369999999, 376829.88999999966 5502170.390000001, 376817.0800000001 5502154.33, 376801.7599999998 5502135.119999999, 376784.1699999999 5502113.0600000005, 376762.8499999996 5502086.33, 376758.1299999999 5502080.93, 376757.25 5502080.050000001, 376721.73000000045 5502050.619999999, 376698.7999999998 5502031.619999999, 376694.7400000002 5502027.58, 376670.1900000004 5502003.199999999, 376660.5700000003 5501991.83, 376626.4500000002 5501951.300000001, 376594.66000000015 5501913.57, 376487.1799999997 5501851.5600000005, 376474.4000000004 5501830.67, 376454.53000000026 5501807.07, 376440.20999999996 5501790.07, 376436.98000000045 5501786.220000001, 376423.1900000004 5501801.869999999, 376394.8300000001 5501771.85, 376394.20999999996 5501771.16, 376387.41000000015 5501763.9399999995, 376357.1500000004 5501731.859999999, 376371.04000000004 5501717.380000001, 376378.73000000045 5501709.359999999, 376400.3300000001 5501686.73, 376429.3700000001 5501656.609999999, 376445.01999999955 5501640.279999999, 376469.96999999974 5501615.93, 376493.8700000001 5501592.859999999, 376515.2000000002 5501582.710000001, 376544.3200000003 5501568.869999999, 376551.1200000001 5501565.630000001, 376527.4299999997 5501522.199999999, 376512.16000000015 5501486.83, 376498.9400000004 5501456.289999999, 376497.04000000004 5501451.85, 376476.03000000026 5501403.109999999, 376499.1699999999 5501359.789999999, 376521.9400000004 5501305.09, 376532.3499999996 5501265.460000001, 376554.76999999955 5501200.470000001, 376556.29000000004 5501198.210000001, 376578.54000000004 5501165.08, 376602.46999999974 5501134.49, 376608.5499999998 5501112.58, 376606.28000000026 5501105.6, 376599.6500000004 5501084.699999999, 376594.3099999996 5501067.859999999, 376593.61000000034 5501065.449999999, 376597.9900000002 5501039.640000001, 376614.45999999996 5500978.01, 376616.04000000004 5500975.050000001, 376638.08999999985 5500985.800000001, 376651.08999999985 5500991.26, 376664.8099999996 5500997.880000001, 376674.7000000002 5501002.699999999, 376686.6799999997 5501007.51, 376699.4500000002 5501012.66, 376712.73000000045 5501016.57, 376722.9000000004 5501018.67, 376733.16000000015 5501020.140000001, 376742.3200000003 5501021.220000001, 376755.3499999996 5501021.550000001, 376770.1699999999 5501021.050000001, 376783.6799999997 5501019.609999999, 376794.45999999996 5501018.15, 376806.5099999998 5501014.970000001, 376814.58999999985 5501011.6899999995, 376826.38999999966 5501007.279999999, 376837.86000000034 5501001.789999999, 376845.5599999996 5500997.85, 376854.1500000004 5500992.210000001, 376861.3700000001 5500986.99, 376869.54000000004 5500980.92, 376876.3300000001 5500974.91, 376883.79000000004 5500968.15, 376890.8499999996 5500960.470000001, 376897.73000000045 5500951.76, 376903.5499999998 5500943.640000001, 376909.13999999966 5500935.07, 376913.1299999999 5500929.48, 376925.53000000026 5500907.140000001, 376927.3099999996 5500904.01, 376928.96999999974 5500900.880000001, 376951.54000000004 5500863.619999999, 376967.46999999974 5500835.369999999, 376972.9900000002 5500826.32, 376978.1900000004 5500819.119999999, 376984.3499999996 5500810.77, 376993.3200000003 5500801.210000001, 377005.0599999996 5500790.25, 377020.98000000045 5500776.92, 377060.1699999999 5500742.91, 377069.20999999996 5500733.75, 377093.71999999974 5500712.85, 377100.33999999985 5500707.48, 377105.8099999996 5500704.52, 377113.0700000003 5500702.970000001, 377119.73000000045 5500703.51, 377124.63999999966 5500704.9399999995, 377128.61000000034 5500706.199999999, 377131.2999999998 5500708.25, 377219.0999999996 5500774.76, 377262.91000000015 5500808.02, 377336.7599999998 5500864.279999999, 377346.04000000004 5500875.460000001, 377381.6200000001 5500870.23, 377375.26999999955 5500840.279999999, 377333.0700000003 5500693.25, 377334.1200000001 5500693.029999999, 377336.79000000004 5500694.359999999, 377339.2000000002 5500704.6, 377341.8099999996 5500711.68, 377347.4500000002 5500715.029999999, 377348.71999999974 5500715.82, 377352.29000000004 5500712.449999999, 377356.0700000003 5500715.529999999, 377359.03000000026 5500715.35, 377362.36000000034 5500719.949999999, 377366.0999999996 5500722.74, 377364.5999999996 5500727.33, 377368.1500000004 5500738.029999999, 377369.48000000045 5500748.539999999, 377376.0700000003 5500748.59, 377378.53000000026 5500747.83, 377383.4000000004 5500753.539999999, 377395.4500000002 5500767.6899999995, 377396.3200000003 5500775.75, 377401.2999999998 5500784.6899999995, 377405.6699999999 5500789.09, 377412.5 5500792.6899999995, 377438.6900000004 5500771.74, 377460.51999999955 5500769.43, 377506.28000000026 5500797.25, 377547.61000000034 5500828.869999999, 377513.46999999974 5500784.029999999, 377490.9299999997 5500747.65, 377483.41000000015 5500718, 377489.76999999955 5500701.17, 377514.88999999966 5500696.35, 377578.26999999955 5500681.07, 377642.0700000003 5500640.93, 377706.4900000002 5500581.01, 377740.33999999985 5500530.58, 377758.96999999974 5500486.51, 377826.4299999997 5500397.140000001, 377835.8799999999 5500387.199999999, 377817.36000000034 5500355.59, 377894.75 5500359.02, 377963.5099999998 5500358.58, 377983.6699999999 5500359.15, 377984.41000000015 5500348.24, 377984.7999999998 5500342.5, 377996.0999999996 5500335.09, 378010.1299999999 5500329.5600000005, 378028.20999999996 5500326.1899999995, 378041.86000000034 5500327.640000001, 378056.76999999955 5500327.699999999, 378071.86000000034 5500324.119999999, 378085.63999999966 5500320.59, 378092.8300000001 5500318.3100000005, 378101.4199999999 5500317.630000001, 378112.1500000004 5500312.57, 378117.03000000026 5500302.1, 378126.23000000045 5500291.800000001, 378139.4400000004 5500282.33, 378161.79000000004 5500269.84, 378175.7000000002 5500261.33, 378198.8200000003 5500243.18, 378222.33999999985 5500226.35, 378241.04000000004 5500213.67, 378258.16000000015 5500202.720000001, 378266.53000000026 5500196.42, 378279.8300000001 5500180.98, 378295.36000000034 5500163.470000001, 378312.88999999966 5500137.76, 378323.6799999997 5500126.07, 378337.03000000026 5500120.23, 378352.7999999998 5500116.949999999, 378367.0499999998 5500108.77, 378384 5500093.51, 378397.88999999966 5500084.68, 378409.5599999996 5500078.25, 378423.6500000004 5500074.369999999, 378461 5500072.050000001, 378492.08999999985 5500071.140000001, 378517.78000000026 5500067.130000001, 378535.0800000001 5500060.8100000005, 378553.5099999998 5500049.470000001, 378568.83999999985 5500034.949999999, 378599.1500000004 5499997.619999999, 378623.33999999985 5499964.6899999995, 378640.1900000004 5499947.119999999, 378659.98000000045 5499936.4, 378692.20999999996 5499923.76, 378701.6699999999 5499920.220000001, 378697.8499999996 5499904.220000001, 378685.6299999999 5499878.220000001, 378649.7599999998 5499830.57, 378638.9000000004 5499816, 378638.28000000026 5499811.380000001, 378638.5800000001 5499808.869999999, 378640.4500000002 5499806.48, 378642.91000000015 5499804.24, 378807.61000000034 5499806.0600000005, 378886.5599999996 5499790.77, 378904.61000000034 5499789.34, 378930.04000000004 5499794.74, 378970.70999999996 5499807.4, 379032.5099999998 5499826.92, 379032.29000000004 5499819.27, 379031.2999999998 5499784.470000001, 379026.7999999998 5499731.08, 379025.5499999998 5499711.6899999995, 379021.5599999996 5499706.640000001, 379019.1500000004 5499693.9399999995, 379018.8799999999 5499675.460000001, 379022.2000000002 5499651.630000001, 379029.71999999974 5499626.210000001, 379049.2400000002 5499580.869999999, 379064.8499999996 5499544.699999999, 379089.0700000003 5499498.220000001, 379103.5800000001 5499481.52, 379130.6500000004 5499447.27, 379160.6799999997 5499415.960000001, 379187.7999999998 5499394.5, 379224.0099999998 5499375.52, 379257.0599999996 5499360.449999999, 379272.3499999996 5499354.710000001, 379281.8200000003 5499351.16, 379301.66000000015 5499337.57, 379327.76999999955 5499314.73, 379347.5099999998 5499286.92, 379365.3200000003 5499257.76, 379382.38999999966 5499234.33, 379385.01999999955 5499229.43, 379399.5999999996 5499202.359999999, 379409.4400000004 5499187.74, 379420.8799999999 5499177.33, 379440.5099999998 5499170.390000001, 379458.4500000002 5499168.720000001, 379479.8799999999 5499171.18, 379492.8300000001 5499177.539999999, 379503.08999999985 5499182.58, 379517.4199999999 5499197.17, 379534.58999999985 5499211.66, 379543.8700000001 5499218.4, 379552.66000000015 5499222.699999999, 379569.3700000001 5499230.84, 379570.61000000034 5499183.880000001, 379570.16000000015 5499146.48, 379594.58999999985 5499143.949999999, 379619.88999999966 5499141.92, 379640.28000000026 5499144.15, 379650.1299999999 5499149.34, 379663.3300000001 5499162.01, 379679.6900000004 5499190.289999999, 379695.66000000015 5499221.630000001, 379710.1500000004 5499241.359999999, 379734.0700000003 5499268.32, 379730.83999999985 5499276.57, 379766.1299999999 5499308.66, 379772.48000000045 5499302.32, 379790.6799999997 5499313.27, 379816.9500000002 5499322.880000001, 379845.04000000004 5499327.34, 379876.5099999998 5499327.1, 379912.01999999955 5499326.6899999995, 379933.3700000001 5499327.359999999, 379946.86000000034 5499334.949999999, 379956.95999999996 5499346.220000001, 379978.5499999998 5499340.279999999, 380006.5700000003 5499330.02, 380033.01999999955 5499318.82, 380061.76999999955 5499301.42, 380075.20999999996 5499294.789999999, 380105.48000000045 5499282.949999999, 380121.96999999974 5499271.210000001, 380147.3200000003 5499273.23, 380142 5499266.369999999, 380209.1799999997 5499199.199999999, 380318.6200000001 5499142.609999999, 380475.5099999998 5499077.890000001, 380556.0499999998 5499085.949999999, 380625.8300000001 5499053.84, 380693.4299999997 5498984.720000001, 380739.53000000026 5498921.5, 380793.29000000004 5498799.34, 380828.3499999996 5498730.699999999, 380856.8700000001 5498637.029999999, 380862.79000000004 5498557.640000001, 380859.7400000002 5498426.470000001, 380847.63999999966 5498330.109999999, 380847.61000000034 5498248.289999999, 380789.96999999974 5498136.4399999995, 380844.1799999997 5498023.15, 380913.9199999999 5497944.49, 380921.9000000004 5497935.66, 380924.2999999998 5497945.380000001, 380935.26999999955 5497980.24, 380943.1500000004 5497978.65, 380952.2400000002 5497976.789999999, 380964.41000000015 5497991.050000001, 380972.9400000004 5497996.4399999995, 380989.13999999966 5498002.4, 381017.9199999999 5498003.4399999995, 381047.7000000002 5498002.460000001, 381117.9900000002 5498003.51, 381128.6500000004 5498004.539999999, 381154.1900000004 5498004.65, 381199.2599999998 5498004.789999999, 381271.73000000045 5498005.8100000005, 381279.1299999999 5498006.3100000005, 381297.5999999996 5498007.630000001, 381304 5498005.75, 381318.9199999999 5497996.9, 381321.4500000002 5497994.82, 381330.66000000015 5497987.25, 381346.7599999998 5497971.91, 381356.1200000001 5497963.0600000005, 381362.88999999966 5497956.76, 381364.4299999997 5497954.130000001, 381365.98000000045 5497951.529999999, 381374.3499999996 5497945.09, 381416.76999999955 5497925.199999999, 381429.04000000004 5497917.970000001, 381438.8200000003 5497910.710000001, 381444.20999999996 5497906.3100000005, 381449.83999999985 5497904.619999999, 381473.8799999999 5497892.529999999, 381494.29000000004 5497885.16, 381521.16000000015 5497870.65, 381521.95999999996 5497870.550000001, 381534.5999999996 5497868.550000001, 381542.46999999974 5497867.34, 381552.16000000015 5497864.220000001, 381568.21999999974 5497852.210000001, 381581.0599999996 5497845.98, 381584.38999999966 5497845.23, 381601.46999999974 5497832.25, 381609.04000000004 5497831.34, 381624.1699999999 5497820.4, 381635.53000000026 5497814.51, 381728.5800000001 5497780.3100000005, 381815.45999999996 5497736.199999999, 381884.21999999974 5497678.82, 381909.7000000002 5497656.140000001, 381978.3200000003 5497618.460000001, 382040.1799999997 5497583.4399999995, 382128.66000000015 5497548.210000001, 382187.3499999996 5497530.449999999, 382286.76999999955 5497501.83, 382341.8799999999 5497488.220000001, 382358.6500000004 5497481.779999999, 382365.1699999999 5497481.32, 382372 5497481.92, 382425.5599999996 5497497.57, 382429.38999999966 5497499.460000001, 382433.4199999999 5497502.15, 382436.78000000026 5497505.34, 382461.61000000034 5497541.9, 382482.11000000034 5497568.1899999995, 382493.5 5497580.380000001, 382499.28000000026 5497585.289999999, 382503.95999999996 5497588.9, 382508.53000000026 5497592.039999999, 382514.8799999999 5497595.890000001, 382556.1200000001 5497617.32, 382562.8499999996 5497622.039999999, 382574.3799999999 5497631.140000001, 382584.36000000034 5497640.859999999, 382585.08999999985 5497641.6, 382593.8300000001 5497635.16, 382616.16000000015 5497618.710000001, 382627.1200000001 5497610.76, 382642.1500000004 5497605.220000001, 382659.7599999998 5497608.109999999, 382679.4000000004 5497617.1899999995, 382696.96999999974 5497619.18, 382718.41000000015 5497616.99, 382741.76999999955 5497606.630000001, 382781.46999999974 5497579.039999999, 382844.95999999996 5497517.76, 382903.26999999955 5497462.0600000005, 382920.4500000002 5497442.99, 382886.1500000004 5497415.210000001, 382867.38999999966 5497394.43, 382836.98000000045 5497363.119999999, 382889.5800000001 5497276.27, 382932.70999999996 5497244.5, 382989.54000000004 5497218.91, 383016.25 5497202.6, 383044.3300000001 5497175.91, 383066.58999999985 5497149.460000001, 383069.79000000004 5497139.6899999995, 383111.13999999966 5497119.43, 383152.1900000004 5497102.99, 383174.5999999996 5497091.33, 383199.1299999999 5497076.9, 383236.4900000002 5497057.92, 383269.5800000001 5497044.039999999, 383318.51999999955 5497034.470000001, 383336.98000000045 5497024.76, 383354.3700000001 5497011.0600000005, 383377.03000000026 5496994.6899999995, 383378.96999999974 5496975.77, 383391.0599999996 5496964.07, 383407.0700000003 5496960.74, 383426.5700000003 5496955.029999999, 383443.61000000034 5496954.800000001, 383464.1900000004 5496964.75, 383491.5599999996 5496976.210000001, 383524.0700000003 5496993.300000001, 383545.7000000002 5496973.15, 383559.4500000002 5496958.25, 383571.53000000026 5496934.9, 383576.88999999966 5496911.82, 383578 5496883.52, 383573.6799999997 5496854.09, 383574.0599999996 5496841.07, 383579.4299999997 5496829.640000001, 383595.5 5496816.4399999995, 383557.1699999999 5496811.02, 383562.2999999998 5496737.27, 383610.28000000026 5496647.460000001, 383620.96999999974 5496634.470000001, 383631.7400000002 5496634.48, 383656.6900000004 5496641.5600000005, 383684.5700000003 5496654.8100000005, 383687.8799999999 5496670.369999999, 383685.75 5496684.35, 383673.9299999997 5496702.76, 383677.5999999996 5496716.07, 383687.61000000034 5496730.92, 383698.29000000004 5496740.140000001, 383704.04000000004 5496782.960000001, 383734.8799999999 5496780.380000001, 383757.73000000045 5496779.92, 383770.76999999955 5496780.74, 383786.3700000001 5496789.539999999, 383798.20999999996 5496805.210000001, 383780.3499999996 5496885.76, 383754.9900000002 5496902.24, 383736.7599999998 5496906.109999999, 383720.0099999998 5496924.710000001, 383718.5599999996 5496944.5, 383702.5599999996 5496963.18, 383690.70999999996 5496977, 383663.0800000001 5497026.550000001, 383634.25 5497068.0600000005, 383635.78000000026 5497072.93, 383680.08999999985 5497070.710000001, 383695.0499999998 5497063.390000001, 383732.3300000001 5497042.16, 383775.1500000004 5497014, 383807.63999999966 5496996.5600000005, 383843.4400000004 5496983.460000001, 383872.2599999998 5496975.140000001, 383893.6799999997 5496972.49, 383910.7400000002 5496972.710000001, 383924.9500000002 5496980.66, 383934.73000000045 5496989.6899999995, 383991.2000000002 5496966.130000001, 384058.5 5496989.460000001, 384098.3700000001 5496999.529999999, 384126.33999999985 5497003.800000001, 384149.5700000003 5497001.52, 384161.6200000001 5496988.93, 384163.9900000002 5496969.550000001, 384161.0800000001 5496896.57, 384166.2599999998 5496891.65, 384215.8799999999 5496887.43, 384220.70999999996 5496840.550000001, 384223.3200000003 5496815.369999999, 384232.25 5496803.359999999, 384269.4000000004 5496801.43, 384312.1500000004 5496805.109999999, 384335.0700000003 5496806.43, 384344.46999999974 5496794.85, 384351.70999999996 5496773.92, 384356.08999999985 5496737.65, 384359.53000000026 5496700.289999999, 384393.7999999998 5496704.75, 384407.33999999985 5496706.91, 384436.88999999966 5496694.51, 384474.51999999955 5496693.460000001, 384475.51999999955 5496740.960000001, 384456.03000000026 5496769.539999999, 384434.33999999985 5496799.109999999, 384406.98000000045 5496810.07, 384388.9000000004 5496829.18, 384379.91000000015 5496851.0600000005, 384378.9299999997 5496856.9399999995, 384375.5700000003 5496877.25, 384373.9000000004 5496914.09, 384364.86000000034 5496934.630000001, 384376.5800000001 5496947.619999999, 384423.5499999998 5496989.460000001, 384447.0099999998 5497004.220000001, 384451.04000000004 5497015.279999999, 384429.5999999996 5497039.9, 384384.3200000003 5497107.630000001, 384363.1900000004 5497140.09, 384362.8099999996 5497153.109999999, 384373.26999999955 5497156.73, 384387.9199999999 5497153.01, 384417.45999999996 5497117.74, 384454.41000000015 5497066.050000001, 384463.6900000004 5497062.529999999, 384482.9199999999 5497072.529999999, 384508.76999999955 5497090.779999999, 384494.54000000004 5497116.460000001, 384496.63999999966 5497135.210000001, 384509.0099999998 5497141.890000001, 384507.5800000001 5497150.92, 384499.28000000026 5497156.640000001, 384475.04000000004 5497155.8100000005, 384450.51999999955 5497159.48, 384430.53000000026 5497164.3100000005, 384416.8099999996 5497168.890000001, 384402.6900000004 5497197.27, 384395.29000000004 5497214.15, 384399.1500000004 5497220.73, 384406.8499999996 5497222.66, 384420.08999999985 5497217.199999999, 384430.0800000001 5497209.18, 384436.8499999996 5497210.25, 384443.88999999966 5497218.039999999, 384459.4000000004 5497213.390000001, 384483.96999999974 5497211.0600000005, 384506.1299999999 5497215.5600000005, 384518.3099999996 5497228.75, 384526.28000000026 5497248.609999999, 384518.23000000045 5497294.23, 384536.51999999955 5497302.92, 384552.8200000003 5497306.76, 384567.9299999997 5497303.460000001, 384593.7400000002 5497298.390000001, 384624.6699999999 5497298.0600000005, 384643.1699999999 5497300.9, 384672.66000000015 5497309.15, 384692.66000000015 5497315.970000001, 384717.0700000003 5497320.83, 384740.86000000034 5497321.220000001, 384759.66000000015 5497320.470000001, 384755.11000000034 5497274.01, 384743.5599999996 5497243.08, 384723.8300000001 5497231.76, 384703.79000000004 5497212.83, 384697.8799999999 5497199.609999999, 384698.91000000015 5497180.279999999, 384710.2599999998 5497150.24, 384712.03000000026 5497149.220000001, 384739.6299999999 5497133.369999999, 384764.0599999996 5497127.23, 384775.79000000004 5497117.800000001, 384775.6699999999 5497092.24, 384778.0999999996 5497052.23, 384782.1500000004 5497030.09, 384792.8799999999 5497018, 384805.54000000004 5497009.199999999, 384811.5800000001 5497014.789999999, 384810.2400000002 5497026.050000001, 384800.7999999998 5497070.380000001, 384801.48000000045 5497098.609999999, 384806.2000000002 5497115.91, 384817.4000000004 5497137.890000001, 384832.13999999966 5497158.82, 384845.1699999999 5497182.07, 384851.3099999996 5497201.109999999, 384872.70999999996 5497253.85, 384882.20999999996 5497267.369999999, 384907.86000000034 5497291.91, 384926.83999999985 5497306.85, 384963.5499999998 5497316.6, 384968 5497326.73, 384971.36000000034 5497377.27, 384971.53000000026 5497403.960000001, 384950.0999999996 5497406.380000001, 384946.1900000004 5497398.470000001, 384939.1699999999 5497403.960000001, 384921.4000000004 5497417.84, 384900.8799999999 5497442.869999999, 384889.86000000034 5497459.01, 384883.9900000002 5497469.109999999, 384882.53000000026 5497473.710000001, 384876.8300000001 5497491.82, 384859.1200000001 5497520.33, 384837.2400000002 5497544.98, 384815.51999999955 5497562.880000001, 384793.04000000004 5497583.960000001, 384766.1699999999 5497618.4399999995, 384738.13999999966 5497657.68, 384719.2400000002 5497667.41, 384698.08999999985 5497687.98, 384665.5999999996 5497716.640000001, 384630.9400000004 5497758.380000001, 384609.76999999955 5497778.51, 384585.3700000001 5497787.07, 384568.6299999999 5497792.93, 384532.1900000004 5497812.32, 384497.95999999996 5497842.390000001, 384475.78000000026 5497871.08, 384457.76999999955 5497902.74, 384423.29000000004 5497948.970000001, 384426.9199999999 5497954.16, 384457.3700000001 5497993.960000001, 384477 5498041.93, 384473.6699999999 5498122.93, 384392.8099999996 5498338.85, 384369.4500000002 5498386.0600000005, 384337.29000000004 5498436.52, 384311 5498466.74, 384296.6200000001 5498482.3100000005, 384253.3799999999 5498547.390000001, 384235.45999999996 5498578.93, 384189.8300000001 5498646.609999999, 384175.6500000004 5498667.17, 384166.1299999999 5498700.0600000005, 384156.76999999955 5498799.609999999, 384224.6699999999 5498809.41, 384215.78000000026 5498878.93, 384178.1299999999 5498875.4399999995, 384179.16000000015 5498922.07, 384213.0800000001 5498957.4, 384268.0800000001 5498978.119999999, 384315.2400000002 5498990.4, 384356.3799999999 5498997.93, 384372.8200000003 5499013.109999999, 384380.63999999966 5499041.970000001, 384396.0499999998 5499073.029999999, 384434.6299999999 5499099.82, 384461.71999999974 5499068.73, 384491.4500000002 5499040.880000001, 384519.63999999966 5499016.41, 384529.88999999966 5499001.83, 384565.75 5498981.24, 384599.0700000003 5498959.91, 384636.78000000026 5498944.220000001, 384664.6699999999 5498933.119999999, 384687.2400000002 5498913.880000001, 384712.08999999985 5498889.130000001, 384742.8099999996 5498865.4, 384774.63999999966 5498848.289999999, 384808.08999999985 5498830.289999999, 384848.76999999955 5498805.33, 384883.25 5498792.279999999, 384920.0999999996 5498775.8100000005, 384960.13999999966 5498755.880000001, 384994.4000000004 5498737, 385022.51999999955 5498773.390000001, 385055.3300000001 5498802.08, 385088.25 5498812.4399999995, 385111.0800000001 5498841.529999999, 385134.8799999999 5498894.76, 385119.03000000026 5498957.07, 385106.5099999998 5498998.41, 385120.0800000001 5499067.039999999, 385183.70999999996 5499074.09, 385284.0999999996 5499083.42, 385263.86000000034 5499035.880000001, 385257.70999999996 5499006.960000001, 385256.78000000026 5498983.65, 385278.1200000001 5498933.630000001, 385291.8700000001 5498902.25, 385304.01999999955 5498893.42, 385329.8200000003 5498892.390000001, 385348.9900000002 5498892.460000001, 385366.3200000003 5498888.4399999995, 385390.9299999997 5498878.279999999, 385416.73000000045 5498856.41, 385438.0999999996 5498848.9, 385555.4299999997 5498823.380000001, 385578.36000000034 5498813.300000001, 385585.3799999999 5498801.34, 385584.13999999966 5498749.3100000005, 385586.83999999985 5498733.359999999, 385598.1500000004 5498724.58, 385626.2400000002 5498718.449999999, 385645.5599999996 5498721.84, 385674.96999999974 5498749.01, 385744.8700000001 5498808.73, 385805.9400000004 5498856.3100000005, 385818.48000000045 5498878.300000001, 385816.9199999999 5498901.710000001, 385795.6799999997 5498933.390000001, 385771.4900000002 5498974.359999999, 385765.0599999996 5499001.289999999, 385774.41000000015 5499047.59, 385793.0800000001 5499097.68, 385805.0099999998 5499125.130000001, 385823.9500000002 5499140.210000001, 385846.0499999998 5499150.99, 385872.7000000002 5499150.76, 385914.0800000001 5499143.279999999, 385940.7400000002 5499143.050000001, 385966.8300000001 5499149.5, 385978.9199999999 5499159.859999999, 385979.4199999999 5499172.34, 385974.16000000015 5499186.720000001, 385972.5599999996 5499209.289999999, 385981.2999999998 5499240.609999999, 386016.7599999998 5499314.199999999, 386058.0499999998 5499409.24, 386080.0700000003 5499438.779999999, 386081.16000000015 5499445.4, 386074.04000000004 5499454.859999999, 386051.7400000002 5499459.91, 385884.78000000026 5499474.08, 385865.8700000001 5499480.67, 385849.73000000045 5499514.66, 385849.03000000026 5499538.859999999, 385867.7000000002 5499588.9399999995, 385914.71999999974 5499702.08, 385926.5700000003 5499748.279999999, 385940.16000000015 5499775.66, 385954.6699999999 5499805.09, 385959.2599999998 5499836.58, 385957.9000000004 5499864.970000001, 385937.16000000015 5499909.140000001, 385929.76999999955 5499932.77, 385930.23000000045 5499965.25, 385931.8300000001 5500005.1899999995, 385929.0700000003 5500019.48, 385916.9500000002 5500029.130000001, 385891.8499999996 5500047.630000001, 385852.41000000015 5500040.869999999, 385834.7400000002 5500015.74, 385794.5599999996 5499969.84, 385775.9000000004 5499961.42, 385765.11000000034 5499962.68, 385755.29000000004 5499967.24, 385753.2599999998 5499978.99, 385779.2400000002 5500087.130000001, 385782.9400000004 5500117, 385779.54000000004 5500136.300000001, 385767.7599999998 5500154.27, 385732.7400000002 5500174.83, 385708.6699999999 5500198.3100000005, 385695.53000000026 5500244.67, 385691.16000000015 5500302.35, 385682.4299999997 5500355.199999999, 385663.7599999998 5500388.460000001, 385642.4900000002 5500398.470000001, 385625.11000000034 5500401.67, 385590.4000000004 5500388.050000001, 385563.76999999955 5500368.279999999, 385540.5999999996 5500351.699999999, 385526.7999999998 5500339.75, 385516.8099999996 5500340.15, 385506.8200000003 5500340.539999999, 385500.33999999985 5500344.970000001, 385496.7999999998 5500360.949999999, 385502.9299999997 5500409.880000001, 385507.9500000002 5500431.35, 385506.8200000003 5500444.73, 385499.5599999996 5500450.85, 385460.5700000003 5500476.17, 385449.8799999999 5500479.93, 385440.38999999966 5500471.970000001, 385399.1299999999 5500440.279999999, 385375.9199999999 5500422.869999999, 385369.46999999974 5500407.300000001, 385365.3799999999 5500367.449999999, 385322.41000000015 5500397.5, 385284.9000000004 5500418.16, 385265.51999999955 5500433.949999999, 385236.8300000001 5500425.09, 385213.0999999996 5500415.199999999, 385187.23000000045 5500414.57, 385137.63999999966 5500424.880000001, 385095.1699999999 5500446.58, 385058.71999999974 5500473.039999999, 385039.20999999996 5500506.33, 385022.9000000004 5500536.140000001, 384997.9299999997 5500537.140000001, 384970.9299999997 5500529.050000001, 384949.91000000015 5500524.0600000005, 384935.01999999955 5500527.16, 384927.1299999999 5500538.3100000005, 384975.1200000001 5500654.74, 385025.9199999999 5500653.539999999, 385081.03000000026 5500656.35, 385136.4299999997 5500665.800000001, 385188.70999999996 5500681.220000001, 385228.16000000015 5500687.98, 385278.3200000003 5500691.8100000005, 385324.98000000045 5500691.619999999, 385392.9900000002 5500683.0600000005, 385456.6299999999 5500669.68, 385495.7400000002 5500668.119999999, 385546.41000000015 5500664.01, 385576.73000000045 5500776.15, 385559.9900000002 5500795.16, 385531.95999999996 5500802.9399999995, 385492.1500000004 5500807.869999999, 385472.1799999997 5500850.34, 385446.4400000004 5500915.550000001, 385436.03000000026 5500967.630000001, 385426.9199999999 5501010.93, 385404.75 5501040.140000001, 385336.61000000034 5501107.869999999, 385367.03000000026 5501293.130000001, 385375.1500000004 5501342.619999999, 385418.86000000034 5501330.880000001, 385464.0599999996 5501314.9, 385497.54000000004 5501297.720000001, 385534.1200000001 5501274.59, 385566.51999999955 5501250.800000001, 385592.5800000001 5501235.59, 385609.21999999974 5501214.09, 385628.9299999997 5501185.800000001, 385651.76999999955 5501152.380000001, 385676.2000000002 5501096.390000001, 385696.0700000003 5501051.43, 385713.21999999974 5501000.73, 385729.03000000026 5500958.43, 385750.5700000003 5500934.23, 385774.53000000026 5500908.279999999, 385816.20999999996 5500887.4399999995, 385872.9400000004 5500868.09, 385924.26999999955 5500859.380000001, 385980.8200000003 5500856.279999999, 386054.25 5500858.35, 386110.0999999996 5500858.619999999, 386167.71999999974 5500861.32, 386209.21999999974 5500878, 386241.4400000004 5500891.710000001, 386276.78000000026 5500900.3100000005, 386350 5500896.960000001, 386399.11000000034 5500893.5, 386486.2999999998 5500887.359999999, 386695.48000000045 5500866.09, 386733.1900000004 5500783.619999999, 386798.26999999955 5500781.02, 386821.1299999999 5500763.8100000005, 386820.13999999966 5500732.640000001, 386816.8700000001 5500712.8100000005, 386823.73000000045 55</t>
   </si>
   <si>
     <t>https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=6310-401</t>
   </si>
   <si>
     <t>https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg6310-401</t>
   </si>
   <si>
-    <t>https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/vsg_sdb_6310-401.pdf</t>
+    <t>https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/vsg_sdb_6310-401.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -510,90 +510,90 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vogelschutzgebiet&amp;layers=vogelschutzgebiet&amp;qid=VSG-7000-033" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=6310-401" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg6310-401" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/vsg_sdb_6310-401.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vogelschutzgebiet&amp;layers=vogelschutzgebiet&amp;qid=VSG-7000-033" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=6310-401" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg6310-401" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/vsg_sdb_6310-401.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:X2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="35.7109375" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="7" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="12.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="178.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="15.5703125" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="42.42578125" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="178" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="81.85546875" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="76.28515625" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="73.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -664,51 +664,51 @@
       <c r="E2" t="s">
         <v>27</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>28</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>29</v>
       </c>
       <c r="J2" t="s">
         <v>30</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>31</v>
       </c>
       <c r="N2">
         <v>109740</v>
       </c>
       <c r="O2" s="3">
-        <v>45969.74200466472</v>
+        <v>46045.18466024071</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2" t="s">
         <v>35</v>
       </c>
       <c r="T2" t="s">
         <v>36</v>
       </c>
       <c r="U2" t="s">
         <v>37</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>38</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>39</v>
       </c>