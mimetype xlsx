--- v0 (2025-11-07)
+++ v1 (2026-01-21)
@@ -132,51 +132,51 @@
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>Naturschutz</t>
   </si>
   <si>
     <t>Vogelschutzgebiet besonderer Bedeutung (EG)</t>
   </si>
   <si>
     <t>Natura 2000</t>
   </si>
   <si>
     <t>DE-6304-401</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((317403.0499999998 5499900.369999999, 317376.1200000001 5499911.970000001, 317338.13999999966 5499929.609999999, 317337.6900000004 5499929.82, 317333.8499999996 5499932.140000001, 317256.2999999998 5499766.34, 317245.86000000034 5499753.279999999, 317232.9500000002 5499737.15, 317225.38999999966 5499727.699999999, 317216.78000000026 5499716.789999999, 317197.5700000003 5499692.5, 317159.7000000002 5499648.33, 317124.3200000003 5499607.07, 317121.7400000002 5499604.08, 317085.03000000026 5499563.68, 317074.01999999955 5499551.57, 317059.4299999997 5499536.18, 317038.9299999997 5499511.84, 317027.1900000004 5499497.890000001, 317021.29000000004 5499490.890000001, 316985.25 5499451.67, 316978.7599999998 5499444.619999999, 316979.45999999996 5499443.84, 316973.13999999966 5499436, 316895.8300000001 5499340.26, 316874.4000000004 5499313.720000001, 316812.70999999996 5499237.3100000005, 316775.73000000045 5499191.51, 316772.91000000015 5499182.5600000005, 316773.9400000004 5499168.49, 316776.6500000004 5499131.199999999, 316781.2400000002 5499123.51, 316784.8700000001 5499121.210000001, 316782.3099999996 5499116.869999999, 316775.0800000001 5499113.640000001, 316594.76999999955 5498769.720000001, 316587.6299999999 5498756.210000001, 316529.88999999966 5498645.33, 316520.2400000002 5498626.8100000005, 316469.4900000002 5498529.380000001, 316424.75 5498443.449999999, 316428.58999999985 5498437.59, 316435.13999999966 5498432.050000001, 316433.1299999999 5498426.640000001, 316450.4500000002 5498409.4399999995, 316461.71999999974 5498379.029999999, 316477.29000000004 5498337.029999999, 316490.8099999996 5498300.529999999, 316501.6200000001 5498271.380000001, 316507.0999999996 5498256.41, 316509.5700000003 5498249.68, 316511.36000000034 5498245.08, 316508.5 5498235.34, 316487.28000000026 5498163.42, 316468.6699999999 5498100.27, 316463.75 5498083.73, 316459.0599999996 5498085.32, 316454.03000000026 5498088.859999999, 316335.3200000003 5497996.23, 316277.45999999996 5497958.75, 316271.61000000034 5497954.949999999, 316264.76999999955 5497940.550000001, 316252.20999999996 5497914, 316249.4000000004 5497908.109999999, 316208.7400000002 5497822.869999999, 316207.8499999996 5497818.6899999995, 316206.6299999999 5497812.9399999995, 316203.98000000045 5497800.5, 316200.8099999996 5497781.140000001, 316187.33999999985 5497768.1, 316185.41000000015 5497771.130000001, 316170.6900000004 5497794.300000001, 316149.95999999996 5497782.140000001, 316100.4199999999 5497746.67, 316088.2000000002 5497736.050000001, 316086.8700000001 5497734.91, 316043.96999999974 5497697.630000001, 316040.11000000034 5497694.34, 316036.4000000004 5497658.890000001, 316010.9000000004 5497649.1899999995, 315997.45999999996 5497644.07, 315990.3300000001 5497641.359999999, 315982.53000000026 5497639.5600000005, 316011.6900000004 5497600.0600000005, 316076.01999999955 5497512.890000001, 316077.6900000004 5497510.630000001, 316079.5499999998 5497508.109999999, 316092.33999999985 5497515.550000001, 316105.6299999999 5497523.279999999, 316125.0700000003 5497534.57, 316127.46999999974 5497535.970000001, 316129.7000000002 5497537.27, 316139.6699999999 5497524.5600000005, 316160.28000000026 5497498.3100000005, 316173.28000000026 5497481.74, 316177.45999999996 5497476.4, 316180.2599999998 5497479.26, 316194.54000000004 5497493.84, 316198.38999999966 5497497.76, 316199.5800000001 5497498.970000001, 316218.01999999955 5497483.1899999995, 316241.20999999996 5497463.35, 316251.3099999996 5497454.720000001, 316272.9299999997 5497436.460000001, 316291.0800000001 5497421.140000001, 316300.3300000001 5497413.33, 316324.3300000001 5497394.539999999, 316341.11000000034 5497381.4, 316358.1299999999 5497368.09, 316362.1299999999 5497364.960000001, 316366.5800000001 5497361.4399999995, 316407.1299999999 5497329.42, 316444.5499999998 5497299.859999999, 316456.9299999997 5497290.07, 316454.21999999974 5497283.300000001, 316481.46999999974 5497295.58, 316532.86000000034 5497318.699999999, 316538.2999999998 5497321.140000001, 316552.4900000002 5497327.529999999, 316575.8099999996 5497338.029999999, 316688.1699999999 5497388.59, 316706.61000000034 5497396.880000001, 316711.95999999996 5497398.84, 316731.3099999996 5497405.91, 316751.6900000004 5497413.369999999, 316761.63999999966 5497418.220000001, 316769.0700000003 5497421.84, 316784.53000000026 5497432.59, 316798.41000000015 5497450.539999999, 316806.46999999974 5497445.8100000005, 316807.61000000034 5497445.18, 316801.71999999974 5497435.949999999, 316802.5499999998 5497424.539999999, 316765.0599999996 5497317.17, 316763.0700000003 5497281.67, 316762.8499999996 5497277.68, 316771.5700000003 5497271.630000001, 316781.3099999996 5497264.880000001, 316789.54000000004 5497259.17, 316791.58999999985 5497257.76, 316808.4000000004 5497246.130000001, 316816.13999999966 5497240.77, 316830.8799999999 5497230.550000001, 316836.6299999999 5497226.57, 316843.2000000002 5497222.01, 316857.5999999996 5497212.09, 316870.5800000001 5497203.1, 316884.11000000034 5497193.720000001, 316886.4299999997 5497192.119999999, 316890.3700000001 5497189.380000001, 316909.54000000004 5497197.43, 316959.5700000003 5497218.4, 316962.2999999998 5497219.539999999, 316974.5499999998 5497224.6899999995, 316992.51999999955 5497232.23, 316994.36000000034 5497233.01, 316996.23000000045 5497233.789999999, 317022.2599999998 5497244.720000001, 317039.8300000001 5497252.109999999, 317044.9400000004 5497254.25, 317047 5497255.359999999, 317070.0700000003 5497267.76, 317091.04000000004 5497279.029999999, 317083.1799999997 5497286.99, 317068.2000000002 5497302.539999999, 317082.13999999966 5497310.02, 317098.3099999996 5497318.6899999995, 317114.71999999974 5497327.48, 317172.38999999966 5497358.41, 317196.6699999999 5497371.43, 317201.3099999996 5497373.75, 317203.98000000045 5497375.09, 317205.8799999999 5497376.039999999, 317210.01999999955 5497379.27, 317218.5999999996 5497385.960000001, 317219.83999999985 5497387.93, 317230.9000000004 5497405.0600000005, 317233.01999999955 5497408.359999999, 317247.29000000004 5497436.49, 317248.54000000004 5497440.529999999, 317258.4500000002 5497472.43, 317258.83999999985 5497473.710000001, 317263.08999999985 5497504.27, 317238.91000000015 5497517.52, 317146.5599999996 5497568.3100000005, 317142.5599999996 5497570.52, 317144.20999999996 5497574.17, 317147.63999999966 5497581.779999999, 317165.45999999996 5497621.23, 317173.1200000001 5497638.1899999995, 317176.5099999998 5497644.699999999, 317210.2400000002 5497709.449999999, 317235.8700000001 5497757.890000001, 317236.8099999996 5497759.67, 317238.61000000034 5497760.91, 317296.3499999996 5497800.73, 317352.29000000004 5497834.68, 317375.9000000004 5497850.98, 317393.8700000001 5497863.41, 317397.1900000004 5497866.68, 317402.5099999998 5497861.92, 317411.38999999966 5497854, 317508.8799999999 5497767.039999999, 317514.7400000002 5497767.49, 317592.9400000004 5497842.609999999, 317631.1299999999 5497916.380000001, 317635.48000000045 5497947.91, 317629.23000000045 5497980.15, 317613.5 5498029.720000001, 317618.75 5498026.3100000005, 317619.20999999996 5498034.07, 317627.79000000004 5498038.6899999995, 317642.9500000002 5498049.789999999, 317658.3799999999 5498061.1, 317789.58999999985 5498318.91, 317787.75 5498320.6899999995, 317782.6699999999 5498325.57, 317769.36000000034 5498338.369999999, 317814.8099999996 5498401.73, 317847.41000000015 5498447.140000001, 317849.08999999985 5498449.48, 317856.4299999997 5498459.710000001, 317872.20999999996 5498473.800000001, 317902.79000000004 5498501.08, 317969.3099999996 5498552.859999999, 318008.3300000001 5498586.449999999, 318011.83999999985 5498588.6899999995, 318027.1699999999 5498598.460000001, 318032.5599999996 5498601.890000001, 318064.28000000026 5498635.789999999, 318074.66000000015 5498648.779999999, 318095.08999999985 5498674.359999999, 318107.9299999997 5498700.630000001, 318138.0099999998 5498762.25, 318143.54000000004 5498777.800000001, 318145.46999999974 5498793.449999999, 318145.75 5498795.710000001, 318145.2999999998 5498806.3100000005, 318144.88999999966 5498816.01, 318146.7000000002 5498831.199999999, 318148 5498842.25, 318149.2999999998 5498853.300000001, 318149.6200000001 5498855.970000001, 318153.98000000045 5498884.859999999, 318157.70999999996 5498909.460000001, 318158.9299999997 5498926.779999999, 318161.1699999999 5498958.49, 318161.61000000034 5498971.890000001, 318164.5700000003 5498971.35, 318177.6799999997 5498980.41, 318223.8300000001 5499035.68, 318247.3499999996 5499065.380000001, 318273.01999999955 5499097.77, 318297.63999999966 5499128.84, 318321.01999999955 5499159.32, 318329.26999999955 5499170.09, 318357.48000000045 5499195.369999999, 318374.5 5499210.640000001, 318409.71999999974 5499242.220000001, 318435.45999999996 5499265.300000001, 318440.21999999974 5499278.6, 318436.63999999966 5499280.369999999, 318384.0800000001 5499306.41, 318382.45999999996 5499303.550000001, 318381.6900000004 5499307.4399999995, 318374.70999999996 5499342.74, 318359.1799999997 5499374.8100000005, 318338.54000000004 5499399.59, 318306.9900000002 5499423.1899999995, 318250.16000000015 5499445.460000001, 318206.79000000004 5499457.85, 318212.6299999999 5499471.029999999, 318217.3300000001 5499481.630000001, 318222.5599999996 5499493.43, 318230.1799999997 5499510.65, 318236.45999999996 5499524.83, 318240.58999999985 5499534.17, 318251.01999999955 5499557.73, 318253.78000000026 5499563.9399999995, 318255.3099999996 5499567.4, 318248.3700000001 5499571.050000001, 318235.6699999999 5499577.09, 318220.75 5499581.75, 318193.7400000002 5499587.140000001, 318152.66000000015 5499597.550000001, 318138.53000000026 5499604.52, 318137.73000000045 5499600.1899999995, 318136.0999999996 5499594.92, 318135.6900000004 5499599.76, 318132.98000000045 5499603.380000001, 318125.71999999974 5499607.65, 318086.63999999966 5499630.640000001, 318029.71999999974 5499664.77, 318026.0499999998 5499666.970000001, 318010.70999999996 5499674.76, 317978.4000000004 5499691.18, 317974.3200000003 5499693.25, 317944.25 5499708.48, 317921.3300000001 5499720.33, 317909.4299999997 5499726.109999999, 317904.8799999999 5499728.41, 317865.8300000001 5499748.220000001, 317808.9299999997 5499777.07, 317795.61000000034 5499782.07, 317792.9199999999 5499779.539999999, 317789.91000000015 5499780.99, 317790.58999999985 5499784.77, 317782.96999999974 5499790.4399999995, 317774.2599999998 5499794.119999999, 317763.1900000004 5499798.789999999, 317745.9400000004 5499805.07, 317726.1699999999 5499811.01, 317709.1200000001 5499815, 317706 5499815.73, 317688.53000000026 5499818.8100000005, 317655.33999999985 5499824.67, 317627.01999999955 5499829.68, 317604.88999999966 5499833.550000001, 317585.0800000001 5499837.34, 317552.61000000034 5499844.279999999, 317536 5499849.6, 317523.48000000045 5499853.6, 317502.79000000004 5499860.42, 317498.9299999997 5499861.92, 317470.8799999999 5499872.73, 317453.91000000015 5499879.27, 317436.0999999996 5499886.130000001, 317419.86000000034 5499893.130000001, 317403.0499999998 5499900.369999999)))</t>
   </si>
   <si>
     <t>https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=6304-401</t>
   </si>
   <si>
     <t>https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg6304-401</t>
   </si>
   <si>
-    <t>https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/vsg_sdb_6304-401.pdf</t>
+    <t>https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/vsg_sdb_6304-401.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -510,90 +510,90 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vogelschutzgebiet&amp;layers=vogelschutzgebiet&amp;qid=VSG-7000-032" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=6304-401" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg6304-401" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/vsg_sdb_6304-401.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vogelschutzgebiet&amp;layers=vogelschutzgebiet&amp;qid=VSG-7000-032" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=6304-401" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg6304-401" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/vsg_sdb_6304-401.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:X2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="35.42578125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="6" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="21.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="178.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="15.5703125" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="42.42578125" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="178" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="81.85546875" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="76.28515625" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="73.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -664,51 +664,51 @@
       <c r="E2" t="s">
         <v>27</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>28</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>29</v>
       </c>
       <c r="J2" t="s">
         <v>30</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>31</v>
       </c>
       <c r="N2">
         <v>109739</v>
       </c>
       <c r="O2" s="3">
-        <v>45968.87965064918</v>
+        <v>46043.88681244941</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2" t="s">
         <v>35</v>
       </c>
       <c r="T2" t="s">
         <v>36</v>
       </c>
       <c r="U2" t="s">
         <v>37</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>38</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>39</v>
       </c>