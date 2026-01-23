--- v0 (2025-11-09)
+++ v1 (2026-01-23)
@@ -132,51 +132,51 @@
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>Naturschutz</t>
   </si>
   <si>
     <t>Vogelschutzgebiet besonderer Bedeutung (EG)</t>
   </si>
   <si>
     <t>Natura 2000</t>
   </si>
   <si>
     <t>DE-6216-401</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((454417.0499999998 5511022.130000001, 454410.79000000004 5511014.83, 454533.33999999985 5510961.02, 454598.8200000003 5510933.710000001, 454644.25 5510914.75, 454734.0499999998 5510881.699999999, 454749.0999999996 5510876.16, 454752.6699999999 5510874.82, 454802.61000000034 5510856.029999999, 454852.73000000045 5510837.18, 454904.63999999966 5510820.640000001, 454955.29000000004 5510804.51, 454982.9299999997 5510805.710000001, 454986.98000000045 5510805.880000001, 454995.83999999985 5510806.27, 455001.2599999998 5510806.539999999, 455005.11000000034 5510806.74, 455081.1900000004 5510809.970000001, 455124.4900000002 5510799.24, 455213 5510775.869999999, 455357.96999999974 5510797.42, 455461.03000000026 5510774.279999999, 455471.3200000003 5510771.970000001, 455585.8700000001 5510739.890000001, 455598.5999999996 5510736.35, 455609.78000000026 5510733.24, 455673.7599999998 5510715.43, 455689 5510720.33, 455720.5700000003 5510730.460000001, 455723.66000000015 5510730.779999999, 455722.88999999966 5510752.77, 455722.5999999996 5510760.98, 455725.58999999985 5510761.210000001, 455723.2599999998 5510791.109999999, 455745.9199999999 5510792.890000001, 455744.9199999999 5510805.470000001, 455767.61000000034 5510807.27, 455768.61000000034 5510794.67, 455774.4000000004 5510795.34, 455789.8200000003 5510797.07, 455808.21999999974 5510799.140000001, 455819.86000000034 5510801.67, 455852.7599999998 5510808.83, 455875.11000000034 5510813.710000001, 455898.53000000026 5510818.8100000005, 455922.0099999998 5510823.92, 455945.7000000002 5510829.08, 455936.8799999999 5510868.49, 456042.08999999985 5510888.66, 456054.0099999998 5510890.960000001, 456169.54000000004 5510913.109999999, 456281.0700000003 5510934.57, 456307.7000000002 5510939.68, 456326.5499999998 5510943.3100000005, 456331.4500000002 5510944.25, 456439.5999999996 5510964.960000001, 456460.96999999974 5510969.0600000005, 456483.01999999955 5510973.27, 456486.73000000045 5510979.26, 456488.1500000004 5510974.26, 456492.8099999996 5510975.15, 456501.4299999997 5510976.8100000005, 456510.4299999997 5510978.529999999, 456512.95999999996 5510980.26, 456515.33999999985 5510975.74, 456519.4500000002 5510967.91, 456535.0499999998 5510972.24, 456540.6500000004 5510968.710000001, 456545.01999999955 5510964.48, 456593.2000000002 5510961.98, 456599.75 5510961.630000001, 456608.6799999997 5510963.630000001, 456623.88999999966 5510967.029999999, 456626.8700000001 5510967.6899999995, 456641.38999999966 5510980.039999999, 456643.6699999999 5510981.99, 456647.4400000004 5510985.449999999, 456650.8499999996 5510988.6, 456666.86000000034 5511003.34, 456672.48000000045 5511008.109999999, 456675.4000000004 5511010.59, 456678.29000000004 5511013.039999999, 456681.91000000015 5511016.109999999, 456686.11000000034 5511019.66, 456689.7999999998 5511022.800000001, 456647.04000000004 5511095.08, 456638.79000000004 5511120.66, 456634.1900000004 5511134.970000001, 456637.3700000001 5511141.35, 456622 5511174.77, 456621.26999999955 5511176.640000001, 456614.2400000002 5511194.699999999, 456607.46999999974 5511212.09, 456600.78000000026 5511229.289999999, 456594.2999999998 5511245.9399999995, 456560.3200000003 5511237.42, 456554.2000000002 5511261.0600000005, 456585.6200000001 5511268.24, 456624.7999999998 5511277.1899999995, 456627.3200000003 5511277.859999999, 456633.78000000026 5511279.58, 456637.79000000004 5511280.65, 456639.1299999999 5511281.17, 456645.54000000004 5511283.67, 456697.3200000003 5511292.199999999, 456719.03000000026 5511235.970000001, 456744.0800000001 5511241.1, 456768.8499999996 5511246.16, 456798.5700000003 5511252.23, 456808.54000000004 5511204.18, 456832 5511209.039999999, 456832.61000000034 5511206.07, 456845.9500000002 5511208.8100000005, 456901.2400000002 5511220.220000001, 456906.1699999999 5511220.15, 456909.01999999955 5511220.109999999, 456956.5099999998 5511219.460000001, 456957.0099999998 5511221.449999999, 456967.7999999998 5511264.5600000005, 456982.7999999998 5511262.33, 456983.76999999955 5511266.15, 457081.4299999997 5511249.66, 457102 5511246.17, 457106.7999999998 5511245.359999999, 457140.6799999997 5511239.640000001, 457145.9900000002 5511242.710000001, 457148.3200000003 5511248.890000001, 457151.91000000015 5511258.4399999995, 457154.96999999974 5511266.58, 457159.3300000001 5511278.16, 457166.9000000004 5511298.27, 457165.98000000045 5511298.66, 457199.5499999998 5511385.300000001, 457202.9299999997 5511391.52, 457204.88999999966 5511395.140000001, 457244.6200000001 5511493.4399999995, 457245.4199999999 5511495.41, 457245.9400000004 5511497.73, 457246.28000000026 5511500.76, 457246.4000000004 5511502.359999999, 457245.76999999955 5511503.01, 457249.4900000002 5511506.41, 457252.29000000004 5511503.57, 457306.0999999996 5511449.07, 457308.9299999997 5511446.1899999995, 457313.46999999974 5511441.609999999, 457316.2999999998 5511438.73, 457319.0999999996 5511435.960000001, 457380.26999999955 5511375.42, 457388.7999999998 5511366.98, 457394.78000000026 5511361.0600000005, 457462.7000000002 5511293.85, 457463.28000000026 5511294, 457467.51999999955 5511294.6, 457477.1799999997 5511312.67, 457489.75 5511336.220000001, 457503.0499999998 5511361.119999999, 457517.4299999997 5511388.0600000005, 457525.4500000002 5511403.08, 457532.9199999999 5511417.07, 457535.21999999974 5511421.380000001, 457541.5499999998 5511433.5600000005, 457549.9299999997 5511449.699999999, 457572.61000000034 5511493.359999999, 457592.46999999974 5511531.6, 457602.5599999996 5511551, 457600.61000000034 5511558.4, 457610.13999999966 5511549, 457612.71999999974 5511556.800000001, 457619.6500000004 5511577.74, 457626.38999999966 5511598.130000001, 457647.4199999999 5511661.640000001, 457660.8200000003 5511702.17, 457674.2599999998 5511742.779999999, 457675.91000000015 5511747.800000001, 457683.2000000002 5511770.83, 457686.29000000004 5511780.609999999, 457688.5800000001 5511787.869999999, 457697.9500000002 5511788.539999999, 457926.6299999999 5511861.619999999, 457939.6699999999 5511867.619999999, 457945.73000000045 5511875.699999999, 458034.8099999996 5511994.550000001, 458134.16000000015 5512036.33, 458138.11000000034 5512037.699999999, 458143.01999999955 5512038.869999999, 458199.91000000015 5512052.41, 458253.01999999955 5512065.0600000005, 458303.21999999974 5512077.01, 458350.38999999966 5512088.25, 458396.3099999996 5512099.17, 458439.9900000002 5512109.57, 458482.2999999998 5512119.65, 458473.86000000034 5512242.99, 458472.8799999999 5512259.51, 458476.03000000026 5512262.550000001, 458484.75 5512271.02, 458589.5499999998 5512395.380000001, 458591.71999999974 5512397.65, 458593.9000000004 5512400.880000001, 458599.73000000045 5512409.539999999, 458601.9199999999 5512412.859999999, 458636.9400000004 5512501.279999999, 458637.8200000003 5512503.52, 458653.5700000003 5512549.859999999, 458658.7999999998 5512566.35, 458664.48000000045 5512584.289999999, 458665.71999999974 5512588.210000001, 458553.53000000026 5512640.48, 458546.91000000015 5512643.85, 458543.0700000003 5512645.8100000005, 458534.2400000002 5512650.369999999, 458532.9199999999 5512650.970000001, 458522.9900000002 5512656.029999999, 458515.95999999996 5512659.609999999, 458498.03000000026 5512667.48, 458449.38999999966 5512695.289999999, 458416.86000000034 5512720.57, 458383.3700000001 5512752.550000001, 458320.21999999974 5512817.73, 458279.8499999996 5512868.34, 458248.6699999999 5512919.4, 458165.9199999999 5513030.6, 458163.4199999999 5513034.24, 458066.0599999996 5513167.210000001, 457973.3300000001 5513295.35, 457917.29000000004 5513374.35, 457914.6799999997 5513369.869999999, 457882.7000000002 5513410.199999999, 457865.5700000003 5513434.34, 457831.2999999998 5513482.67, 457823.76999999955 5513493.27, 457796.61000000034 5513523.890000001, 457795.2000000002 5513525.48, 457791.33999999985 5513523.699999999, 457789.78000000026 5513525.23, 457786.16000000015 5513523.550000001, 457786.9299999997 5513528.02, 457721.29000000004 5513592.390000001, 457696.4000000004 5513620.609999999, 457665.91000000015 5513662.4, 457662.6799999997 5513668.039999999, 457641.2000000002 5513705.630000001, 457636.54000000004 5513715.800000001, 457628.8200000003 5513732.699999999, 457620.1699999999 5513751.91, 457615.11000000034 5513765.8100000005, 457611.7000000002 5513775.210000001, 457608.88999999966 5513782.9, 457607.9199999999 5513786.789999999, 457594.71999999974 5513839.91, 457586.9000000004 5513896.32, 457581.79000000004 5514072.0600000005, 457578.2400000002 5514074.18, 457540.21999999974 5514053.800000001, 457531.4199999999 5514049.08, 457525.66000000015 5514045.99, 457469.9500000002 5513995.609999999, 457427.0700000003 5513932.85, 457447.5700000003 5513841.92, 457440.03000000026 5513809.18, 457429.98000000045 5513798.82, 457412.73000000045 5513781.039999999, 457414.5999999996 5513776.26, 457409.21999999974 5513772.84, 457375.79000000004 5513775.779999999, 457370.1200000001 5513777.77, 457334.03000000026 5513790.470000001, 457320.9900000002 5513799.470000001, 457296 5513816.74, 457285.71999999974 5513823.85, 457276.33999999985 5513830.32, 457267.70999999996 5513836.289999999, 457262.61000000034 5513839.82, 457254.88999999966 5513845.16, 457248.79000000004 5513849.359999999, 457187.04000000004 5513695.289999999, 457185.5499999998 5513691.6, 457117.03000000026 5513520.58, 457116.1500000004 5513518.380000001, 457114.6200000001 5513514.57, 457112.46999999974 5513509.199999999, 457228.0999999996 5513525.460000001, 457428.28000000026 5513522.279999999, 457460.4500000002 5513512.970000001, 457482.63999999966 5513458.74, 457493.4299999997 5513432.359999999, 457507.0800000001 5513398.99, 457512.11000000034 5513396.970000001, 457514.03000000026 5513393.59, 457513.2400000002 5513387.92, 457524.4299999997 5513368.57, 457540.20999999996 5513341.279999999, 457554.36000000034 5513316.8100000005, 457568.61000000034 5513292.199999999, 457597.48000000045 5513242.68, 457604.54000000004 5513230.550000001, 457623.33999999985 5513198.300000001, 457630.29000000004 5513186.4, 457634.4299999997 5513179.289999999, 457640.1500000004 5513169.49, 457649.3200000003 5513153.800000001, 457652.9000000004 5513147.65, 457663.1200000001 5513130.15, 457676.38999999966 5513107.41, 457683.2400000002 5513095.68, 457697.6900000004 5513070.92, 457724.01999999955 5513025.869999999, 457728.5800000001 5513018.08, 457742.1900000004 5512994.77, 457752.5 5512977.1, 457770.11000000034 5512946.960000001, 457771.1900000004 5512945.1, 457777.83999999985 5512933.73, 457790.11000000034 5512912.699999999, 457800.88999999966 5512894.24, 457811.6299999999 5512875.83, 457816.9000000004 5512874.26, 457818.6200000001 5512869.710000001, 457815.11000000034 5512868.09, 457776.16000000015 5512835.779999999, 457720.9900000002 5512790.02, 457675.7599999998 5512752.5, 457574.0800000001 5512672.0600000005, 457570.6500000004 5512669.34, 457554.0599999996 5512656.220000001, 457447.6699999999 5512551.3100000005, 457447 5512545.09, 457443.66000000015 5512542.529999999, 457441.6200000001 5512545.91, 457436.3799999999 5512543.0600000005, 457317.0099999998 5512478.34, 457171.3499999996 5512399.34, 457148 5512386.67, 457133.11000000034 5512378.6, 457103.8499999996 5512362.73, 457035.3200000003 5512262.789999999, 457014.5 5512182.42, 456990.2400000002 5512147.24, 456948.3099999996 5512109.08, 456900.3700000001 5512078.24, 456898.9900000002 5512073.550000001, 456897.33999999985 5512076.26, 456893.0999999996 5512072.550000001, 456888.71999999974 5512068.65, 456789.6500000004 5511980.609999999, 456785.20999999996 5511977.859999999, 456777.6500000004 5511973.18, 456688.6699999999 5511918.07, 456668.20999999996 5511905.380000001, 456658.2400000002 5511898.130000001, 456624.0999999996 5511871.99, 456571.71999999974 5511831.859999999, 456524 5511795.3100000005, 456516.6299999999 5511789.65, 456498.1299999999 5511775.48, 456461.6799999997 5511746.130000001, 456461.11000000034 5511744.93, 456457.70999999996 5511737.800000001, 456442.76999999955 5511727.27, 456438.5800000001 5511733.369999999, 456426.6699999999 5511746.15, 456417.1699999999 5511754.199999999, 456411.66000000015 5511758.880000001, 456374.83999999985 5511783.58, 456374.0700000003 5511784.09, 456318.7400000002 5511821.08, 456279.9199999999 5511847.039999999, 456268.1500000004 5511854.9, 456256.1200000001 5511862.720000001, 456248.48000000045 5511867.710000001, 456216 5511888.9399999995, 456204.0499999998 5511897.779999999, 456193.1799999997 5511907.82, 456184.4500000002 5511916.84, 456175.21999999974 5511931.130000001, 456162.38999999966 5511952.119999999, 456143.88999999966 5511982.380000001, 456078.6799999997 5512089.050000001, 455993.11000000034 5512230.619999999, 455985.9299999997 5512226.23, 455941.8300000001 5512199.300000001, 455845.0800000001 5512140.220000001, 455838.1900000004 5512136.01, 455834.79000000004 5512133.93, 455696.96999999974 5512049.65, 455685.88999999966 5512042.890000001, 455682.4900000002 5512040.789999999, 455679.2599999998 5512038.83, 455552.26999999955 5511961.289999999, 455550.6699999999 5511955.630000001, 455589.0800000001 5511882.76, 455601.83999999985 5511858.529999999, 455610.5800000001 5511841.9, 455630.16000000015 5511804.67, 455638.86000000034 5511788.09, 455645.5499999998 5511775.359999999, 455650.48000000045 5511765.99, 455662.0099999998 5511744.039999999, 455663.9299999997 5511740.390000001, 455659.4900000002 5511737.9, 455654.11000000034 5511739.23, 455575.58999999985 5511691.279999999, 455563.5700000003 5511683.9399999995, 455517.26999999955 5511655.73, 455499.20999999996 5511644.73, 455495.5999999996 5511642.52, 455493.8499999996 5511637.85, 455476.8300000001 5511647.33, 455442.46999999974 5511664.25, 455438.0599999996 5511666.41, 455386.2000000002 5511691.9399999995, 455379.0700000003 5511695.539999999, 455374.4500000002 5511697.82, 455364.0700000003 5511702.93, 455242.1299999999 5511762.92, 455237.1500000004 5511765.369999999, 455235.8200000003 5511761.949999999, 455231.3499999996 5511764.07, 455229.66000000015 5511770.369999999, 455202.9900000002 5511792.48, 455149.6299999999 5511854.17, 455139.1299999999 5511866.09, 455096.3499999996 5511914.699999999, 455070.88999999966 5511950.24, 455068.2599999998 5511953.9, 455052.3300000001 5511980.26, 455036.21999999974 5512015.359999999, 455020.5800000001 5512061.67, 455018.73000000045 5512078.550000001, 455013.4500000002 5512126.869999999, 455009.9299999997 5512133.449999999, 454948.63999999966 5512185.34, 454881.88999999966 5512252.699999999, 454880.83999999985 5512254.039999999, 454861.61000000034 5512278.59, 454836.7000000002 5512317.09, 454832.1200000001 5512325.300000001, 454816.71999999974 5512352.890000001, 454772.6200000001 5512472.449999999, 454769.4400000004 5512481.109999999, 454735.16000000015 5512572.949999999, 454729.9400000004 5512575.32, 454726.8200000003 5512577.9, 454743.76999999955 5512601.42, 454759.73000000045 5512623.550000001, 454774.86000000034 5512644.550000001, 454789.29000000004 5512664.57, 454803.08999999985 5512683.699999999, 454816.7599999998 5512702.68, 454827.03000000026 5512716.92, 454830.6699999999 5512721.07, 454845.5700000003 5512738.029999999, 454857.0800000001 5512751.130000001, 454877.9900000002 5512774.949999999, 454880.21999999974 5512778.27, 454884.6799999997 5512784.949999999, 454887.21999999974 5512788.73, 454895.8099999996 5512801.6, 454900.08999999985 5512808, 454923.5800000001 5512843.16, 454940.6299999999 5512868.67, 454957.0800000001 5512893.1, 454992.08999999985 5512945.109999999, 455009.5599999996 5512971.02, 455024.4299999997 5512993.119999999, 455028.2599999998 5512998.140000001, 455032.0599999996 5513003.130000001, 455048.0099999998 5513024.039999999, 455053.1900000004 5513030.83, 455061.2999999998 5513061.529999999, 455061.71999999974 5513063.1, 455069.66000000015 5513087.960000001, 455071.8200000003 5513093.58, 455083.95999999996 5513125.25, 455089.16000000015 5513138.789999999, 455097.83999999985 5513160.35, 455114.2400000002 5513201.15, 454995.4000000004 5513302.630000001, 454998.5599999996 5513305.779999999, 454995.51999999955 5513308.390000001, 454992.03000000026 5513311.359999999, 454989 5513313.949999999, 454908.4000000004 5513382.800000001, 454922.54000000004 5513392.199999999, 454939.45999999996 5513403.460000001, 454979.2999999998 5513434.699999999, 455047.63999999966 5513490.25, 455063.4299999997 5513517.390000001, 455069.1500000004 5513527.23, 455196.53000000026 5513525.49, 455194.86000000034 5513528.359999999, 455185.5499999998 5513532.039999999, 455160.78000000026 5513555.99, 455136.25 5513576.26, 455109.2999999998 5513593.83, 455089.61000000034 5513603.779999999, 455081.41000000015 5513607.9399999995, 455077.5999999996 5513609.859999999, 455076.75 5513602.57, 455072.63999999966 5513607.880000001, 455071.13999999966 5513608.640000001, 455055.4500000002 5513612.85, 455026.76999999955 5513628.23, 454998.03000000026 5513633.109999999, 454996.51999999955 5513633.369999999, 454966.5800000001 5513634.76, 454958.6200000001 5513634.460000001, 454953.6200000001 5513634.279999999, 454948.54000000004 5513634.109999999, 454940.9000000004 5513633.83, 454935.8200000003 5513633.65, 454927.83999999985 5513633.359999999, 454744.46999999974 5513626.779999999, 454741.4000000004 5513622.4399999995, 454737.1500000004 5513622.289999999, 454730.5700000003 5513626.289999999, 454693.9299999997 5513624.960000001, 454671.04000000004 5513611.640000001, 454666.8700000001 5513611.18, 454657.5700000003 5513614.8100000005, 454647.6200000001 5513615.17, 454638.1200000001 5513615.539999999, 454630.9400000004 5513619.380000001, 454609.4000000004 5513619.34, 454576.1200000001 5513620.970000001, 454541 5513627.09, 454507.58999999985 5513636.550000001, 454477.0999999996 5513649, 454457.7000000002 5513659.42, 454445.61000000034 5513665.9, 454418.41000000015 5513684.050000001, 454401.83999999985 5513696.43, 454394.4500000002 5513695.710000001, 454385.08999999985 5513685.380000001, 454378.51999999955 5513679.35, 454370.6900000004 5513674.609999999, 454361.1299999999 5513670.98, 454351.3200000003 5513668.65, 454341.38999999966 5513667.23, 454318.1699999999 5513666.029999999, 454301.3499999996 5513651.09, 454296.4299999997 5513649.01, 454291.0999999996 5513648.859999999, 454284.8499999996 5513650.460000001, 454279.0099999998 5513652.99, 454276.26999999955 5513652.85, 454275.75 5513652.83, 454256.6500000004 5513630.9399999995, 454253.4299999997 5513627.25, 454246.66000000015 5513619.49, 454173.16000000015 5513535.25, 454164.1699999999 5513524.949999999, 454153.45999999996 5513512.66, 454123.2000000002 5513456.84, 454116.8499999996 5513445.109999999, 454112.41000000015 5513436.92, 454107.0999999996 5513429.460000001, 454101.0700000003 5513420.960000001, 453997.9299999997 5513275.8100000005, 453991.8300000001 5513267.220000001, 453980.03000000026 5513250.609999999, 453976.29000000004 5513245.35, 453944.9500000002 5513143.609999999, 453941.9900000002 5513134.01, 453945.8499999996 5513135.24, 453940.83999999985 5513130.23, 453932.91000000015 5513104.359999999, 453927.41000000015 5513086.460000001, 453909.2999999998 5513048.800000001, 453901.0800000001 5513019.4399999995, 453891.41000000015 5512981.779999999, 453890.2400000002 5512965.48, 453889.3799999999 5512953.49, 453887.45999999996 5512927.619999999, 453886.66000000015 5512889.130000001, 453881.45999999996 5512861.859999999, 453872.3499999996 5512836.050000001, 453856.46999999974 5512776.710000001, 453857.3700000001 5512756.5, 453859.04000000004 5512748.3100000005, 453861.4000000004 5512736.529999999, 453863.0599999996 5512727.949999999, 453863.9400000004 5512709.699999999, 453861.70999999996 5512695.9, 453844.0099999998 5512649.699999999, 453821.73000000045 5512578.539999999, 453818.13999999966 5512567.08, 453815.29000000004 5512557.93, 453802.9900000002 5512444.98, 453793.1699999999 5512356, 453791.75 5512343.1, 453789.79000000004 5512325.34, 453781.51999999955 5512304.359999999, 453778.3300000001 5512291.41, 453781.04000000004 5512194.039999999, 453781.2599999998 5512186, 453785.25 5512186.050000001, 453782 5512182.15, 453790.76999999955 5512136.779999999, 453801.2000000002 5512109.640000001, 453828.95999999996 5512059.890000001, 453833.0999999996 5512032.970000001, 453832.88999999966 5512020.380000001, 453832.7999999998 5512016.34, 453832.54000000004 5512000.65, 453832.3300000001 5511991.74, 453831.88999999966 5511971.91, 453828.66000000015 5511945.77, 453827.5599999996 5511926.01, 453828.23000000045 5511909.199999999, 453832.9000000004 5511891.99, 453850.5099999998 5511867.01, 453866.95999999996 5511848.57, 453871.0099999998 5511840.34, 453871.4900000002 5511836.09, 453879.95999999996 5511759.800000001, 453881.2400000002 5511748.26, 453884.0999999996 5511701.1, 453887.5099999998 5511684.970000001, 453892.98000000045 5511672.859999999, 453906.0700000003 5511646.73, 453908.4199999999 5511643.529999999, 453933.6200000001 5511608.9399999995, 453950.11000000034 5511541.550000001, 453954.95999999996 5511485.68, 453965.1900000004 5511459.58, 453973.4000000004 5511445.01, 453975.4199999999 5511441.4399999995, 453980.21999999974 5511435.1, 453991.5099999998 5511420.220000001, 454012.7000000002 5511402.74, 454015.6500000004 5511401.279999999, 454048.3799999999 5511384.99, 454075.7000000002 5511370.720000001, 454096.45999999996 5511340.9399999995, 454103.2999999998 5511331.119999999, 454136.5599999996 5511283.42, 454156.76999999955 5511230.130000001, 454163.8799999999 5511213.85, 454180.71999999974 5511193.93, 454202.13999999966 5511176.550000001, 454234.03000000026 5511161.85, 454232.21999999974 5511158.300000001, 454235.9199999999 5511156.77, 454282.5599999996 5511137.449999999, 454302.0800000001 5511120.789999999, 454334.6200000001 5511095.289999999, 454347.75 5511089.23, 454362.4199999999 5511064.6, 454378.96999999974 5511043.66, 454397.1200000001 5511028.52, 454417.0499999998 5511022.130000001)))</t>
   </si>
   <si>
     <t>https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=6216-401</t>
   </si>
   <si>
     <t>https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg6216-401</t>
   </si>
   <si>
-    <t>https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/vsg_sdb_6216-401.pdf</t>
+    <t>https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/vsg_sdb_6216-401.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -510,90 +510,90 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vogelschutzgebiet&amp;layers=vogelschutzgebiet&amp;qid=VSG-7000-031" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=6216-401" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg6216-401" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/vsg_sdb_6216-401.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vogelschutzgebiet&amp;layers=vogelschutzgebiet&amp;qid=VSG-7000-031" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=6216-401" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg6216-401" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/vsg_sdb_6216-401.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:X2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="36.7109375" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="6" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="25" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="178.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="15.5703125" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="42.42578125" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="178" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="81.85546875" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="76.28515625" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="73.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -664,51 +664,51 @@
       <c r="E2" t="s">
         <v>27</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>28</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>29</v>
       </c>
       <c r="J2" t="s">
         <v>30</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>31</v>
       </c>
       <c r="N2">
         <v>109738</v>
       </c>
       <c r="O2" s="3">
-        <v>45970.00329511002</v>
+        <v>46045.48325779179</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2" t="s">
         <v>35</v>
       </c>
       <c r="T2" t="s">
         <v>36</v>
       </c>
       <c r="U2" t="s">
         <v>37</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>38</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>39</v>
       </c>