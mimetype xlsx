--- v0 (2025-11-21)
+++ v1 (2026-01-23)
@@ -132,51 +132,51 @@
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>Naturschutz</t>
   </si>
   <si>
     <t>Vogelschutzgebiet besonderer Bedeutung (EG)</t>
   </si>
   <si>
     <t>Natura 2000</t>
   </si>
   <si>
     <t>DE-6215-401</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((444311.98000000045 5505838.0600000005, 444332.7999999998 5505839.359999999, 444336.79000000004 5505839.609999999, 444401.41000000015 5505843.640000001, 444402.0700000003 5505840.1899999995, 444406.11000000034 5505840.460000001, 444409.1299999999 5505840.65, 444408.38999999966 5505844.550000001, 444447.5599999996 5505847.130000001, 444457.03000000026 5505847.76, 444467.0599999996 5505848.42, 444483.25 5505849.48, 444488.83999999985 5505849.85, 444503.28000000026 5505850.789999999, 444518.0499999998 5505851.77, 444526.1200000001 5505852.3100000005, 444534.2999999998 5505852.84, 444557.4400000004 5505854.369999999, 444569.5999999996 5505855.16, 444580.95999999996 5505855.92, 444591.73000000045 5505856.619999999, 444595.21999999974 5505856.85, 444596.20999999996 5505856.91, 444611.1799999997 5505857.84, 444626.7000000002 5505858.800000001, 444645.7599999998 5505859.98, 444670.6699999999 5505861.52, 444686.95999999996 5505862.529999999, 444707.36000000034 5505863.789999999, 444727.75 5505865.039999999, 444744.21999999974 5505866.07, 444753.3099999996 5505866.630000001, 444796.3200000003 5505869.369999999, 444821.78000000026 5505873.8100000005, 444844.61000000034 5505882.41, 444856.6500000004 5505884.890000001, 444878.66000000015 5505886.23, 444897.53000000026 5505887.369999999, 444911.21999999974 5505888.199999999, 444912.3099999996 5505884.23, 444915.58999999985 5505884.130000001, 444934.45999999996 5505883.52, 444955.6299999999 5505881.970000001, 444971.7000000002 5505879.43, 444988.11000000034 5505878.02, 444995.63999999966 5505878.42, 445010.7599999998 5505878.880000001, 445026.1200000001 5505879.85, 445046.48000000045 5505881.15, 445056.83999999985 5505882.859999999, 445105.3700000001 5505885.779999999, 445161.5700000003 5505889.16, 445098.71999999974 5506076.16, 445096.5 5506082.800000001, 445094.4400000004 5506089.51, 445101.33999999985 5506092.59, 445106.66000000015 5506090.140000001, 445114.21999999974 5506093.130000001, 445130.4900000002 5506099.550000001, 445149.83999999985 5506107.199999999, 445160.51999999955 5506111.42, 445177.53000000026 5506118.140000001, 445250.48000000045 5506145.07, 445254.01999999955 5506146.380000001, 445253.88999999966 5506146.75, 445261.3300000001 5506149.49, 445328.48000000045 5506174.25, 445330.3300000001 5506174.9399999995, 445350.6699999999 5506182.4399999995, 445392.26999999955 5506198.970000001, 445394.36000000034 5506204.09, 445365.0599999996 5506267.9399999995, 445353.0800000001 5506294.050000001, 445334.41000000015 5506334.74, 445326.38999999966 5506350.8100000005, 445322.88999999966 5506357.77, 445315.1200000001 5506377.01, 445285.83999999985 5506457.050000001, 445277.4299999997 5506464.59, 445284.0700000003 5506461.26, 445288.6500000004 5506462.619999999, 445291.21999999974 5506467.859999999, 445321.0700000003 5506478.76, 445337.4900000002 5506484.76, 445341.01999999955 5506489.470000001, 445353.73000000045 5506493.9399999995, 445365.3499999996 5506496.84, 445386.71999999974 5506498.609999999, 445385.5099999998 5506501.449999999, 445400.2599999998 5506505, 445405.04000000004 5506506.15, 445431.23000000045 5506512.460000001, 445442.7000000002 5506515.09, 445447.3499999996 5506516.130000001, 445465.4900000002 5506520.210000001, 445481.9900000002 5506523.91, 445496.6699999999 5506527.199999999, 445511.4199999999 5506530.52, 445521.96999999974 5506532.890000001, 445526.88999999966 5506534, 445531.9299999997 5506531.140000001, 445529.53000000026 5506538.9399999995, 445528.6799999997 5506541.699999999, 445527.4299999997 5506545.77, 445532.9299999997 5506546.92, 445536.5700000003 5506547.67, 445608.9199999999 5506562.82, 445610.38999999966 5506563.130000001, 445637.9400000004 5506568.9, 445647.5999999996 5506570.93, 445649.36000000034 5506571.34, 445722.1699999999 5506588.16, 445734.1200000001 5506590.92, 445743.70999999996 5506593.130000001, 445750.0599999996 5506594.59, 445770.48000000045 5506597.57, 445787.76999999955 5506600.08, 445798.95999999996 5506601.699999999, 445823.28000000026 5506605.23, 445827.16000000015 5506605.800000001, 445843.76999999955 5506608.210000001, 445845.6799999997 5506608.48, 445880.3799999999 5506613.529999999, 445890.2999999998 5506614.960000001, 445919.5499999998 5506723.449999999, 445926.0499999998 5506745.779999999, 445933.6799999997 5506766.84, 445974.5999999996 5506869.199999999, 445994.46999999974 5506916.970000001, 446006.3700000001 5506949.390000001, 446012.33999999985 5506964.869999999, 446025.7000000002 5506996.59, 446031.6500000004 5507010.720000001, 446041.86000000034 5507033.16, 446049.51999999955 5507051.41, 446073.6900000004 5507110.199999999, 446076.1299999999 5507116.5, 446078.51999999955 5507122.67, 446084.3200000003 5507137.630000001, 446088.5099999998 5507145, 446119.1900000004 5507201.02, 446136.01999999955 5507232.43, 446151.3499999996 5507261.039999999, 446153.3099999996 5507263.99, 446161.4299999997 5507277.98, 446168.46999999974 5507290.41, 446171.76999999955 5507295.390000001, 446186.66000000015 5507320.9, 446215.5800000001 5507372.41, 446257.75 5507448.949999999, 446272.01999999955 5507481.890000001, 446281.7599999998 5507515.949999999, 446286.61000000034 5507538.1899999995, 446287.23000000045 5507542.34, 446288.9400000004 5507553.609999999, 446294.6200000001 5507590.859999999, 446301.6500000004 5507636.960000001, 446302.6200000001 5507643.289999999, 446314.1900000004 5507718.9399999995, 446318.83999999985 5507749.3100000005, 446319.46999999974 5507753.51, 446321.8300000001 5507768.9399999995, 446324.1299999999 5507783.93, 446324.8099999996 5507797.380000001, 446326.63999999966 5507800.279999999, 446327.4000000004 5507814.48, 446326.3099999996 5507826.289999999, 446326.20999999996 5507830.17, 446326.4199999999 5507831.09, 446323.8200000003 5507845.710000001, 446308.0099999998 5507926.279999999, 446302.83999999985 5507933.109999999, 446291.53000000026 5507935.4, 446241.41000000015 5507930.43, 446166.4500000002 5507922.33, 446151.9299999997 5507920.699999999, 446147.91000000015 5507920.25, 446036.8099999996 5507907.720000001, 446013.71999999974 5507905.199999999, 446008.6799999997 5507904.51, 446014.08999999985 5507876.33, 446015.8700000001 5507867.09, 446020.11000000034 5507845.029999999, 446023.6500000004 5507826.619999999, 446024.4299999997 5507822.59, 446026.6299999999 5507814.99, 446021.73000000045 5507817.98, 446003.48000000045 5507813.220000001, 445994.61000000034 5507810.91, 445986.6500000004 5507808.82, 445978.6699999999 5507806.74, 445967.13999999966 5507803.73, 445955.88999999966 5507800.800000001, 445947.5599999996 5507798.630000001, 445940.4400000004 5507796.77, 445934.4199999999 5507795.1899999995, 445921.6900000004 5507791.869999999, 445915.9900000002 5507790.390000001, 445893.01999999955 5507784.380000001, 445871.70999999996 5507778.82, 445848.78000000026 5507772.83, 445837 5507769.76, 445825.6900000004 5507766.800000001, 445814.66000000015 5507763.92, 445801.21999999974 5507760.42, 445790.66000000015 5507757.66, 445781.9400000004 5507755.390000001, 445773.48000000045 5507753.18, 445752.48000000045 5507747.699999999, 445741.3300000001 5507744.779999999, 445719.26999999955 5507739.02, 445716.01999999955 5507733.460000001, 445717.04000000004 5507728, 445721.8300000001 5507697.5, 445723.6900000004 5507688.58, 445719.51999999955 5507687.9399999995, 445698.6699999999 5507693.58, 445620.13999999966 5507700.300000001, 445604.25 5507702.199999999, 445602.25 5507702.4399999995, 445602.23000000045 5507700.529999999, 445590.16000000015 5507701.960000001, 445548.5700000003 5507706.9, 445547.0800000001 5507716.59, 445547.79000000004 5507724.08, 445544.23000000045 5507728.109999999, 445488.8300000001 5507722.0600000005, 445458.6299999999 5507718.76, 445428.03000000026 5507717.92, 445412.6900000004 5507714.83, 445401.91000000015 5507712.66, 445391.54000000004 5507710.57, 445386.7000000002 5507708.0600000005, 445376.0599999996 5507702.550000001, 445352.4000000004 5507690.289999999, 445320.45999999996 5507673.74, 445314.78000000026 5507670.789999999, 445304.1299999999 5507665.27, 445258.70999999996 5507641.73, 445213.0700000003 5507618.08, 445202.4400000004 5507612.58, 445184 5507603, 445176.8099999996 5507599.289999999, 445164.8300000001 5507593.08, 445159.5499999998 5507590.35, 445146.9500000002 5507583.8100000005, 445131.41000000015 5507575.77, 445122.0999999996 5507570.9399999995, 445107.26999999955 5507563.25, 445101.6699999999 5507560.359999999, 445088.0499999998 5507553.300000001, 445079.1799999997 5507548.6899999995, 445068.86000000034 5507543.35, 445030 5507523.220000001, 445019.2999999998 5507517.68, 444991.9000000004 5507503.51, 444982.6200000001 5507498.710000001, 444924.1299999999 5507468.460000001, 444919.3300000001 5507465.98, 444902.91000000015 5507457.49, 444887.2000000002 5507449.369999999, 444868.96999999974 5507444.6899999995, 444857.20999999996 5507441.66, 444851.3099999996 5507440.140000001, 444832.9400000004 5507435.43, 444818.5800000001 5507431.75, 444815.5800000001 5507429.880000001, 444811.33999999985 5507427.220000001, 444801.86000000034 5507421.32, 444791.9199999999 5507418.779999999, 444770.01999999955 5507419.15, 444697.9900000002 5507400.59, 444686.2000000002 5507397.550000001, 444681.8499999996 5507396.43, 444669.0700000003 5507393.130000001, 444656.5599999996 5507389.92, 444643 5507386.42, 444617.95999999996 5507379.970000001, 444611.04000000004 5507378.17, 444593.4199999999 5507373.640000001, 444564.58999999985 5507366.199999999, 444547.9400000004 5507361.9, 444535.0700000003 5507358.59, 444522.2999999998 5507355.300000001, 444505.5499999998 5507350.98, 444487.63999999966 5507346.359999999, 444484.54000000004 5507345.5600000005, 444481.83999999985 5507340.77, 444477.96999999974 5507339.77, 444472.9900000002 5507342.33, 444463.5800000001 5507339.279999999, 444437.4299999997 5507330.82, 444420.8799999999 5507325.460000001, 444410.13999999966 5507321.970000001, 444394.36000000034 5507316.869999999, 444390.8700000001 5507315.74, 444383.1200000001 5507313.23, 444351.9299999997 5507303.119999999, 444344.0700000003 5507300.57, 444331.20999999996 5507296.41, 444325.3499999996 5507294.51, 444302.9199999999 5507287.539999999, 444279.5599999996 5507280.279999999, 444255.5 5507272.789999999, 444246.0700000003 5507269.859999999, 444216.36000000034 5507260.619999999, 444200.08999999985 5507255.5600000005, 444182.1299999999 5507249.98, 444168.78000000026 5507245.83, 444157.38999999966 5507242.119999999, 444132.0599999996 5507233.630000001, 444108.0599999996 5507225.619999999, 444088.8300000001 5507219.199999999, 444030.9000000004 5507199.83, 444018.0099999998 5507195.52, 444006.8300000001 5507191.779999999, 443980.66000000015 5507183.050000001, 443953.5 5507173.98, 443951.04000000004 5507168.85, 443947.21999999974 5507167.65, 443942.1799999997 5507170.1, 443773.54000000004 5507109.76, 443770.95999999996 5507104.609999999, 443766.9500000002 5507104.0600000005, 443761.0700000003 5507122.92, 443757.98000000045 5507132.83, 443679.6799999997 5507105.57, 443597.1500000004 5507075.029999999, 443595 5507083.25, 443585.23000000045 5507120.550000001, 443584.73000000045 5507122.49, 443582.73000000045 5507130.109999999, 443580.23000000045 5507139.66, 443578.1699999999 5507147.58, 443576.08999999985 5507155.5, 443572.4000000004 5507169.630000001, 443566.88999999966 5507190.6899999995, 443565.54000000004 5507195.890000001, 443559.86000000034 5507217.609999999, 443556.38999999966 5507230.91, 443550.5599999996 5507253.23, 443553.28000000026 5507258.43, 443549.54000000004 5507257.1, 443541.9400000004 5507254.390000001, 443538.9900000002 5507253.34, 443513.73000000045 5507244.33, 443505.3499999996 5507241.35, 443496.98000000045 5507238.359999999, 443488.61000000034 5507235.380000001, 443480.23000000045 5507232.390000001, 443471.9000000004 5507229.42, 443466.2000000002 5507227.390000001, 443463.5499999998 5507226.67, 443446.78000000026 5507222.050000001, 443430.5 5507217.57, 443416.91000000015 5507213.83, 443388.5700000003 5507206.029999999, 443373.9199999999 5507202, 443363.3200000003 5507199.08, 443352.71999999974 5507196.16, 443325.9199999999 5507188.789999999, 443311.9500000002 5507184.949999999, 443295.1799999997 5507180.33, 443287.3499999996 5507178.18, 443282.36000000034 5507176.800000001, 443267.48000000045 5507173.5600000005, 443234.0800000001 5507166.26, 443211.8099999996 5507161.4, 443199.70999999996 5507158.75, 443181.63999999966 5507154.8100000005, 443175.38999999966 5507153.43, 443166.6500000004 5507151.529999999, 443157.9199999999 5507149.619999999, 443140.4299999997 5507145.800000001, 443123.4400000004 5507142.09, 443094.79000000004 5507135.83, 443089.9000000004 5507134.77, 443085.0599999996 5507133.51, 443080.23000000045 5507132.25, 443009.45999999996 5507113.890000001, 443006.58999999985 5507109.01, 443005.5800000001 5507112.890000001, 442997.79000000004 5507111, 442879.2599999998 5507080.210000001, 442839.95999999996 5507069.949999999, 442828.3499999996 5507066.9399999995, 442763.4199999999 5507050.1, 442681.2000000002 5507029.25, 442677.0700000003 5507027.699999999, 442667.98000000045 5507025.35, 442664.16000000015 5507024.15, 442606.91000000015 5507006.33, 442465.0099999998 5506962.130000001, 442461.2000000002 5506960.9399999995, 442454.3200000003 5506956.41, 442354.3499999996 5506890.34, 442344.51999999955 5506883.84, 442341.1799999997 5506881.630000001, 442333.3499999996 5506880.08, 442245.8300000001 5506862.880000001, 442181.3799999999 5506850.220000001, 442177.4500000002 5506849.449999999, 442169.58999999985 5506847.75, 442168.0800000001 5506851.51, 442170.4299999997 5506856.029999999, 442138.88999999966 5506928.84, 442109.96999999974 5507003.43, 442104.53000000026 5507006.91, 442074.66000000015 5507004.880000001, 442021.71999999974 5506997.67, 442018.9400000004 5506993.32, 442069.83999999985 5506834.380000001, 442075.03000000026 5506831.4, 442076.3799999999 5506827.65, 442072.28000000026 5506826.76, 442062.3799999999 5506823.16, 442045.33999999985 5506816.970000001, 442037.6799999997 5506814.18, 442016.9400000004 5506806.640000001, 442014.03000000026 5506805.58, 442000.3799999999 5506800.619999999, 441991.79000000004 5506797.49, 441983.8200000003 5506794.58, 441966.0800000001 5506788.1, 441943.54000000004 5506779.890000001, 441923.9199999999 5506772.73, 441901.29000000004 5506764.48, 441893.46999999974 5506761.630000001, 441889.70999999996 5506760.26, 441881.63999999966 5506758.789999999, 441865.96999999974 5506755.949999999, 441854.4900000002 5506753.859999999, 441842.46999999974 5506751.699999999, 441832.26999999955 5506749.84, 441821.76999999955 5506747.9399999995, 441800.73000000045 5506744.119999999, 441799.29000000004 5506743.869999999, 441783.3300000001 5506740.99, 441772.79000000004 5506739.08, 441763.6299999999 5506737.43, 441754.6200000001 5506735.800000001, 441735.13999999966 5506732.289999999, 441717.1699999999 5506729.050000001, 441689.4299999997 5506724.050000001, 441673.2000000002 5506721.119999999, 441670.3099999996 5506716.539999999, 441701.9000000004 5506576.029999999, 441710.25 5506570.960000001, 441714.3799999999 5506570.539999999, 441713.8499999996 5506564.57, 441709.9900000002 5506564.960000001, 441702.21999999974 5506565.300000001, 441697.33999999985 5506565.51, 441685.04000000004 5506566.029999999, 441668.71999999974 5506566.720000001, 441653.2400000002 5506567.380000001, 441645.8200000003 5506567.699999999, 441638.46999999974 5506567.75, 441628.8799999999 5506567.84, 441615.6799999997 5506567.9399999995, 441607.9299999997 5506568.01, 441600.3300000001 5506568.08, 441592.6799999997 5506568.130000001, 441600.6900000004 5506512.970000001, 441607.53000000026 5506472.029999999, 441599.7000000002 5506470.8100000005, 441588.3200000003 5506469.029999999, 441574.9199999999 5506469.84, 441554.54000000004 5506471.050000001, 441531.71999999974 5506472.43, 441523.6799999997 5506472.91, 441520.0499999998 5506471.26, 441517.2999999998 5506470.02, 441515.0800000001 5506469.02, 441509.0800000001 5506466.300000001, 441490.26999999955 5506457.800000001, 441487.53000000026 5506456.5600000005, 441483.13999999966 5506457.85, 441474.0499999998 5506471.57, 441472.2400000002 5506475.119999999, 441460.01999999955 5506468.3100000005, 441450.8200000003 5506463.18, 441432.8499999996 5506453.16, 441427.03000000026 5506454.460000001, 441434.04000000004 5506444.6899999995, 441441.54000000004 5506434.24, 441443.0499999998 5506432.119999999, 441444.8799999999 5506429.609999999, 441440.3300000001 5506427.130000001, 441423.1699999999 5506418.210000001, 441417.78000000026 5506415.3100000005, 441418.9400000004 5506413.050000001, 441431.01999999955 5506389.470000001, 441373.5 5506382.609999999, 441369.2599999998 5506386.130000001, 441370.11000000034 5506374.16, 441370.13999999966 5506373.6899999995, 441370.70999999996 5506365.77, 441371.25 5506361.76, 441371.73000000045 5506358.300000001, 441372.54000000004 5506352.359999999, 441373.76999999955 5506343.42, 441374.58999999985 5506337.49, 441375.61000000034 5506330.1, 441376.5800000001 5506323.07, 441381.6799999997 5506285.92, 441384.13999999966 5506270.9, 441385.7000000002 5506261.359999999, 441390.08999999985 5506234.5600000005, 441391.76999999955 5506224.33, 441395.2599999998 5506203, 441398.16000000015 5506176.630000001, 441399.54000000004 5506164.01, 441401.4900000002 5506146.210000001, 441404.3099999996 5506120.550000001, 441406.1799999997 5506103.41, 441406.26999999955 5506102.630000001, 441408.5 5506083.02, 441410.6699999999 5506063.9399999995, 441412.13999999966 5506051.02, 441413.4299999997 5506039.6, 441414.79000000004 5506027.58, 441416.0499999998 5506016.66, 441417.3799999999 5506004.93, 441417.73000000045 5506001.75, 441419.51999999955 5505986.16, 441422.1299999999 5505963.32, 441426.2000000002 5505927.58, 441427.91000000015 5505912.57, 441428.66000000015 5505905.93, 441435.4199999999 5505900.4399999995, 441540.4199999999 5505907.9, 441543.5 5505912.109999999, 441547.8499999996 5505911.26, 441554.26999999955 5505910.01, 441555.1299999999 5505906.52, 441558.4000000004 5505910.02, 441558.61000000034 5505909.140000001, 441559.54000000004 5505905.25, 441565.73000000045 5505906.880000001, 441560.5099999998 5505902.15, 441552.58999999985 5505879.9399999995, 441543.75 5505855.17, 441546.38999999966 5505851.16, 441563.9000000004 5505850.050000001, 441618.66000000015 5505850.48, 441620.6299999999 5505850.43, 441653.54000000004 5505849.73, 441663.63999999966 5505848.74, 441684.2400000002 5505846.76, 441691.8300000001 5505849.65, 441699.5999999996 5505850.58, 441707.5099999998 5505851.539999999, 441707.9000000004 5505848.550000001, 441717.1799999997 5505849.75, 441727.4400000004 5505851.07, 441749.61000000034 5505853.92, 441788.63999999966 5505857.57, 441822.5599999996 5505859.84, 441884.9000000004 5505860.4, 441913.53000000026 5505859.710000001, 441945.3799999999 5505858.050000001, 442028.98000000045 5505847.73, 442087.01999999955 5505838.09, 442128.0099999998 5505834.91, 442139.28000000026 5505835.050000001, 442157.36000000034 5505835.1899999995, 442182.4299999997 5505835.369999999, 442206.9299999997 5505834.75, 442240.20999999996 5505829.17, 442352.53000000026 5505801.98, 442403.4000000004 5505792.140000001, 442434.70999999996 5505784.890000001, 442486.23000000045 5505769.75, 442493.23000000045 5505767.92, 442500.6799999997 5505765.970000001, 442592.8700000001 5505744.289999999, 442625.38999999966 5505737.26, 442674.6900000004 5505726.33, 442680.75 5505725.3100000005, 442691.13999999966 5505726.01, 442703.3499999996 5505726.83, 442706.83999999985 5505727.09, 442759.1900000004 5505730.630000001, 442769.4299999997 5505734.75, 442786.38999999966 5505745.1, 442799.2599999998 5505746.9, 442811.29000000004 5505742.199999999, 442820.25 5505741.289999999, 442835.7000000002 5505745.83, 442837.0700000003 5505746.16, 442840.08999999985 5505746.869999999, 442849.3099999996 5505749.02, 442869.75 5505751.9, 442901.8499999996 5505755.32, 442930.0599999996 5505758.83, 442936.5599999996 5505760.24, 442965.58999999985 5505760.289999999, 442967.5999999996 5505760.34, 442969.8700000001 5505760.390000001, 442969.8200000003 5505759.800000001, 442986.4299999997 5505759.83, 443050.6799999997 5505764.869999999, 443100.73000000045 5505761.289999999, 443105.76999999955 5505761.08, 443109.88999999966 5505760.93, 443115.4400000004 5505760.710000001, 443143.29000000004 5505761.1, 443168.9500000002 5505762.91, 443195.1799999997 5505774.960000001, 443195.4299999997 5505780.84, 443199.8300000001 5505760.57, 443203.8200000003 5505760.84, 443201.88999999966 5505769.68, 443207.9500000002 5505765.130000001, 443303.36000000034 5505771.550000001, 443307.20999999996 5505776.779999999, 443309.3099999996 5505767.960000001, 443316.41000000015 5505768.449999999, 443315.46999999974 5505772.43, 443341.8099999996 5505774.1899999995, 443352.01999999955 5505774.890000001, 443362.1500000004 5505775.5600000005, 443384.58999999985 5505777.08, 443406.33999999985 5505778.550000001, 443416.1200000001 5505779.210000001, 443432.20999999996 5505780.279999999, 443432.7000000002 5505780.32, 443459.11000000034 5505782.27, 443477.8499999996 5505783.66, 443496.1799999997 5505785.01, 443520.20999999996 5505786.789999999, 443529.4299999997 5505787.470000001, 443530.5700000003 5505787.550000001, 443539.6500000004 5505788.16, 443561.4000000004 5505789.609999999, 443583.04000000004 5505791.0600000005, 443621.73000000045 5505793.65, 443624.61000000034 5505793.85, 443643.1799999997 5505794.949999999, 443659.0499999998 5505795.9, 443715.04000000004 5505799.26, 443733.79000000004 5505800.470000001, 443811.48000000045 5505805.49, 443819.53000000026 5505806.029999999, 443822.5499999998 5505806.24, 443836.01999999955 5505807.18, 443851.0800000001 5505808.24, 443873.7999999998 5505809.82, 443897.6900000004 5505811.49, 443917.4500000002 5505812.869999999, 443925.4199999999 5505813.42, 443959.04000000004 5505815.77, 443999.13999999966 5505818.550000001, 444030.0599999996 5505820.710000001, 444044.61000000034 5505821.73, 444047.78000000026 5505821.93, 444067.8300000001 5505823.23, 444099.04000000004 5505825.25, 444114.2000000002 5505826.23, 444119.66000000015 5505826.58, 444137.8300000001 5505827.76, 444146.4000000004 5505828.32, 444154.95999999996 5505828.970000001, 444208.95999999996 5505833.039999999, 444227.70999999996 5505833.84, 444257.01999999955 5505835.1, 444260.1299999999 5505839.18, 444261.9199999999 5505831.390000001, 444265.9500000002 5505831.640000001, 444265.13999999966 5505835.15, 444311.98000000045 5505838.0600000005)))</t>
   </si>
   <si>
     <t>https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=6215-401</t>
   </si>
   <si>
     <t>https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg6215-401</t>
   </si>
   <si>
-    <t>https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/vsg_sdb_6215-401.pdf</t>
+    <t>https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/vsg_sdb_6215-401.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -510,90 +510,90 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vogelschutzgebiet&amp;layers=vogelschutzgebiet&amp;qid=VSG-7000-030" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=6215-401" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg6215-401" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/vsg_sdb_6215-401.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vogelschutzgebiet&amp;layers=vogelschutzgebiet&amp;qid=VSG-7000-030" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=6215-401" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg6215-401" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/vsg_sdb_6215-401.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:X2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="36.5703125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="6" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="12.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="178.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="15.5703125" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="42.42578125" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="178" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="81.85546875" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="76.28515625" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="73.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -664,51 +664,51 @@
       <c r="E2" t="s">
         <v>27</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>28</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>29</v>
       </c>
       <c r="J2" t="s">
         <v>30</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>31</v>
       </c>
       <c r="N2">
         <v>109737</v>
       </c>
       <c r="O2" s="3">
-        <v>45982.14846353285</v>
+        <v>46045.56755709296</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2" t="s">
         <v>35</v>
       </c>
       <c r="T2" t="s">
         <v>36</v>
       </c>
       <c r="U2" t="s">
         <v>37</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>38</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>39</v>
       </c>