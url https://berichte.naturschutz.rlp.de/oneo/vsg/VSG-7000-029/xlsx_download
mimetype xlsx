--- v0 (2025-11-10)
+++ v1 (2026-01-23)
@@ -132,51 +132,51 @@
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>Naturschutz</t>
   </si>
   <si>
     <t>Vogelschutzgebiet besonderer Bedeutung (EG)</t>
   </si>
   <si>
     <t>Natura 2000</t>
   </si>
   <si>
     <t>DE-6210-401</t>
   </si>
   <si>
     <t xml:space="preserve">MULTIPOLYGON (((408787.7400000002 5515756.619999999, 408770.4000000004 5515731.42, 408758.21999999974 5515703.82, 408747.8099999996 5515680.199999999, 408731.0999999996 5515651.43, 408715.29000000004 5515647.49, 408716.5499999998 5515641.75, 408721.1699999999 5515639.199999999, 408730.9500000002 5515631.5600000005, 408730.20999999996 5515629.01, 408630.5700000003 5515614.970000001, 408604.48000000045 5515608.380000001, 408603.2999999998 5515635.609999999, 408596.9500000002 5515639.779999999, 408580.33999999985 5515639.960000001, 408582.20999999996 5515655.91, 408588.9000000004 5515712.52, 408600.1200000001 5515713.74, 408611.75 5515714.99, 408613.2400000002 5515714.93, 408622.78000000026 5515714.52, 408635.4500000002 5515713.98, 408648.11000000034 5515713.449999999, 408655.5700000003 5515713.119999999, 408692.13999999966 5515721.039999999, 408709.76999999955 5515727.9399999995, 408712.3799999999 5515729.869999999, 408724.0800000001 5515738.539999999, 408730.23000000045 5515743.07, 408733.79000000004 5515745.710000001, 408758.8099999996 5515770.029999999, 408771.0499999998 5515784.76, 408781.04000000004 5515793.369999999, 408800.8300000001 5515806.15, 408814.25 5515809.17, 408845.4000000004 5515806.210000001, 408871.9500000002 5515806.74, 408863.5499999998 5515799.390000001, 408787.7400000002 5515756.619999999)), ((409382.0599999996 5516403.82, 409391.75 5516402.859999999, 409408.6299999999 5516400.65, 409414.0700000003 5516399.699999999, 409461.4400000004 5516402.869999999, 409467.23000000045 5516402.880000001, 409567.4900000002 5516418.02, 409566.51999999955 5516415.1899999995, 409581.96999999974 5516369.460000001, 409588.1500000004 5516363.76, 409713.1200000001 5516370.74, 409714.08999999985 5516366.1, 409695.2400000002 5516349.970000001, 409672.0099999998 5516330.07, 409622.20999999996 5516287.42, 409594.7999999998 5516263.9399999995, 409588.1299999999 5516262.880000001, 409582.76999999955 5516260.800000001, 409582.66000000015 5516258.34, 409471.4299999997 5516231.369999999, 409465.73000000045 5516234.029999999, 409452.53000000026 5516260.73, 409446.9000000004 5516262.199999999, 409418.9400000004 5516252.550000001, 409414.3499999996 5516270.960000001, 409415.95999999996 5516286.050000001, 409420.86000000034 5516295.93, 409426.3499999996 5516314.5, 409425.3300000001 5516328.050000001, 409420.61000000034 5516335.039999999, 409405.21999999974 5516350.630000001, 409393.01999999955 5516385.5, 409382.0599999996 5516403.82)), ((421290.1900000004 5525287.83, 421221.2400000002 5525219.76, 421123.9199999999 5525122.35, 421126.6299999999 5525119.42, 421077.8200000003 5525073.93, 421075.01999999955 5525070.91, 421054.9199999999 5525049.34, 421052.0999999996 5525046.3100000005, 421028.96999999974 5525023.65, 421019.86000000034 5525019.02, 420960.6299999999 5524959.630000001, 420930.01999999955 5524926.08, 420866.01999999955 5524835.98, 420846.13999999966 5524807.1, 420783.7599999998 5524728.17, 420763.6299999999 5524702.720000001, 420740.28000000026 5524668.93, 420713.8700000001 5524629.949999999, 420700.88999999966 5524607.65, 420671.6699999999 5524545.699999999, 420609.4299999997 5524411.24, 420595.04000000004 5524385.68, 420504.9400000004 5524274.48, 420419.6900000004 5524171.220000001, 420341.8099999996 5524074.58, 420340.1900000004 5524073.42, 420339.08999999985 5524071.59, 420309.08999999985 5524022.619999999, 420239.45999999996 5523884.449999999, 420223.2999999998 5523850.24, 420220.70999999996 5523844.02, 420212.11000000034 5523816.27, 420208.28000000026 5523803.92, 420207.3799999999 5523801, 420206.95999999996 5523797.539999999, 420200.33999999985 5523811.529999999, 420191.0499999998 5523831.58, 420188.11000000034 5523837.91, 420187.38999999966 5523843.42, 420186.2000000002 5523852.41, 420176.8200000003 5523873.390000001, 420159.7000000002 5523907.18, 420153.76999999955 5523918.859999999, 420152.66000000015 5523921.07, 420131.5800000001 5523968.73, 420112.4900000002 5524006.09, 420093.2400000002 5524043.789999999, 420090.51999999955 5524051.25, 420073.9500000002 5524096.779999999, 420053.2400000002 5524135.85, 420032.70999999996 5524163.220000001, 420030.0800000001 5524166.41, 420041.63999999966 5524177.470000001, 420062.3099999996 5524197.25, 420155.23000000045 5524300.460000001, 420170.4299999997 5524320.82, 420200.1900000004 5524359.289999999, 420211.6299999999 5524363, 420214.5999999996 5524365.66, 420214.3700000001 5524368.35, 420211.7999999998 5524370.949999999, 420215.61000000034 5524375.01, 420319.6699999999 5524487.9399999995, 420345.5 5524518.4, 420389.5999999996 5524579.84, 420474.54000000004 5524722.210000001, 420486.1299999999 5524744.24, 420492.46999999974 5524755.91, 420499.4900000002 5524763.210000001, 420543.9500000002 5524827.539999999, 420550.63999999966 5524850.9399999995, 420557.7000000002 5524875.640000001, 420557.8499999996 5524876.18, 420602.1699999999 5524939.68, 420652.70999999996 5525009.76, 420676.13999999966 5525042.25, 420700.5499999998 5525074.130000001, 420716.25 5525093.789999999, 420723.83999999985 5525103.17, 420725.9900000002 5525105.32, 420763.0700000003 5525142.8100000005, 420778.58999999985 5525158.49, 420785.61000000034 5525165.58, 420815.9400000004 5525194.640000001, 420886.20999999996 5525259.76, 420901.28000000026 5525273.199999999, 420933.78000000026 5525302.220000001, 420946.16000000015 5525313.27, 420965.4900000002 5525335.84, 420971.3799999999 5525339.26, 420973.98000000045 5525340.77, 420998.95999999996 5525353.529999999, 421009.0499999998 5525362.26, 421141.7000000002 5525477.039999999, 421144.73000000045 5525479.66, 421157.5 5525491.1, 421176.6299999999 5525511.93, 421186.8300000001 5525522.73, 421198.71999999974 5525537.07, 421201.66000000015 5525540.07, 421203.3700000001 5525541.8100000005, 421225.04000000004 5525559.859999999, 421270.1500000004 5525617, 421343.54000000004 5525709.960000001, 421397.33999999985 5525782.380000001, 421435.45999999996 5525833.539999999, 421471.3300000001 5525883.33, 421473.38999999966 5525893.4, 421476.08999999985 5525889.8100000005, 421475.2000000002 5525888.1899999995, 421475.08999999985 5525886.09, 421480.4500000002 5525873.699999999, 421477.04000000004 5525857.6, 421490.41000000015 5525820.1899999995, 421494.21999999974 5525823.359999999, 421503.9299999997 5525831.4399999995, 421512.4299999997 5525838.52, 421516.71999999974 5525842.09, 421534 5525867.0600000005, 421551.73000000045 5525892.66, 421579.3099999996 5525918.609999999, 421614.5999999996 5525943.869999999, 421615.3200000003 5525943.08, 421630.1900000004 5525954.880000001, 421632.9900000002 5525957.109999999, 421634.9299999997 5525958.619999999, 421727.61000000034 5525997.52, 421795.21999999974 5526018.99, 421797.4500000002 5526030.41, 421803.75 5526035.619999999, 421805.41000000015 5526036.970000001, 421806.5800000001 5526038.08, 421812.3700000001 5526037.609999999, 421933.79000000004 5526083.619999999, 421971.6500000004 5526100.640000001, 421989.7599999998 5526110.73, 421997.1500000004 5526114.84, 422006.4000000004 5526122.27, 422011.0499999998 5526126.029999999, 422020.41000000015 5526133.6899999995, 422028.54000000004 5526140.3100000005, 422032.79000000004 5526144.48, 422043.3799999999 5526154.869999999, 422051.29000000004 5526162.630000001, 422063.3499999996 5526174.449999999, 422068.13999999966 5526180.33, 422078.4299999997 5526192.960000001, 422098.9299999997 5526218.109999999, 422101.3700000001 5526221.1, 422103.4199999999 5526223.6, 422108.6299999999 5526230.0600000005, 422112.6799999997 5526235.1, 422124.33999999985 5526249.59, 422130.13999999966 5526256.789999999, 422138.4299999997 5526268.85, 422155.7000000002 5526293.6899999995, 422160.5800000001 5526300.75, 422172.0499999998 5526326.359999999, 422175.4000000004 5526337.1, 422171.73000000045 5526342.619999999, 422177.20999999996 5526382.93, 422175.8099999996 5526437.199999999, 422171.5800000001 5526524.57, 422170.13999999966 5526544.859999999, 422169.28000000026 5526556.970000001, 422167.3200000003 5526584.550000001, 422166.98000000045 5526592.130000001, 422164.28000000026 5526652.57, 422163.2400000002 5526672.859999999, 422157.2400000002 5526789.949999999, 422156.5700000003 5526863.77, 422151.9299999997 5526924.75, 422149.9199999999 5526942.51, 422131.4500000002 5527059.41, 422128.79000000004 5527063.859999999, 422119.2999999998 5527119.369999999, 422116.0800000001 5527137.58, 422106.38999999966 5527190.58, 422102.0499999998 5527214.52, 422098.0499999998 5527236.880000001, 422096.45999999996 5527245.85, 422093.3799999999 5527263.300000001, 422092.7400000002 5527266.9, 422089.7999999998 5527284.74, 422087.1200000001 5527300.960000001, 422085.3700000001 5527311.92, 422084.20999999996 5527319.17, 422082.8799999999 5527327.380000001, 422080.1200000001 5527344.32, 422065.4199999999 5527434.890000001, 422061.1200000001 5527460.51, 422058.78000000026 5527474.460000001, 422055.63999999966 5527493.279999999, 422053.8099999996 5527504.15, 422052.1799999997 5527513.869999999, 422051.8499999996 5527515.83, 422051.33999999985 5527518.9, 422047.9900000002 5527541.390000001, 422031.7599999998 5527607.84, 422018.61000000034 5527648.880000001, 422012.8200000003 5527670.619999999, 422008.4900000002 5527706.16, 421991.20999999996 5527773.050000001, 421942.0599999996 5527970.52, 421908.1299999999 5528110.82, 421895.33999999985 5528154.970000001, 421884.5 5528183.59, 421876.96999999974 5528200.8100000005, 421866.04000000004 5528218.949999999, 421859.0999999996 5528231.17, 421826.4400000004 5528272.880000001, 421812.1699999999 5528276.48, 421765.3700000001 5528300.4399999995, 421753.3700000001 5528303.550000001, 421753.3700000001 5528307.33, 421699.7000000002 5528329.65, 421654.1200000001 5528354.539999999, 421554.13999999966 5528415.130000001, 421558.51999999955 5528419.74, 421574.6200000001 5528425.76, 421580.13999999966 5528427.82, 421587.9000000004 5528430.720000001, 421589.7000000002 5528431.26, 421592.96999999974 5528427.029999999, 421675.88999999966 5528467.289999999, 421733.79000000004 5528495.41, 421674.03000000026 5528532.49, 421607.8799999999 5528595.99, 421562.03000000026 5528711.91, 421547.8099999996 5528747.84, 421533.9500000002 5528782.91, 421531.96999999974 5528828.16, 421553.48000000045 5528894.01, 421588.3300000001 5529000.18, 421633.8099999996 5529079.25, 421692.9900000002 5529155.41, 421697.9199999999 5529161.75, 421705.61000000034 5529171.66, 421709.9299999997 5529178.48, 421732.6299999999 5529222.24, 421755.29000000004 5529265.9399999995, 421731.71999999974 5529368.65, 421703.66000000015 5529402.83, 421620.5700000003 5529467.369999999, 421619.7599999998 5529467.99, 421555 5529495.66, 421523.71999999974 5529511.85, 421481.66000000015 5529533.66, 421458.83999999985 5529545.539999999, 421456.3799999999 5529546.82, 421452.1500000004 5529548.859999999, 421419.88999999966 5529564.470000001, 421412.0499999998 5529568.27, 421402.3099999996 5529572.98, 421357.5099999998 5529594.66, 421240.1500000004 5529626.140000001, 421236.3499999996 5529627.17, 421216.1200000001 5529636.73, 421205.11000000034 5529641.93, 421197.26999999955 5529645.640000001, 421182.8300000001 5529652.470000001, 421163.21999999974 5529661.73, 421157.1200000001 5529664.619999999, 421152.66000000015 5529668.140000001, 421123.46999999974 5529691.210000001, 421121.03000000026 5529693.140000001, 421115.6799999997 5529697.369999999, 421113.6699999999 5529698.970000001, 421109.28000000026 5529702.43, 421104.5700000003 5529719.83, 421099.70999999996 5529743.26, 421077.3200000003 5529784.67, 421033.3099999996 5529865.140000001, 421020.8300000001 5529869.18, 421001.3099999996 5529900.65, 420998.3799999999 5529905.59, 420990.9500000002 5529918.49, 420983.45999999996 5529931.470000001, 420980.4900000002 5529936.220000001, 420979.4500000002 5529938.029999999, 420969.4299999997 5529955.77, 420954.03000000026 5529978.51, 420949.5099999998 5529985.1899999995, 420948.5 5529991.67, 420917.98000000045 5530037.630000001, 420913.45999999996 5530044.43, 420908.3300000001 5530052.130000001, 420897.0099999998 5530070.039999999, 420893.8200000003 5530075.08, 420889.2599999998 5530082.8100000005, 420884.2000000002 5530091.4, 420879.4199999999 5530101.74, 420876.2000000002 5530107.960000001, 420872.6799999997 5530114.73, 420869 5530121.859999999, 420867.3099999996 5530125.9399999995, 420866.3700000001 5530128.199999999, 420865.51999999955 5530130.24, 420862.36000000034 5530137.869999999, 420859.20999999996 5530145.4399999995, 420857.3799999999 5530149.869999999, 420850.96999999974 5530165.25, 420845.3099999996 5530178.880000001, 420839.4199999999 5530186.460000001, 420837.5 5530193.050000001, 420839.21999999974 5530193.66, 420841.38999999966 5530194.4399999995, 420840.9199999999 5530196.07, 420839.0700000003 5530199.0600000005, 420840.4299999997 5530199.74, 420858.51999999955 5530208.880000001, 420835.83999999985 5530246.91, 420832.58999999985 5530254.470000001, 420827.6699999999 5530265.92, 420820.8799999999 5530281.710000001, 420820.04000000004 5530316.3100000005, 420817.8099999996 5530343.73, 420820.8499999996 5530390.66, 420821.91000000015 5530403.35, 420824.3200000003 5530421.34, 420830.16000000015 5530457.5600000005, 420835.0099999998 5530484.279999999, 420838.1799999997 5530505.8100000005, 420840.25 5530523.93, 420841.6200000001 5530535.609999999, 420841.8499999996 5530537.960000001, 420841.98000000045 5530539.210000001, 420843.0599999996 5530549.630000001, 420844.04000000004 5530559.130000001, 420850.86000000034 5530577.25, 420848.4199999999 5530621.84, 420846.8700000001 5530641.92, 420845.0499999998 5530690.34, 420840.79000000004 5530775.779999999, 420838.5700000003 5530820.5600000005, 420835 5530892.08, 420834.3700000001 5530901.57, 420834.1500000004 5530904.9399999995, 420833.95999999996 5530907.74, 420831.36000000034 5530947.09, 420832.79000000004 5530951.529999999, 420838.7400000002 5530952.5600000005, 420836.98000000045 5530965.470000001, 420830.46999999974 5530965.65, 420828.91000000015 5530984.890000001, 420828.4400000004 5530993.960000001, 420835.54000000004 5530994.9399999995, 420838.20999999996 5531002.449999999, 420836.5499999998 5531034.73, 420831.5 5531051.960000001, 420824.20999999996 5531074.18, 420821.4900000002 5531129.3100000005, 420816.66000000015 5531220.369999999, 420811.4900000002 5531308.449999999, 420806.28000000026 5531401.98, 420802.98000000045 5531456.640000001, 420801.8300000001 5531473.619999999, 420802.20999999996 5531487.199999999, 420803.36000000034 5531587.800000001, 420805.7000000002 5531621.380000001, 420804.91000000015 5531686.460000001, 420813.5999999996 5531721.039999999, 420807.7999999998 5531735.49, 420807.1299999999 5531737.630000001, 420806.8200000003 5531738.65, 420805.54000000004 5531742.699999999, 420803.11000000034 5531750.43, 420804.11000000034 5531761.460000001, 420805.0999999996 5531767.609999999, 420805.7999999998 5531771.9399999995, 420806.1200000001 5531773.91, 420807 5531779.380000001, 420814.9900000002 5531853.27, 420816.5999999996 5531870.460000001, 420827.58999999985 5531907.93, 420838.66000000015 5531942.17, 420842.38999999966 5531951.48, 420846.6500000004 5531949.300000001, 420849.6299999999 5531956.43, 420874.1900000004 5531961.24, 420892.1299999999 5531969.01, 420907.96999999974 5531980.01, 420915.1200000001 5531985.550000001, 420922.61000000034 5531991.359999999, 420935.5099999998 5532004.93, 420941.5 5532013.390000001, 420945.3700000001 5532018.85, 420953.6699999999 5532035.300000001, 420963.5999999996 5532055.039999999, 420968.5800000001 5532064.92, 420974.58999999985 5532076.859999999, 420979.29000000004 5532086.210000001, 420985.71999999974 5532098.9399999995, 420987.6699999999 5532102.85, 420996.2999999998 5532119.960000001, 421005.6299999999 5532138.48, 421006.71999999974 5532140.5600000005, 421011.1799999997 5532149.039999999, 421019.25 5532164.35, 421031.3700000001 5532187.369999999, 421040.8499999996 5532205.359999999, 421052.0700000003 5532226.65, 421072.08999999985 5532264.640000001, 421085.98000000045 5532291, 421093.0099999998 5532304.35, 421097.76999999955 5532313.41, 421112.48000000045 5532341.32, 421114.5800000001 5532345.3100000005, 421121.3300000001 5532358.130000001, 421128.28000000026 5532371.359999999, 421131.86000000034 5532378.15, 421138.08999999985 5532389.99, 421141.8499999996 5532397.130000001, 421148.38999999966 5532409.5600000005, 421156.0099999998 5532424.050000001, 421160.66000000015 5532432.859999999, 421164.2999999998 5532439.779999999, 421169.0999999996 5532448.92, 421174.2999999998 5532458.789999999, 421175.5800000001 5532463.08, 421178.0099999998 5532471.1899999995, 421180.33999999985 5532479, 421183.23000000045 5532500.34, 421183.13999999966 5532520.550000001, 421181.38999999966 5532541.880000001, 421169.01999999955 5532574.15, 421149.70999999996 5532586.380000001, 421119.4400000004 5532628.8100000005, 421109.03000000026 5532644.289999999, 421093.23000000045 5532666.73, 421099.2000000002 5532668.68, 421103.0700000003 5532669.949999999, 421084.0999999996 5532695.720000001, 421076.3700000001 5532706.24, 421070.9199999999 5532713.630000001, 421061.21999999974 5532726.82, 421058.95999999996 5532729.890000001, 421054.3099999996 5532737.8100000005, 421050.66000000015 5532744.029999999, 421044.71999999974 5532754.130000001, 421040.98000000045 5532760.470000001, 421037.33999999985 5532766.68, 421026.5 5532785.119999999, 421020.03000000026 5532796.41, 421016.6200000001 5532802.359999999, 421008.29000000004 5532816.91, 421001.5800000001 5532828.609999999, 420999.29000000004 5532832.59, 420996.71999999974 5532837.07, 420993.5999999996 5532842.539999999, 420984.6500000004 5532858.16, 420976.04000000004 5532873.1899999995, 420973.4900000002 5532877.640000001, 420971.6500000004 5532880.65, 420969.0499999998 5532883.65, 420960.54000000004 5532892.109999999, 420943.8200000003 5532898.49, 420931.9400000004 5532893.640000001, 420930.5999999996 5532900.369999999, 420929.3499999996 5532906.59, 420928.5800000001 5532910.449999999, 420926.5700000003 5532923.390000001, 420924.0999999996 5532938.51, 420921.66000000015 5532954.59, 420914.73000000045 5533003.859999999, 420914.78000000026 5533006.890000001, 420914.66000000015 5533029.59, 420914.5700000003 5533045.76, 420914.8300000001 5533080.640000001, 420915.1799999997 5533088.09, 420916.5599999996 5533113.02, 420917.4500000002 5533134.67, 420935.33999999985 5533262.01, 420939.4900000002 5533289.08, 420942.2000000002 5533293.68, 420952.3300000001 5533307, 420955.5999999996 5533315.789999999, 420959.0099999998 5533331.98, 420959.08999999985 5533332.9399999995, 420960.45999999996 5533350.48, 420951.6500000004 5533347.26, 420954.0999999996 5533365.140000001, 420968.58999999985 5533425.539999999, 420967.5099999998 5533425.6899999995, 420964.2000000002 5533426.140000001, 420964.9000000004 5533433.76, 420966.23000000045 5533444.57, 420968.0599999996 5533459.6, 420970.7000000002 5533478.49, 420970.33999999985 5533494.619999999, 420974.33999999985 5533520.4, 420977.20999999996 5533539.42, 420978.54000000004 5533548.470000001, 420980.4299999997 5533570.92, 420983.0099999998 5533611.92, 420983.4199999999 5533646.460000001, 420988 5533649.67, 420992.08999999985 5533652.539999999, 421009.36000000034 5533629.1, 421016.13999999966 5533619.869999999, 421026 5533606.41, 421071 5533545.050000001, 421081.5 5533530.76, 421082.96999999974 5533528.76, 421083.7999999998 5533527.630000001, 421095.0099999998 5533512.369999999, 421098.9199999999 5533507.050000001, 421124.3499999996 5533472.42, 421115.6500000004 5533468.119999999, 421101.0700000003 5533454.91, 421097.1500000004 5533448.48, 421090.58999999985 5533437.699999999, 421083.51999999955 5533416.880000001, 421084.0099999998 5533410.23, 421085.95999999996 5533384.289999999, 421089.5700000003 5533358.5600000005, 421116.6900000004 5533252.800000001, 421117.23000000045 5533250.449999999, 421118.03000000026 5533246.92, 421131.3700000001 5533186.699999999, 421137.0599999996 5533158.859999999, 421136.6200000001 5533138.6899999995, 421131.2400000002 5533119.48, 421120.54000000004 5533102.6, 421107.9000000004 5533093.210000001, 421067.6699999999 5533076.699999999, 421070.25 5533064.91, 421072.29000000004 5533055.51, 421075.0499999998 5533042.859999999, 421075.7400000002 5533042.76, 421078.54000000004 5533009.4399999995, 421081.8200000003 5532987.41, 421087.13999999966 5532963.140000001, 421101.0599999996 5532934.9399999995, 421177.4000000004 5532804.85, 421190.6500000004 5532785.9, 421203.71999999974 5532770.199999999, 421217.2599999998 5532755.529999999, 421225.46999999974 5532749.3100000005, 421228.7000000002 5532746.859999999, 421226.5099999998 5532738.039999999, 421223.3200000003 5532722.82, 421221.8200000003 5532716.1899999995, 421226.8499999996 5532712.9399999995, 421235.45999999996 5532707.35, 421262.4199999999 5532689.890000001, 421265.6699999999 5532687.779999999, 421267.91000000015 5532683.76, 421308.20999999996 5532615.51, 421311.28000000026 5532583.01, 421311.7999999998 5532577.41, 421312.1299999999 5532573.890000001, 421344.78000000026 5532582.01, 421344.25 5532585.48, 421343.3200000003 5532591.449999999, 421351.9500000002 5532593.710000001, 421359.78000000026 5532595.82, 421363.2000000002 5532596.74, 421364.03000000026 5532590.470000001, 421364.7400000002 5532585.119999999, 421366.04000000004 5532575.33, 421367.61000000034 5532563.41, 421369.9299999997 5532546.02, 421372.4199999999 5532527.16, 421374.7999999998 5532509.279999999, 421377.2599999998 5532490.68, 421380.01999999955 5532469.880000001, 421381.6799999997 5532455.380000001, 421383.5 5532439.470000001, 421383.7000000002 5532437.75, 421384.73000000045 5532428.76, 421385.53000000026 5532421.800000001, 421386.33999999985 5532414.65, 421385.4000000004 5532405.539999999, 421383.71999999974 5532389.41, 421382.11000000034 5532374.02, 421380.4500000002 5532357.92, 421379.1900000004 5532345.859999999, 421356.75 5532273.970000001, 421315.5999999996 5532187.050000001, 421306.1900000004 5532168.18, 421202.1900000004 5531954.51, 421157.6900000004 5531861.67, 421125.5999999996 5531767.77, 421120.33999999985 5531747.869999999, 421115 5531725.140000001, 421111.6900000004 5531712.4399999995, 421109.0099999998 5531702.17, 421103.9000000004 5531653.4399999995, 421103.5 5531538.17, 421101.9299999997 5531405.289999999, 421097.9900000002 5531369.210000001, 421088.9000000004 5531282.68, 421079.4400000004 5531261.84, 421052.9400000004 5531203.42, 421049 5531210.050000001, 421039.9900000002 5531204.800000001, 421025.6699999999 5531196.25, 421010.0599999996 5531186.960000001, 421008.04000000004 5531190.550000001, 421002.71999999974 5531187.5600000005, 420996.3799999999 5531184.01, 420994.41000000015 5531182.9, 420993.48000000045 5531182.380000001, 420988.8099999996 5531179.77, 420983.78000000026 5531176.960000001, 420985.9900000002 5531172.85, 420991.21999999974 5531163.08, 420996.4400000004 5531153.35, 421001.0800000001 5531144.75, 421005.20999999996 5531136.98, 421010.73000000045 5531140.449999999, 421016.1500000004 5531143.869999999, 421021.3300000001 5531133.76, 421037.08999999985 5531102.970000001, 421040.91000000015 5531095.24, 421045.2599999998 5531098, 421059.9500000002 5531107.34, 421069.83999999985 5531112.300000001, 421148.63999999966 5531081.17, 421184.5 5531067, 421189.16000000015 5531065.1899999995, 421192.0800000001 5531063.699999999, 421201.9299999997 5531058.6899999995, 421204.1299999999 5531057.57, 421204.79000000004 5531046.140000001, 421205.7000000002 5531030.35, 421206.70999999996 5531012.890000001, 421208.1799999997 5530987.5600000005, 421218.5599999996 5530803.66, 421218.79000000004 5530799.67, 421218.79000000004 5530792.970000001, 421218.7999999998 5530791.73, 421220.96999999974 5530565, 421221.0099999998 5530561.01, 421221.0499999998 5530557, 421221.0999999996 5530552.51, 421223.48000000045 5530341.460000001, 421223.51999999955 5530333.52, 421224.4000000004 5530329.609999999, 421227.04000000004 5530317.82, 421247.5 5530227.960000001, 421264.0099999998 5530153.48, 421267.8200000003 5530153.49, 421352.23000000045 5530153.9399999995, 421356.3300000001 5530153.970000001, 421382.6500000004 5530154.119999999, 421389.33999999985 5530154.16, 421417.6799999997 5530154.32, 421429.2999999998 5530092.390000001, 421431.01999999955 5530083.25, 421431.78000000026 5530079.23, 421428.4900000002 5530075.380000001, 421375.0999999996 5530075.16, 421362.9900000002 5530075.1, 421289.4500000002 5530074.8100000005, 421281.46999999974 5530074.779999999, 421282.36000000034 5530070.82, 421284.0599999996 5529937.02, 421280.1900000004 5529929.6899999995, 421321.04000000004 5529866.6, 421343.0499999998 5529837.460000001, 421365.5599999996 5529815.039999999, 421399.36000000034 5529791.1899999995, 421409.1299999999 5529783.619999999, 421412.98000000045 5529776.57, 421434.1699999999 5529760.65, 421456.36000000034 5529743.9, 421579.8200000003 5529650.66, 421582.61000000034 5529648.550000001, 421621.38999999966 5529624.26, 421676.0700000003 5529600.82, 421698.4400000004 5529583.34, 421737.5999999996 5529548.98, 421766.29000000004 5529518.01, 421779.86000000034 5529498.66, 421812.7599999998 5529441.859999999, 421838.6299999999 5529389.970000001, 421851.8700000001 5529362.880000001, 421862.5800000001 5529327.52, 421882.9199999999 5529170.279999999, 421883.7000000002 5529169.5600000005, 421890.45999999996 5529163.34, 421894.41000000015 5529163.51, 421893.79000000004 5529159.3100000005, 421886.66000000015 5529109.640000001, 421885.88999999966 5529046.35, 421881.4199999999 5529008.51, 421868.3499999996 5528966.619999999, 421835.1200000001 5528847.550000001, 421820.8700000001 5528782.460000001, 421820.03000000026 5528767.710000001, 421819.23000000045 5528750.9399999995, 421826.36000000034 5528708.220000001, 421838.6200000001 5528676.73, 421852.66000000015 5528651, 421871.4500000002 5528626.42, 421873.98000000045 5528623.76, 421877.4299999997 5528620.15, 421894.7400000002 5528601.99, 421909.0099999998 5528592.02, 421934.0999999996 5528576.699999999, 421951.4400000004 5528569.43, 421971.9000000004 5528560.85, 421978.70999999996 5528557.99, 421980.2000000002 5528557.369999999, 421979.0599999996 5528556.869999999, 421974.46999999974 5528554.859999999, 421977.75 5528546.859999999, 421976.4299999997 5528546.18, 421981.5099999998 5528534.1899999995, 421974.0800000001 5528530.68, 421977.95999999996 5528521.82, 421982.2000000002 5528512.17, 421983.20999999996 5528509.85, 421986.08999999985 5528511.609999999, 421998.8700000001 5528492.58, 422004.21999999974 5528469.869999999, 422019.0700000003 5528473.02, 422031.3099999996 5528471.66, 422047.51999999955 5528419.130000001, 422063.4299999997 5528367.58, 422068.61000000034 5528348.1899999995, 422072.9199999999 5528325.33, 422076.6799999997 5528276.0600000005, 422080.78000000026 5528203.57, 422086.70999999996 5528155.25, 422119.4199999999 5528001.41, 422127.3499999996 5527968.279999999, 422135.1500000004 5527935.640000001, 422155.21999999974 5527851.73, 422168.96999999974 5527788.970000001, 422207.0099999998 5527615.42, 422197.5999999996 5527609, 422195.03000000026 5527620.75, 422178.78000000026 5527614.17, 422183.33999999985 5527603.26, 422189.4500000002 5527588.65, 422191.2599999998 5527584.32, 422200.5700000003 5527588.9, 422202.78000000026 5527589.98, 422216.0999999996 5527590.01, 422219.73000000045 5527590.02, 422226.26999999955 5527581.98, 422229.3799999999 5527578.130000001, 422254.54000000004 5527429.449999999, 422264.2000000002 5527414.4, 422261.8099999996 5527411.890000001, 422263.1900000004 5527343.470000001, 422262.23000000045 5527330.75, 422271.16000000015 5527303.970000001, 422282.46999999974 5527268.970000001, 422294.71999999974 5527220.550000001, 422296.5 5527214.699999999, 422301.8700000001 5527189.279999999, 422302.6299999999 5527176.24, 422323.41000000015 5527112.369999999, 422339.7599999998 5527050.41, 422344.4199999999 5527031.58, 422367.28000000026 5526942.390000001, 422374.4400000004 5526910.800000001, 422380.4900000002 5526884.119999999, 422393.38999999966 5526887.550000001, 422393.21999999974 5526873.3100000005, 422397.41000000015 5526829.33, 422419.21999999974 5526824.529999999, 422429.8099999996 5526821.35, 422437.9199999999 5526802.199999999, 422440.7000000002 5526783.550000001, 422441.1799999997 5526780.279999999, 422441.9500000002 5526765.57, 422441.54000000004 5526749.609999999, 422434.45999999996 5526700.51, 422425.46999999974 5526657.16, 422422 5526633.449999999, 422422.0999999996 5526611.039999999, 422423.23000000045 5526588.8100000005, 422429.6799999997 5526549.359999999, 422452.95999999996 5526455.84, 422480.3099999996 5526350.18, 422490.5700000003 5526295.710000001, 422494.38999999966 5526265.15, 422492.4500000002 5526218.1, 422490.7999999998 5526198.550000001, 422483.61000000034 5526162.630000001, 422471.54000000004 5526123.710000001, 422459.54000000004 5526094.58, 422446.53000000026 5526065.5600000005, 422423.3799999999 5526031.140000001, 422422.3300000001 5526029.5, 422421.0599999996 5526027.35, 422414.86000000034 5526016.789999999, 422389.21999999974 5525990.52, 422382.2999999998 5525981.68, 422371.2400000002 5525978.460000001, 422359.58999999985 5525969.08, 422355.4500000002 5525965.75, 422350.8499999996 5525962.0600000005, 422312.9000000004 5525941.35, 422131.28000000026 5525898.43, 422122.04000000004 5525911.470000001, 422074.58999999985 5525904.140000001, 422041.6699999999 5525899.050000001, 421903.0499999998 5525855.34, 421829.8300000001 5525834.33, 421805.4199999999 5525824.960000001, 421804.8099999996 5525826.82, 421798.83999999985 5525825.039999999, 421795.8700000001 5525834.869999999, 421773.21999999974 5525827.550000001, 421775.4400000004 5525820.65, 421772.8799999999 5525819.359999999, 421764.3499999996 5525814.83, 421753.8099999996 5525810.789999999, 421743.1500000004 5525804.8100000005, 421741.1500000004 5525782.51, 421734.2400000002 5525769.93, 421711.51999999955 5525736.41, 421694.51999999955 5525711.84, 421678.38999999966 5525690.449999999, 421661.3700000001 5525668.15, 421628.76999999955 5525628.300000001, 421627.5099999998 5525626.75, 421626.1500000004 5525625.27, 421582.25 5525577.789999999, 421550.6299999999 5525546.16, 421290.1900000004 5525287.83)), ((407261.3700000001 5513229.619999999, 407293.28000000026 5513223.699999999, 407327.36000000034 5513214.1, 407331.53000000026 5513213.5600000005, 407332.0499999998 5513214.76, 407336.71999999974 5513225.630000001, 407355.5099999998 5513251.9, 407373.5700000003 5513283.16, 407401.5499999998 5513314.1, 407415.29000000004 5513320.619999999, 407422.29000000004 5513316.029999999, 407433.9900000002 5513303.119999999, 407455.8200000003 5513283.6, 407455.9199999999 5513279.43, 407399.1699999999 5513230.65, 407362.6900000004 5513197.4, 407366.23000000045 5513188.640000001, 407369.01999999955 5513182.9399999995, 407407.04000000004 5513168.35, 407426.5700000003 5513154.710000001, 407445.20999999996 5513144.43, 407458.8200000003 5513136.65, 407479.79000000004 5513124.199999999, 407489.6299999999 5513117.470000001, 407504.9199999999 5513111.41, 407569.63999999966 5513096.140000001, 407647.08999999985 5513077.85, 407662.0700000003 5513074.32, 407698.63999999966 5513054.08, 407707.48000000045 5513047.210000001, 407740.4199999999 5513040.220000001, 407754.5700000003 5513038.9399999995, 407764.3300000001 5513039.380000001, 407767.0999999996 5513039.609999999, 407781.5 5513047.84, 407803.53000000026 5513094.109999999, 407816.83999999985 5513123.699999999, 407824.5099999998 5513139.210000001, 407830.26999999955 5513152.83, 407837.5499999998 5513168.42, 407840.7000000002 5513174.02, 407876.6299999999 5513202.74, 407891.2400000002 5513215.02, 407895.11000000034 5513217.880000001, 407931.4299999997 5513245.949999999, 407947.36000000034 5513258.359999999, 407948.8300000001 5513259.5, 407956.8099999996 5513263.35, 407957.5499999998 5513263.720000001, 407959.5 5513264.550000001, 407961.53000000026 5513265.49, 408004.4400000004 5513298.32, 408034.54000000004 5513320.5600000005, 408057.6799999997 5513338.52, 408071.7000000002 5513349.41, 408076.8300000001 5513353.960000001, 408080.0700000003 5513352.34, 408089.5800000001 5513311.57, 408094.0099999998 5513310.6, 408146.5999999996 5513296.5, 408208.36000000034 5513281.59, 408245.9400000004 5513272.300000001, 408251.3200000003 5513270.619999999, 408254.9400000004 5513216.949999999, 408251.45999999996 5513213.460000001, 408257.6900000004 5513205.18, 408261.78000000026 5513195.550000001, 408263 5513181.630000001, 408263.13999999966 5513180.039999999, 408261.8499999996 5513169.65, 408258.8099999996 5513164.550000001, 408253.1699999999 5513161.6, 408258.51999999955 5513158.26, 408255.73000000045 5513156.32, 408221.0999999996 5513135.93, 408193.33999999985 5513113.880000001, 408217.3799999999 5513085.35, 408225.1900000004 5513077.27, 408232.48000000045 5513068.75, 408238.4900000002 5513061.52, 408245.5499999998 5513052.289999999, 408253.54000000004 </t>
   </si>
   <si>
     <t>https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=6210-401</t>
   </si>
   <si>
     <t>https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg6210-401</t>
   </si>
   <si>
-    <t>https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/vsg_sdb_6210-401.pdf</t>
+    <t>https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/vsg_sdb_6210-401.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -510,90 +510,90 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vogelschutzgebiet&amp;layers=vogelschutzgebiet&amp;qid=VSG-7000-029" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=6210-401" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg6210-401" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/vsg_sdb_6210-401.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vogelschutzgebiet&amp;layers=vogelschutzgebiet&amp;qid=VSG-7000-029" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=6210-401" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg6210-401" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/vsg_sdb_6210-401.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:X2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="36.42578125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="8" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="12.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="178.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="15.5703125" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="42.42578125" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="178" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="81.85546875" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="76.28515625" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="73.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -664,51 +664,51 @@
       <c r="E2" t="s">
         <v>27</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>28</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>29</v>
       </c>
       <c r="J2" t="s">
         <v>30</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>31</v>
       </c>
       <c r="N2">
         <v>109736</v>
       </c>
       <c r="O2" s="3">
-        <v>45971.0048367179</v>
+        <v>46045.71022082353</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2" t="s">
         <v>35</v>
       </c>
       <c r="T2" t="s">
         <v>36</v>
       </c>
       <c r="U2" t="s">
         <v>37</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>38</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>39</v>
       </c>