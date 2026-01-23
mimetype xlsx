--- v0 (2025-11-08)
+++ v1 (2026-01-23)
@@ -132,51 +132,51 @@
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>Naturschutz</t>
   </si>
   <si>
     <t>Vogelschutzgebiet besonderer Bedeutung (EG)</t>
   </si>
   <si>
     <t>Natura 2000</t>
   </si>
   <si>
     <t>DE-6016-302</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((453220.4000000004 5529159.65, 453215.21999999974 5529111.359999999, 453212.23000000045 5529089.16, 453204.4900000002 5529030.84, 453187.20999999996 5528946.380000001, 453171.76999999955 5528868.5, 453166.63999999966 5528841.9399999995, 453157.08999999985 5528787.6, 453152.53000000026 5528759.42, 453145.4900000002 5528706.449999999, 453145.66000000015 5528693.82, 453148.36000000034 5528683.0600000005, 453148.11000000034 5528674.869999999, 453140.26999999955 5528619.41, 453137.88999999966 5528580.34, 453127.11000000034 5528541.529999999, 453126.11000000034 5528535.039999999, 453128.03000000026 5528534.369999999, 453135.0800000001 5528539.9, 453131.53000000026 5528509.619999999, 453103.6299999999 5528434.07, 453106.0099999998 5528428.789999999, 453102.71999999974 5528420.970000001, 453101.5999999996 5528418.3100000005, 453101.01999999955 5528416.92, 453089.5999999996 5528412.74, 453089.4400000004 5528409.880000001, 453092.9000000004 5528404.34, 453091.0999999996 5528390.73, 453085.1500000004 5528370.859999999, 453079.79000000004 5528360.84, 453070.3099999996 5528336.42, 453065.88999999966 5528330.470000001, 453065.9500000002 5528315.449999999, 453056.83999999985 5528292.960000001, 453050.63999999966 5528285.359999999, 453051.4199999999 5528278.27, 453041.3200000003 5528218.73, 453037.20999999996 5528207.26, 453032.6799999997 5528208.039999999, 453030.13999999966 5528160.550000001, 453030.3499999996 5528101.23, 453039.5800000001 5528028.35, 453041.66000000015 5528016.869999999, 453050.58999999985 5527967.710000001, 453051.0099999998 5527965.17, 453062.23000000045 5527926.32, 453077.0599999996 5527881.23, 453089.7599999998 5527856.76, 453098.8499999996 5527839.32, 453101.3499999996 5527839.65, 453135.45999999996 5527909.859999999, 453172.9900000002 5527986.59, 453179.8700000001 5528000.65, 453194.9900000002 5528031.470000001, 453223.95999999996 5528090.16, 453267.20999999996 5528178.17, 453310.4900000002 5528266.4399999995, 453315.9299999997 5528277.720000001, 453318.9500000002 5528283.84, 453324.8200000003 5528295.73, 453351.6699999999 5528350.16, 453374.5 5528397.4399999995, 453377.3499999996 5528403.49, 453385.4500000002 5528421.779999999, 453388.5599999996 5528429.26, 453390.6900000004 5528434.26, 453391.7400000002 5528437.15, 453394.0800000001 5528443.23, 453397.7000000002 5528453.32, 453404.0099999998 5528471.73, 453405.5700000003 5528476.380000001, 453417.96999999974 5528525.58, 453427.4400000004 5528560.4399999995, 453431.79000000004 5528577.59, 453440.26999999955 5528619.109999999, 453454.1500000004 5528678.3100000005, 453461.6200000001 5528710.9, 453463.6200000001 5528721.84, 453464.8099999996 5528741.6899999995, 453465.46999999974 5528746.140000001, 453473.1699999999 5528766.369999999, 453472.9400000004 5528780.460000001, 453472.9199999999 5528789.029999999, 453473.73000000045 5528795.470000001, 453477.2000000002 5528804.58, 453482.3700000001 5528812.01, 453485.75 5528829.09, 453489.03000000026 5528849.5, 453497.11000000034 5528894.800000001, 453501.23000000045 5528914.449999999, 453507.6299999999 5528949.74, 453512.78000000026 5528990.390000001, 453519.1200000001 5529044.4, 453523.79000000004 5529083.91, 453525.8700000001 5529107.99, 453521.5599999996 5529123.3100000005, 453519.79000000004 5529126.02, 453503.5499999998 5529150.789999999, 453497.2599999998 5529158.5600000005, 453489.13999999966 5529166.73, 453465.13999999966 5529185.32, 453423.5700000003 5529216.17, 453380.36000000034 5529257.34, 453372.70999999996 5529264.859999999, 453354.58999999985 5529283.859999999, 453335.71999999974 5529307, 453280.03000000026 5529378.74, 453262.5999999996 5529399.880000001, 453258.0700000003 5529405.35, 453254.5 5529409.130000001, 453253.71999999974 5529410.039999999, 453251.20999999996 5529412.9, 453248.0999999996 5529414.16, 453242.4500000002 5529415.32, 453236.5999999996 5529408.34, 453233.26999999955 5529402.5, 453229.63999999966 5529397.039999999, 453228.3700000001 5529391.1899999995, 453226.5800000001 5529365.9, 453226.0700000003 5529354.27, 453226.1900000004 5529313.33, 453228.1200000001 5529279.51, 453224.11000000034 5529194.220000001, 453220.4000000004 5529159.65)), ((453043.6900000004 5531103.630000001, 453040.9000000004 5531100.119999999, 453041.1500000004 5531096.050000001, 453041.5 5531092.880000001, 453046.4500000002 5531048.5, 453048.51999999955 5531025.34, 453055.9000000004 5530942.9399999995, 453064.0499999998 5530838.539999999, 453072.23000000045 5530733.84, 453079.2000000002 5530630.449999999, 453086.3200000003 5530527.890000001, 453096.46999999974 5530425.140000001, 453096.71999999974 5530383.15, 453101.45999999996 5530364.49, 453105.9500000002 5530322.029999999, 453112.9500000002 5530248.98, 453143.5700000003 5530227.83, 453157.03000000026 5530129.470000001, 453159.0999999996 5530054.49, 453152.3499999996 5530050.65, 453156.5999999996 5530025.77, 453174.61000000034 5529932.220000001, 453187.4900000002 5529844.01, 453197.9900000002 5529764.73, 453207.98000000045 5529683.390000001, 453218.79000000004 5529600.5, 453220.54000000004 5529586.859999999, 453217.75 5529586.390000001, 453215.75 5529585.02, 453231.2999999998 5529531.98, 453238.95999999996 5529519.220000001, 453264.1900000004 5529472.59, 453282.9000000004 5529447.640000001, 453293.79000000004 5529432.18, 453306.01999999955 5529417.91, 453331.79000000004 5529420.32, 453339.51999999955 5529412.27, 453364.0999999996 5529377.5600000005, 453379.0999999996 5529353.779999999, 453388.7400000002 5529334.84, 453400.73000000045 5529310.98, 453408.58999999985 5529297.51, 453414.1900000004 5529288.609999999, 453420.16000000015 5529279.98, 453426.3499999996 5529269.529999999, 453437.9900000002 5529255.300000001, 453453.3099999996 5529242.130000001, 453470.6500000004 5529230.449999999, 453492.2599999998 5529214.4399999995, 453494.1500000004 5529213.51, 453509.79000000004 5529198.49, 453529.46999999974 5529185.710000001, 453533.51999999955 5529187.77, 453532.41000000015 5529227.949999999, 453532.28000000026 5529259.640000001, 453532.2599999998 5529272.789999999, 453530.5700000003 5529324.65, 453529.4000000004 5529352.58, 453528.9900000002 5529369.65, 453526.9299999997 5529429.5, 453525.76999999955 5529458.98, 453524.21999999974 5529485.02, 453523.1500000004 5529512.869999999, 453520.6200000001 5529553.01, 453513.3300000001 5529646.76, 453500.6799999997 5529741.8100000005, 453484.6699999999 5529833.9, 453463.04000000004 5529925.1, 453437.21999999974 5530018.029999999, 453409.7400000002 5530100.619999999, 453336.8200000003 5530298.449999999, 453303.4000000004 5530392.779999999, 453269.1799999997 5530486.66, 453235.45999999996 5530580.32, 453202.48000000045 5530674.029999999, 453169.2599999998 5530768.039999999, 453134.51999999955 5530862.93, 453071.8799999999 5531033.18, 453065.1900000004 5531053.93, 453051.73000000045 5531094.49, 453050.04000000004 5531099.67, 453049.20999999996 5531103, 453043.6900000004 5531103.630000001)))</t>
   </si>
   <si>
     <t>https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=6016-302</t>
   </si>
   <si>
     <t>https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg6016-302</t>
   </si>
   <si>
-    <t>https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/vsg_sdb_6016-302.pdf</t>
+    <t>https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/vsg_sdb_6016-302.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -510,90 +510,90 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vogelschutzgebiet&amp;layers=vogelschutzgebiet&amp;qid=VSG-7000-027" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=6016-302" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg6016-302" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/vsg_sdb_6016-302.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vogelschutzgebiet&amp;layers=vogelschutzgebiet&amp;qid=VSG-7000-027" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=6016-302" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg6016-302" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/vsg_sdb_6016-302.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:X2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="36.28515625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="5" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="28.5703125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="178.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="15.5703125" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="42.42578125" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="178" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="81.85546875" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="76.28515625" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="73.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -664,51 +664,51 @@
       <c r="E2" t="s">
         <v>27</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>28</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>29</v>
       </c>
       <c r="J2" t="s">
         <v>30</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>31</v>
       </c>
       <c r="N2">
         <v>109734</v>
       </c>
       <c r="O2" s="3">
-        <v>45969.83833411715</v>
+        <v>46045.55054431307</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2" t="s">
         <v>35</v>
       </c>
       <c r="T2" t="s">
         <v>36</v>
       </c>
       <c r="U2" t="s">
         <v>37</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>38</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>39</v>
       </c>