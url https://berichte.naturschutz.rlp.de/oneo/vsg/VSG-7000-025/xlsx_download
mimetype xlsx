--- v0 (2025-11-08)
+++ v1 (2026-01-23)
@@ -132,51 +132,51 @@
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>Naturschutz</t>
   </si>
   <si>
     <t>Vogelschutzgebiet besonderer Bedeutung (EG)</t>
   </si>
   <si>
     <t>Natura 2000</t>
   </si>
   <si>
     <t>DE-6014-403</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((430377.8200000003 5529327.32, 430386.5599999996 5529331.710000001, 430390.63999999966 5529333.710000001, 430392.4000000004 5529329.960000001, 430391.08999999985 5529325.199999999, 430448.7400000002 5529247.880000001, 430456.95999999996 5529236.85, 430494.66000000015 5529185.529999999, 430499.9500000002 5529184.6899999995, 430543.5099999998 5529219.1, 430597.1900000004 5529261.5, 430657.8099999996 5529309.359999999, 430758 5529389.58, 430757.3200000003 5529393.039999999, 430763.4000000004 5529397.890000001, 430770.71999999974 5529399.35, 430834.45999999996 5529441.18, 430867.9299999997 5529462.9, 430868.1500000004 5529467.9, 430862.5 5529474.07, 430856.79000000004 5529480.41, 430843.76999999955 5529495, 430824.3300000001 5529516.630000001, 430801.5700000003 5529541.93, 430767.6799999997 5529579.609999999, 430761.4199999999 5529586.550000001, 430764.54000000004 5529589.07, 430770.5 5529588.18, 430783.11000000034 5529596.449999999, 430802.4500000002 5529609.17, 430820.45999999996 5529621, 430846.3200000003 5529637.98, 430903.83999999985 5529675.77, 430905.03000000026 5529680.890000001, 430909 5529683.68, 430914.8799999999 5529683.390000001, 430948.0800000001 5529711.630000001, 430961.41000000015 5529723.98, 430986.54000000004 5529744.5600000005, 431046.41000000015 5529795.699999999, 431054.48000000045 5529802.59, 431067.83999999985 5529813.99, 431078.41000000015 5529823.02, 431078.86000000034 5529828.640000001, 431080.95999999996 5529830.539999999, 431087.3200000003 5529829.35, 431104.75 5529836.91, 431138.9400000004 5529851.75, 431159.3099999996 5529860.59, 431189.91000000015 5529873.859999999, 431193.5700000003 5529875.449999999, 431201.61000000034 5529877.699999999, 431290.1200000001 5529902.49, 431319.6799999997 5529910.779999999, 431317.1500000004 5529926.59, 431313.95999999996 5529946.550000001, 431304.45999999996 5530006.039999999, 431303.8300000001 5530010.02, 431307.46999999974 5530011.0600000005, 431309.70999999996 5530034.17, 431309.4199999999 5530088.08, 431308.08999999985 5530095.9399999995, 431304.13999999966 5530151.8100000005, 431300.8700000001 5530189.609999999, 431296.54000000004 5530239.720000001, 431291.8300000001 5530294.210000001, 431291.86000000034 5530294.92, 431291.9400000004 5530295.449999999, 431292.36000000034 5530300.17, 431284.4400000004 5530399.41, 431284.20999999996 5530402.26, 431282.71999999974 5530421.0600000005, 431273.0999999996 5530544.42, 431268.83999999985 5530583.539999999, 431265.0499999998 5530598.779999999, 431264.71999999974 5530600.109999999, 431261.23000000045 5530614.1899999995, 431258.9900000002 5530623.289999999, 431256.91000000015 5530631.67, 431256.6200000001 5530632.970000001, 431253.7400000002 5530634.07, 431250.9900000002 5530632.140000001, 431232.9500000002 5530619.529999999, 431177.8700000001 5530580.970000001, 431173.78000000026 5530578.1, 431166.23000000045 5530572.720000001, 431140.83999999985 5530554.93, 431090.5599999996 5530519.67, 431088.9500000002 5530512.32, 431084.41000000015 5530509.99, 431077.6200000001 5530512.08, 431067.3799999999 5530506.710000001, 431063.1299999999 5530504.49, 431037.3300000001 5530490.99, 431018.7999999998 5530481.289999999, 430946.13999999966 5530443.27, 430935.41000000015 5530437.67, 430878.91000000015 5530408.119999999, 430869.0099999998 5530402.9399999995, 430855.7400000002 5530396, 430835.9000000004 5530385.630000001, 430803.3300000001 5530368.57, 430793.8700000001 5530363.630000001, 430781.03000000026 5530356.91, 430758.5499999998 5530345.130000001, 430698.76999999955 5530313.869999999, 430689.28000000026 5530308.9, 430676.7999999998 5530302.369999999, 430669.1500000004 5530298.369999999, 430664.4500000002 5530295.9, 430611.9500000002 5530268.42, 430606.78000000026 5530265.720000001, 430573.4299999997 5530248.279999999, 430546.3499999996 5530234.1, 430541.9900000002 5530231.859999999, 430532.9900000002 5530227.15, 430491.9400000004 5530205.73, 430483.16000000015 5530201.140000001, 430443.86000000034 5530180.630000001, 430443.0700000003 5530180.220000001, 430425.2999999998 5530170.92, 430365.98000000045 5530139.85, 430352.96999999974 5530133.039999999, 430339.41000000015 5530125.9399999995, 430326.6900000004 5530119.279999999, 430310.9000000004 5530111, 430298.63999999966 5530104.59, 430284.0499999998 5530096.949999999, 430279.0800000001 5530094.6, 430274.6799999997 5530092.51, 430271.9199999999 5530097.880000001, 430273.9400000004 5530104.300000001, 430251.2400000002 5530143.4, 430215.9299999997 5530204.25, 430183.8799999999 5530259.470000001, 430167.5999999996 5530287.51, 430127.6799999997 5530356.300000001, 430120.58999999985 5530358.48, 430015.86000000034 5530308.779999999, 430002.3300000001 5530302.42, 429875.8499999996 5530242.3100000005, 429862.1900000004 5530235.890000001, 429679.83999999985 5530149.18, 429611.6799999997 5530116.779999999, 429598.0700000003 5530110.34, 429455.3200000003 5530042.5600000005, 429352.2000000002 5529993.6, 429349.98000000045 5529987, 429351.9900000002 5529983.24, 429347.41000000015 5529981.24, 429340.5099999998 5529987.85, 429323.7999999998 5529995.65, 429311.2000000002 5529995.68, 429190.5999999996 5529938.119999999, 429117.5599999996 5529879.77, 429117.0800000001 5529873.01, 429127.36000000034 5529862.050000001, 429151.76999999955 5529836.02, 429155.0099999998 5529832.119999999, 429159.16000000015 5529827.109999999, 429155.08999999985 5529824.300000001, 429147.4500000002 5529826, 429062.0599999996 5529785.76, 429059.8700000001 5529779.109999999, 429071.46999999974 5529757.0600000005, 429018.79000000004 5529732.08, 429015.9299999997 5529725.300000001, 429020.03000000026 5529714.41, 429029.4900000002 5529689.18, 429031.86000000034 5529682.869999999, 429027.25 5529680.73, 428963.03000000026 5529649.9399999995, 428964.45999999996 5529647.1899999995, 428960.83999999985 5529645.449999999, 428908.53000000026 5529620.43, 428867.4299999997 5529600.9, 428862.38999999966 5529599.619999999, 428853.73000000045 5529632.67, 428851.66000000015 5529640.550000001, 428840.6500000004 5529682.619999999, 428837.45999999996 5529685.9, 428834.6699999999 5529688.779999999, 428817.91000000015 5529693.26, 428806.2999999998 5529696.369999999, 428780.01999999955 5529703.41, 428760.5800000001 5529709.050000001, 428737.5800000001 5529715, 428714.91000000015 5529724.75, 428712.0800000001 5529727.470000001, 428711.3499999996 5529730.960000001, 428711.9900000002 5529734.050000001, 428713.66000000015 5529736.77, 428717.9000000004 5529738.68, 428731.5700000003 5529746.619999999, 428751.3200000003 5529759.18, 428768.61000000034 5529771.140000001, 428770.8700000001 5529775.5600000005, 428770.9299999997 5529781.279999999, 428767.7000000002 5529792.460000001, 428763.5099999998 5529807.460000001, 428739.0800000001 5529793.949999999, 428718.5700000003 5529783.789999999, 428690.78000000026 5529772.949999999, 428662.1900000004 5529765.09, 428623.3099999996 5529756.42, 428580.0099999998 5529747.84, 428449.53000000026 5529721.9399999995, 428284.0099999998 5529660.6, 428276.1699999999 5529657.619999999, 428261.73000000045 5529661.3100000005, 428260.1299999999 5529664.029999999, 428262.0099999998 5529664.76, 428225.20999999996 5529727.58, 428091.79000000004 5529955.0600000005, 428020.5 5530076.890000001, 428018.71999999974 5530079.99, 428012.61000000034 5530090.390000001, 428016.9400000004 5530088.84, 428025.3300000001 5530092.09, 428091.4400000004 5530117.199999999, 428127.2599999998 5530130.8100000005, 428240.88999999966 5530173.960000001, 428254.9199999999 5530179.630000001, 428331.1500000004 5530217.32, 428407.6900000004 5530255.18, 428416.9900000002 5530259.779999999, 428430.5599999996 5530266.460000001, 428448.51999999955 5530275.33, 428627.2999999998 5530363.67, 428638.13999999966 5530369.039999999, 428647.0999999996 5530373.460000001, 428837.73000000045 5530467.699999999, 428840.25 5530474.5600000005, 428844.8700000001 5530476.83, 428851.2599999998 5530474.449999999, 429006.63999999966 5530551.08, 429020.0800000001 5530557.85, 429180.8799999999 5530643.039999999, 429188.79000000004 5530647.24, 429189.08999999985 5530653.109999999, 429145.1799999997 5530733.66, 429149.8799999999 5530735.74, 429156.51999999955 5530733.74, 429326.95999999996 5530827, 429329.01999999955 5530833.82, 429333.38999999966 5530836.23, 429340.1900000004 5530834.26, 429478.5800000001 5530909.869999999, 429480.5599999996 5530916.710000001, 429454.3300000001 5530965.26, 429440.13999999966 5530991.52, 429438.23000000045 5530995.09, 429424.2400000002 5531021, 429419.33999999985 5531030.07, 429411.08999999985 5531045.41, 429407.5700000003 5531051.9399999995, 429393.58999999985 5531077.83, 429381.53000000026 5531100.220000001, 429353.1699999999 5531152.8100000005, 429333.8700000001 5531188.58, 429311.0999999996 5531230.8100000005, 429292.46999999974 5531265.369999999, 429285.5 5531268.1, 429283.0800000001 5531272.6, 429285.41000000015 5531278.8100000005, 429276.7999999998 5531294.869999999, 429270.7000000002 5531306.220000001, 429261.1699999999 5531323.98, 429242.2599999998 5531359.220000001, 429229.7400000002 5531382.539999999, 429214.20999999996 5531411.48, 429206.03000000026 5531426.73, 429198.96999999974 5531429.380000001, 429039.78000000026 5531369.84, 429025.5800000001 5531364.550000001, 429007.79000000004 5531357.9, 428990.0800000001 5531351.279999999, 428976.5800000001 5531346.24, 428969.6299999999 5531343.66, 428942.5 5531310.539999999, 428894.7999999998 5531252.32, 428874.1299999999 5531227.08, 428861.6900000004 5531219.039999999, 428790.7599999998 5531184.390000001, 428768.2400000002 5531173.380000001, 428735.3200000003 5531157.289999999, 428706.7000000002 5531143.3100000005, 428693.13999999966 5531136.77, 428660 5531120.51, 428658.98000000045 5531120, 428619.04000000004 5531085.199999999, 428573.4400000004 5531045.460000001, 428572.1699999999 5531037.85, 428585.4500000002 5531016.050000001, 428602.5499999998 5530987.59, 428607.73000000045 5530979.01, 428610.25 5530974.6899999995, 428634.9500000002 5530933.67, 428649.48000000045 5530909.550000001, 428652.5999999996 5530904.380000001, 428663.1799999997 5530886.789999999, 428676.8700000001 5530864.029999999, 428681.7599999998 5530855.9, 428690.0700000003 5530842.109999999, 428692.16000000015 5530837.1899999995, 428694.48000000045 5530831.720000001, 428689.8200000003 5530829.8100000005, 428683.4500000002 5530832.279999999, 428593.9900000002 5530788.68, 428478.4299999997 5530732.35, 428476.6500000004 5530725.98, 428475.03000000026 5530724.859999999, 428505.4500000002 5530679.039999999, 428503.63999999966 5530678.17, 428296.11000000034 5530576.3100000005, 428202.2599999998 5530547.74, 428095.3200000003 5530503.210000001, 428093.3799999999 5530502.3100000005, 428094.2599999998 5530497.630000001, 428089.4500000002 5530500.609999999, 427911.0599999996 5530456.289999999, 427908.3099999996 5530451.65, 427904.41000000015 5530451.460000001, 427899.3099999996 5530455.210000001, 427775.3499999996 5530454.380000001, 427774.04000000004 5530450.51, 427764.7599999998 5530461.17, 427748.33999999985 5530481.24, 427732.51999999955 5530499.220000001, 427724.9400000004 5530508.4399999995, 427716.95999999996 5530518.02, 427694.25 5530544.68, 427627.8499999996 5530581.210000001, 427628.7000000002 5530584.609999999, 427613.8200000003 5530584.369999999, 427610.70999999996 5530587.83, 427638.28000000026 5530626.640000001, 427641.08999999985 5530635.67, 427642.4500000002 5530635.710000001, 427644.66000000015 5530635.75, 427655 5530640.58, 427832.7999999998 5530729.27, 427866.2599999998 5530748.43, 427868.6299999999 5530753.73, 427873.3799999999 5530764.3100000005, 427878.5800000001 5530775.93, 427883.33999999985 5530786.539999999, 427888.16000000015 5530797.279999999, 427893.0599999996 5530808.210000001, 427897.7999999998 5530818.77, 427907.41000000015 5530840.199999999, 427912.4900000002 5530851.550000001, 427917.9299999997 5530863.6899999995, 427925.4299999997 5530880.390000001, 427940.9199999999 5530914.91, 427968.8099999996 5530977.050000001, 427980.7400000002 5531003.76, 427987.25 5531018.32, 428002.3499999996 5531052.220000001, 428006.20999999996 5531060.77, 428007.38999999966 5531063.35, 428020.48000000045 5531092.390000001, 428022.6200000001 5531097.119999999, 428032.2999999998 5531116.15, 428055.76999999955 5531168.029999999, 428009.3099999996 5531152.15, 427987.9400000004 5531214.630000001, 427984.7000000002 5531224.08, 427982.0800000001 5531232.49, 427979.38999999966 5531241.08, 427973.9299999997 5531258.619999999, 427971.26999999955 5531267.119999999, 427970.04000000004 5531271.0600000005, 427968.7000000002 5531275.359999999, 427966.01999999955 5531283.93, 427957.9199999999 5531309.9, 427954.79000000004 5531319.93, 427951.5599999996 5531330.27, 427854.6200000001 5531297.140000001, 427851.36000000034 5531298.529999999, 427865.71999999974 5531334.4399999995, 427870.5800000001 5531346.59, 427833.58999999985 5531344.039999999, 427784.16000000015 5531340.65, 427723.5499999998 5531336.48, 427676.1200000001 5531333.220000001, 427670.9199999999 5531347.9, 427665.91000000015 5531362.039999999, 427664.04000000004 5531367.279999999, 427638.1799999997 5531360.73, 427569.5800000001 5531343.359999999, 427565.9500000002 5531361.93, 427558.6799999997 5531399.039999999, 427556.83999999985 5531402.51, 427578.9199999999 5531415.529999999, 427579.7400000002 5531415.960000001, 427569.9299999997 5531429.74, 427582.7400000002 5531436.449999999, 427570.5700000003 5531447.01, 427557.63999999966 5531458.24, 427552.9900000002 5531462.279999999, 427548.33999999985 5531467.15, 427544.76999999955 5531470.890000001, 427538.8700000001 5531477.1, 427532.8799999999 5531483.380000001, 427526.26999999955 5531490.32, 427519.78000000026 5531497.130000001, 427518.25 5531498.73, 427508.5599999996 5531511.16, 427497.3099999996 5531525.609999999, 427491.51999999955 5531532.84, 427489.0999999996 5531536.140000001, 427480.36000000034 5531558.18, 427477.0999999996 5531566.42, 427475.58999999985 5531576.65, 427472.8099999996 5531595.6, 427470.2000000002 5531613.279999999, 427470.21999999974 5531615.35, 427470.3799999999 5531635.41, 427470.4500000002 5531644.140000001, 427471.96999999974 5531655.35, 427474.73000000045 5531675.76, 427477.2999999998 5531694.859999999, 427478.3200000003 5531702.43, 427480.61000000034 5531714.529999999, 427483.96999999974 5531732.35, 427487.26999999955 5531749.84, 427488.5499999998 5531755.33, 427490.29000000004 5531781.1, 427491.25 5531795.470000001, 427492.2000000002 5531809.609999999, 427492.3300000001 5531811.6, 427490.4400000004 5531823.51, 427488.6299999999 5531834.9399999995, 427486.83999999985 5531846.220000001, 427485.04000000004 5531857.529999999, 427483.25 5531868.77, 427481.7000000002 5531878.529999999, 427478.4900000002 5531888.84, 427475.5999999996 5531898.1, 427473.3499999996 5531905.32, 427471.11000000034 5531912.51, 427469 5531919.27, 427468.1500000004 5531922, 427465.4199999999 5531930.75, 427464.7000000002 5531931.789999999, 427449.2999999998 5531954.109999999, 427439.9500000002 5531967.6899999995, 427211.1900000004 5531829.32, 427193.86000000034 5531800.1899999995, 427168.04000000004 5531757.33, 427167.9199999999 5531752.98, 427167.8499999996 5531750.66, 427166.3099999996 5531748.390000001, 427165.2000000002 5531746.74, 427160.8099999996 5531747.07, 427143.8700000001 5531724.02, 427140.98000000045 5531720.0600000005, 427125.6799999997 5531699.74, 427111.71999999974 5531680.880000001, 427108.4299999997 5531676.76, 427090.7000000002 5531655.25, 427076.5499999998 5531637.49, 427067.95999999996 5531626.77, 427057.9900000002 5531614.470000001, 427050.26999999955 5531604.74, 427049.0099999998 5531603.470000001, 427036.36000000034 5531589.4, 427022.1699999999 5531573.609999999, 427003.2599999998 5531552.710000001, 426990.45999999996 5531538.49, 426986.04000000004 5531536.41, 426977.7599999998 5531533.02, 426965.4500000002 5531527.99, 426941.66000000015 5531524.9399999995, 426894.61000000034 5531530.25, 426882.5999999996 5531531.65, 426855.8499999996 5531534.779999999, 426839.0800000001 5531536.68, 426824.7999999998 5531538.380000001, 426813.26999999955 5531539.68, 426809.2999999998 5531539.369999999, 426790.8799999999 5531538.470000001, 426774.88999999966 5531537.630000001, 426773.3700000001 5531537.529999999, 426765.1200000001 5531535.35, 426750.6200000001 5531531.51, 426739.83999999985 5531528.73, 426733.7599999998 5531524.550000001, 426718.4500000002 5531514.199999999, 426710.86000000034 5531509.609999999, 426703.95999999996 5531504.539999999, 426684.8499999996 5531491.92, 426674.36000000034 5531485.07, 426673.1500000004 5531484.41, 426663.4900000002 5531478.57, 426652.9900000002 5531472.48, 426644.16000000015 5531467.16, 426624.01999999955 5531455.33, 426622.45999999996 5531449.73, 426680.5099999998 5531343.359999999, 426737.1200000001 5531239.630000001, 426740.78000000026 5531232.51, 426742.6299999999 5531229, 426792.76999999955 5531138.039999999, 426826.61000000034 5531076.65, 426847 5531039.66, 426848.9299999997 5531036.109999999, 426850.86000000034 5531032.5, 426853.6500000004 5531028.32, 426902.88999999966 5530952.1, 426936.20999999996 5530921.91, 426961.63999999966 5530898.720000001, 426976.70999999996 5530885.17, 426983.4299999997 5530884.1899999995, 426986.16000000015 5530876.66, 427044.54000000004 5530714.76, 427048.58999999985 5530703.51, 427106.4299999997 5530542.77, 427111.61000000034 5530540.84, 427116.98000000045 5530543.59, 427144.23000000045 5530557.52, 427151.2000000002 5530560.92, 427164.66000000015 5530567.529999999, 427174.2400000002 5530572.66, 427187.1299999999 5530579.27, 427199.4000000004 5530585.380000001, 427224.33999999985 5530598.35, 427235.38999999966 5530603.949999999, 427255.45999999996 5530614.1, 427276.46999999974 5530624.960000001, 427284.45999999996 5530629.130000001, 427286.0800000001 5530625.41, 427342.5800000001 5530467.07, 427344.3099999996 5530467.85, 427345.6299999999 5530464.050000001, 427344.28000000026 5530456.15, 427361.9500000002 5530445.58, 427358.6200000001 5530438.279999999, 427352.70999999996 5530439.4, 427346.7000000002 5530439.41, 427340.8799999999 5530437.84, 427335.91000000015 5530434.539999999, 427286.86000000034 5530376.109999999, 427286.16000000015 5530366.32, 427278.1500000004 5530355.550000001, 427277.4500000002 5530345.029999999, 427279.91000000015 5530343.93, 427290.51999999955 5530339.199999999, 427300.5700000003 5530334.73, 427309.16000000015 5530330.9, 427336.3799999999 5530318.77, 427354.4500000002 5530310.720000001, 427355.3700000001 5530310.289999999, 427384.8099999996 5530296.609999999, 427399.20999999996 5530289.91, 427407.9900000002 5530285.82, 427418.4000000004 5530280.1, 427432.5099999998 5530272.35, 427447.9199999999 5530263.890000001, 427461.1500000004 5530256.619999999, 427466.26999999955 5530253.699999999, 427501.29000000004 5530233.630000001, 427513.21999999974 5530226.789999999, 427516.2400000002 5530225.0600000005, 427524.54000000004 5530219.52, 427544.8300000001 5530206.01, 427560.5 5530195.57, 427568.0599999996 5530195.42, 427569.51999999955 5530194.050000001, 427570.9900000002 5530192.68, 427568.6799999997 5530190.68, 427569.6299999999 5530172.210000001, 427570.4000000004 5530157.23, 427570.95999999996 5530146.25, 427571.0700000003 5530144.300000001, 427573.76999999955 5530137.1899999995, 427576.73000000045 5530133.49, 427593.88999999966 5530112.029999999, 427607.8799999999 5530094.550000001, 427620.7599999998 5530078.470000001, 427633.83999999985 5530062.09, 427639.96999999974 5530054.43, 427640.78000000026 5530053.42, 427649.41000000015 5530037.33, 427666.3499999996 5530005.710000001, 427677.6900000004 5529984.5600000005, 427696.8200000003 5529948.890000001, 427704.3799999999 5529934.789999999, 427707.23000000045 5529927.119999999, 427717.16000000015 5529900.41, 427728.91000000015 5529868.85, 427740.7999999998 5529836.869999999, 427746.04000000004 5529834.25, 427747.28000000026 5529830.449999999, 427745.0099999998 5529825.52, 427740.61000000034 5529824.039999999, 427735.5499999998 5529826.6899999995, 427585.98000000045 5529778.869999999, 427583.5999999996 5529773.869999999, 427585.36000000034 5529768.32, 427590.5800000001 5529751.869999999, 427597.71999999974 5529729.369999999, 427606.8700000001 5529700.51, 427615.9500000002 5529671.890000001, 427617.8799999999 5529665.800000001, 427619.91000000015 5529659.41, 427628.04000000004 5529633.75, 427631.63999999966 5529622.41, 427636.7599999998 5529606.27, 427644.3200000003 5529582.41, 427647.3099999996 5529568.4399999995, 427656.70999999996 5529524.630000001, 427661.79000000004 5529509.34, 427662.26999999955 5529508.210000001, 427662.91000000015 5529506.880000001, 427665.2000000002 5529505.82, 427667.4299999997 5529498.07, 427667.48000000045 5529497.98, 427665.9900000002 5529496.59, 427665.61000000034 5529495.630000001, 427665.29000000004 5529493.699999999, 427694.6799999997 5529418.619999999, 427718.2999999998 5529358.23, 427723.0599999996 5529346.09, 427734.7999999998 5529316.050000001, 427741.0700000003 5529300.029999999, 427744.7999999998 5529290.52, 427748.38999999966 5529281.4, 427750.1200000001 5529276.960000001, 427758.9000000004 5529254.51, 427765.58999999985 5529237.41, 427771.5999999996 5529222.01, 427781.2400000002 5529197.380000001, 427784.08999999985 5529190.1, 427786.8499999996 5529183.01, 427789.46999999974 5529176.33, 427795.8799999999 5529159.91, 427800.4900000002 5529148.140000001, 427803.9299999997 5529139.33, 427807.4900000002 5529130.23, 427809.58999999985 5529124.869999999, 427812.7400000002 5529116.789999999, 427813.9900000002 5529113.6, 427819.20999999996 5529100.24, 427826.04000000004 5529082.76, 427828.04000000004 5529077.68, 427830.5499999998 5529071.25, 427831.6299999999 5529068.49, 427834.66000000015 5529060.779999999, 427840.96999999974 5529044.65, 427848.38999999966 5529025.68, 427862.2999999998 5528990.15, 427869.0099999998 5528972.99, 427872.6500000004 5528963.68, 427880.28000000026 5528944.18, 427886.3300000001 5528928.75, 427897.70999999996 5528899.619999999, 427902.45999999996 5528898.09, 427905.0099999998 5528894.039999999, 427902.48000000045 5528886.789999999, 427898.4000000004 5528885.619999999, 427893.86000000034 5528887.539999999, 427786.7999999998 5528825.9, 427775.6799999997 5528819.5, 427692.4400000004 5528771.57, 427688.4199999999 5528765.470000001, 427683.8300000001 5528724.68, 427682.2999999998 5528711.039999999, 427680.1200000001 5528691.77, 427677.4299999997 5528667.800000001, 427675.5999999996 5528651.57, 427667.5800000001 5528578.880000001, 427666.2599999998 5528567.85, 427664.11000000034 5528551.970000001, 427659.4000000004 5528517.1899999995, 427653.8099999996 5528475.880000001, 427651.1500000004 5528456.27, 427623.6500000004 5528412.68, 427603.9500000002 5528381.470000001, 427601.33999999985 5528377.970000001, 427595.4000000004 5528372.369999999, 427564.29000000004 5528343, 427545.3099999996 5528325.0600000005, 427535.53000000026 5528315.83, 427529.46999999974 5528310.109999999, 427523.2400000002 5528304.210000001, 427507.61000000034 5528289.460000001, 427497.8300000001 5528280.220000001, 427479.5099999998 5528262.91, 427476.0999999996 5528259.6899999995, 427466.2999999998 5528250.529999999, 427450.4299999997 5528235.6899999995, 427434.8099999996 5528220.58, 427417.6799999997 5528204.52, 427394.0499999998 5528182.1899999995, 427387.9500000002 5528176.449999999, 427379.20999999996 5528168.18, 427370.78000000026 5528160.23, 427361.4000000004 5528151.359999999, 427350.4000000004 5528140.970000001, 427343.3200000003 5528134.289999999, 427337.63999999966 5528128.93, 427334.6500000004 5528125.949999999, 427319.0599999996 5528110.48, 427312.48000000045 5528103.949999999, 427282.2999999998 5528073.99, 427271.6299999999 5528063.390000001, 427267.16000000015 5528058.949999999, 427250.28000000026 5528042.1899999995, 427236.73000000045 5528028.75, 427214.0599999996 5528014.58, 427199.9900000002 5528005.779999999, 427190.61000000034 5527999.92, 427185.1699999999 5527996.529999999, 427182.2999999998 5527994.73, 427179.98000000045 5527990.9399999995, 427171.5999999996 5527977.26, 427161.88999999966 5527961.4, 427157.54000000004 5527926.0600000005, 427170.88999999966 5527896.23, 427186.3099999996 5527849.550000001, 427193.08999999985 5527841.66, 427208.8799999999 5527837.9399999995, 427226.0999999996 5527833.890000001, 427241.0800000001 5527830.369999999, 427257.4500000002 5527826.529999999, 427269.75 5527823.630000001, 427289.4000000004 5527819.01, 427316.6900000004 5527812.6, 427320.16000000015 5527811.779999999, 427318.9000000004 5527802.6899999995, 427304.63999999966 5527726.91, 427299.16000000015 5527697.75, 427294.95999999996 5527675.4, 427290.2599999998 5527650.4399999995, 427280.36000000034 5527610.42, 427269.6500000004 5527567.1, 427273.4400000004 5527564.550000001, 427274.2000000002 5527560.4, 427272.2599999998 5527554.73, 427329.08999999985 5527458.720000001, 427332.1900000004 5527453.49, 427348.54000000004 5527425.880000001, 427354.6900000004 5527424.8100000005, 427383.9199999999 5527442.949999999, 427419.21999999974 5527464.85, 427427.6799999997 5527470.1, 427441.38999999966 5527478.609999999, 427457.8099999996 5527488.789999999, 427474.1799999997 5527498.949999999, 427486.7599999998 5527506.74, 427517.2000000002 5527525.6, 427560.0599999996 5527552.17, 427591.4900000002 5527571.640000001, 427596.0800000001 5527574.48, 427597.6200000001 5527579.949999999, 427599.2400000002 5527580.949999999, 427601.1200000001 5527582.130000001, 427610.21999999974 5527566.710000001, 427618.61000000034 5527552.49, 427633.08999999985 5527527.98, 427644.13999999966 5527509.25, 427676.2400000002 5527454.85, 427687.4400000004 5527435.9, 427688.3099999996 5527434.41, 427697.2599999998 5527419.289999999, 427703.79000000004 5527408.27, 427718.0999999996 5527384.109999999, 427722.88999999966 5527376.02, 427727.63999999966 5527368.01, 427737.26999999955 5527351.73, 427741.91000000015 5527343.9, 427746.3200000003 5527336.449999999, 427753.83999999985 5527323.74, 427758.5800000001 5527315.73, 427766.79000000004 5527301.859999999, 427773.4299999997 5527290.66, 427792.1900000004 5527258.960000001, 427797.6699999999 5527257.32, 427833.58999999985 5527277.949999999, 427931.95999999996 5527334.43, 427935.7000000002 5527336.66, 427942.4199999999 5527340.52, 427945.28000000026 5527342.17, 427946.38999999966 5527340.4399999995, 427947.5999999996 5527338.5600000005, 427947.76999999955 5527335.67, 427996.9199999999 5527320.039999999, 428010.6900000004 5527315.67, 428025.33999999985 5527311.01, 428036.5 5527307.460000001, 428040.46999999974 5527306.199999999, 428038.9500000002 5527302.449999999, 428033.8499999996 5527299.140000001, 428022.11000000034 5527252.8100000005, 427992.04000000004 5527134.119999999, 427995.0499999998 5527128.75, 427994.25 5527124.68, 427989.70999999996 5527122.4399999995, 427964.26999999955 5527023.619999999, 427947.3799999999 5526958.029999999, 427950 5526953.93, 427949.1799999997 5526949.58, 427944.6699999999 5526947.050000001, 427906.6799999997 5526797.550000001, 427902.5099999998 5526781.16, 427901.5099999998 5526777.210000001, 427900.36000000034 5526772.720000001, 427899.3700000001 5526768.800000001, 427883.61000000034 5526706.76, 427866.0499999998 5526637.66, 427859.51999999955 5526611.99, 427862.1699999999 5526607.82, 427888.26999999955 5526605.880000001, 427903.16000000015 5526604.77, 427918.38999999966 5526603.630000001, 427935.08999999985 5526602.380000001, 427947.0599999996 5526601.49, 427958.95999999996 5526600.6, 427989.1900000004 5526598.34, 428023.79000000004 5526595.76, 428032.9299999997 5526594.9399999995, 428050.0599999996 5526593.65, 428096.6200000001 5526590.140000001, 428111 5526589.0600000005, 428137.45999999996 5526587.07, 428156.4199999999 5526585.640000001, 428174.51999999955 5526584.279999999, 428189.29000000004 5526583.17, 428210.08999999985 5526581.609999999, 428227.3300000001 5526580.300000001, 428230.95999999996 5526580.029999999, 428235.03000000026 5526579.73, 428239.0599999996 5526579.42, 428269.45999999996 5526577.15, 428282.03000000026 5526576.199999999, 428322.78000000026 5526573.15, 428340.78000000026 5526571.8100000005, 428353.9199999999 5526570.82, 428367.0599999996 5526569.83, 428394.16000000015 5526567.8100000005, 428418 5526566.02, 428442.2000000002 5526564.35, 428458.5999999996 5526563.220000001, 428479.0099999998 5526561.390000001, 428508.1200000001 5526559.32, 428523.75 5526558.199999999, 428545.58999999985 5526556.66, 428560.0800000001 5526555.630000001, 428571.0700000003 5526554.85, 428582.6799999997 5526554.02, 428621.16000000015 5526551.289999999, 428634.04000000004 5526601.039999999, 428645.20999999996 5526598.02, 428648.76999999955 5526595.17, 428665.6500000004 5526581.6, 428684.36000000034 5526566.619999999, 428690.6500000004 5526561.91, 428694.5700000003 5526558.58, 428698.36000000034 5526559.6, 428735.83999999985 5526570.4399999995, 428755.20999999996 5526576.0600000005, 428776.20999999996 5526582.15, 428783.78000000026 5526584.359999999, 428817.3799999999 5526594.32, 428835.6900000004 5526603.5600000005, 428840.25 5526604.710000001, 428843.8499999996 5526605.699999999, 428857.9900000002 5526605.859999999, 428907.5700000003 5526620.619999999, 428926.8300000001 5526626.34, 428942.29000000004 5526630.9399999995, 428964.4299999997 5526637.52, 428988.95999999996 5526644.82, 429046.08999999985 5526661.82, 429053.6200000001 5526664.0600000005, 429061.3799999999 5526666.369999999, 429080.2599999998 5526671.99, 429102.54000000004 5526678.619999999, 429121.3200000003 5526684.199999999, 429155.6799999997 5526694.42, 429169.70999999996 5526701.92, 429174.63999999966 5526702.460000001, 429180.76999999955 5526703.109999999, 429188.6500000004 5526699.199999999, 429195.04000000004 5526698.4399999995, 429196.48000000045 5526694.619999999, 429196.0800000001 5526693.859999999, 429194.08999999985 5526693.02, 429194.6900000004 5526690.5, 429199.26999999955 5526671.5600000005, 429202.11000000034 5526659.789999999, 429209.6200000001 5526632.83, 429214.5800000001 5526615.029999999, 429219.3200000003 5526598.08, 429224.0700000003 5526581.039999999, 429226.2999999998 5526573.0600000005, 429229.5999999996 5526561.210000001, 429232.7599999998 5526549.9, 429235.8099999996 5526538.9399999995, 429246.46999999974 5526500.65, 429250.5 5526486.17, 429256.6699999999 5526463.99, 429261.51999999955 5526446.58, 429266.2999999998 5526429.369999999, 429275.86000000034 5526395.02, 429278.2400000002 5526386.470000001, 429282.16000000015 5526372.390000001, 429289.5499999998 5526345.85, 429299.6299999999 5526309.59, 429301.8700000001 5526301.550000001, 429311.1900000004 5526268.51, 429317.63999999966 5526245.630000001, 429321.4400000004 5526232.140000001, 429325.9900000002 5526229.539999999, 429326.78000000026 5526228.029999999, 429327.70999999996 5526226.27, 429326.21999999974 5526220.789999999, 429339.03000000026 5526198.949999999, 429366.5099999998 5526152.09, 429373.1699999999 5526140.75, 429385.53000000026 5526119.66, 429395.98000000045 5526101.859999999, 429400.45999999996 5526094.24, 429403.33999999985 5526089.3100000005, 429415.4299999997 5526068.720000001, 429431.3499999996 5526041.609999999, 429438.7000000002 5526029.0600000005, 429446.98000000045 5526014.960000001, 429462.45999999996 5525988.58, 429472.4199999999 5525971.6, 429492.1900000004 5525937.91, 429510.5 5525906.720000001, 429514.5 5525899.91, 429516.38999999966 5525896.68, 429598.51999999955 5525756.699999999, 429607.41000000015 5525741.539999999, 429632.75 5525698.369999999, 429713.36000000034 5525561.02, 429721.1699999999 5525575.42, 429736.2400000002 5525603.199999999, 429744.2000000002 5525617.9, 429756.21999999974 5525640.0600000005, 429762.9299999997 5525652.449999999, 429769.13999999966 5525663.93, 429778.4199999999 5525674.970000001, 429799.2400000002 5525699.74, 429820.16000000015 5525724.65, 429825.5599999996 5525731.07, 429836.3499999996 5525743.92, 429845.3300000001 5525754.630000001, 429850.8300000001 5525761.16, 429853.54000000004 5525764.380000001, 429862.8499999996 5525775.48, 429870.8499999996 5525784.58, 429878.96999999974 5525793.82, 429889.0099999998 5525805.23, 429898.88999999966 5525816.48, 429921.5800000001 5525842.300000001, 429961.6900000004 5525887.92, 429969.58999999985 5525896.93, 429977.3300000001 5525905.75, 429996.8799999999 5525928.050000001, 430012.1500000004 5525945.470000001, 430023.6799999997 5525958.619999999, 430029.29000000004 5525965.01, 430031.76999999955 5525967.76, 430098.16000000015 5526043.960000001, 430175.5800000001 5526132.65, 430178.1699999999 5526135.630000001, 430185.1299999999 5526140.01, 430203.6900000004 5526151.699999999, 430208.88999999966 5526154.93, 430217.3099999996 5526160.27, 430223.8300000001 5526164.369999999, 430235.2599999998 5526171.550000001, 430249.98000000045 5526180.8100000005, 430259.01999999955 552619</t>
   </si>
   <si>
     <t>https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=6014-403</t>
   </si>
   <si>
     <t>https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg6014-403</t>
   </si>
   <si>
-    <t>https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/vsg_sdb_6014-403.pdf</t>
+    <t>https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/vsg_sdb_6014-403.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -510,90 +510,90 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vogelschutzgebiet&amp;layers=vogelschutzgebiet&amp;qid=VSG-7000-025" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=6014-403" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg6014-403" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/vsg_sdb_6014-403.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vogelschutzgebiet&amp;layers=vogelschutzgebiet&amp;qid=VSG-7000-025" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=6014-403" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg6014-403" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/vsg_sdb_6014-403.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:X2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="36.28515625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="7" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="26" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="178.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="15.5703125" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="42.42578125" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="178" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="81.85546875" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="76.28515625" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="73.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -664,51 +664,51 @@
       <c r="E2" t="s">
         <v>27</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>28</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>29</v>
       </c>
       <c r="J2" t="s">
         <v>30</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>31</v>
       </c>
       <c r="N2">
         <v>109732</v>
       </c>
       <c r="O2" s="3">
-        <v>45969.74233508659</v>
+        <v>46045.4717450963</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2" t="s">
         <v>35</v>
       </c>
       <c r="T2" t="s">
         <v>36</v>
       </c>
       <c r="U2" t="s">
         <v>37</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>38</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>39</v>
       </c>