--- v0 (2025-11-09)
+++ v1 (2026-01-22)
@@ -132,51 +132,51 @@
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>Naturschutz</t>
   </si>
   <si>
     <t>Vogelschutzgebiet besonderer Bedeutung (EG)</t>
   </si>
   <si>
     <t>Natura 2000</t>
   </si>
   <si>
     <t>DE-6014-402</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((444804.13999999966 5523709.01, 444787.8799999999 5523723.23, 444781.33999999985 5523728.93, 444763.76999999955 5523751.16, 444730.4199999999 5523801.67, 444711.3700000001 5523830.58, 444689.9299999997 5523853.539999999, 444606.16000000015 5523903.359999999, 444539.3700000001 5523943.07, 444534.21999999974 5523945.460000001, 444515.13999999966 5523954.289999999, 444496.1200000001 5523957.640000001, 444487.9400000004 5523959.08, 444482.78000000026 5523959.210000001, 444396.7400000002 5523961.41, 444391.75 5523961.630000001, 444380.83999999985 5523960.130000001, 444385.2599999998 5523965.630000001, 444383.45999999996 5523986.85, 444382.46999999974 5523998.6, 444377.1900000004 5524002.52, 444369.4199999999 5524000.630000001, 444360.2000000002 5523998.390000001, 444332.33999999985 5523991.609999999, 444327.03000000026 5523990.32, 444314.71999999974 5523986.18, 444269.2400000002 5523970.92, 444267.9900000002 5523970.51, 444198.38999999966 5523940.67, 444187.7599999998 5523936.109999999, 444172.2400000002 5523931.57, 444150.4500000002 5523925.210000001, 444141.21999999974 5523921.42, 444140.08999999985 5523920.960000001, 444116.58999999985 5523907.8100000005, 444080.11000000034 5523887.41, 444065.9000000004 5523881.99, 444053.58999999985 5523878.699999999, 444034.8300000001 5523879.880000001, 444019.33999999985 5523882.33, 444007.98000000045 5523885.66, 443998.21999999974 5523892.449999999, 443989.6699999999 5523900.279999999, 443939.16000000015 5523975.960000001, 443922.45999999996 5524000.98, 443890.29000000004 5524049.1899999995, 443875.6299999999 5524068.68, 443856.9299999997 5524092.029999999, 443849.20999999996 5524100.16, 443838.91000000015 5524107.779999999, 443830.9500000002 5524112.199999999, 443822.5999999996 5524114.76, 443800.8700000001 5524117.720000001, 443797.26999999955 5524116.98, 443793.58999999985 5524115.380000001, 443784.9400000004 5524110.1, 443769.4000000004 5524097.470000001, 443762.96999999974 5524089.73, 443756.7599999998 5524077.74, 443758.6699999999 5524070.67, 443752.54000000004 5524069.83, 443746.8799999999 5524072.02, 443727.8099999996 5524078.470000001, 443699.8700000001 5524081.9, 443568.16000000015 5524080.390000001, 443518.53000000026 5524075.23, 443217.1799999997 5523986.8100000005, 443131.4000000004 5523974.17, 443067.51999999955 5523978.52, 442967.3799999999 5524034.65, 442924.21999999974 5524097.210000001, 442924.1500000004 5524097.33, 442927.23000000045 5524100.99, 443000.9199999999 5524195.66, 443000.76999999955 5524200.33, 442984.75 5524209.279999999, 442976.41000000015 5524213.970000001, 442943.9900000002 5524232.029999999, 442931.41000000015 5524239.119999999, 442924.96999999974 5524242.74, 442911.4900000002 5524250.48, 442826.2599999998 5524298.289999999, 442811.3200000003 5524306.800000001, 442805.41000000015 5524304.57, 442800.3099999996 5524288.369999999, 442797.58999999985 5524293.369999999, 442804.46999999974 5524315.16, 442809.3499999996 5524330.4399999995, 442805.9299999997 5524336, 442671.76999999955 5524357.68, 442343.5099999998 5524295.58, 442281.1299999999 5524312.32, 442244.41000000015 5524368.24, 442234.0599999996 5524372.609999999, 442233.1799999997 5524377.529999999, 442237.1200000001 5524383.32, 442176.4199999999 5524690.07, 442166.04000000004 5524718.98, 442078.96999999974 5524893.800000001, 442036.11000000034 5525018.109999999, 441942.54000000004 5525145.92, 441918.5999999996 5525241.98, 441929.8799999999 5525349.17, 442015.1799999997 5525442.18, 442047.2400000002 5525517.99, 442075.7000000002 5525744.949999999, 442077.13999999966 5525761.8100000005, 442079.5999999996 5525777.630000001, 442082.03000000026 5525793.359999999, 442083.9900000002 5525806, 442087.11000000034 5525839.289999999, 442089.8300000001 5525857.25, 442094.20999999996 5525886.17, 442107.46999999974 5525936.029999999, 442111.3200000003 5525946.699999999, 442118.0999999996 5525965.57, 442121.20999999996 5525974.27, 442122.9299999997 5525978.98, 442142.78000000026 5526033.619999999, 442147.71999999974 5526052.98, 442150.1299999999 5526062.48, 442152.28000000026 5526089.550000001, 442152.4299999997 5526091.529999999, 442148.6900000004 5526120.109999999, 442143.4199999999 5526137.92, 442142.58999999985 5526140.75, 442139.6200000001 5526150.76, 442136.4000000004 5526159.130000001, 442134.0099999998 5526165.34, 442123.91000000015 5526191.57, 442116.04000000004 5526207.529999999, 442105.9199999999 5526222.039999999, 442093.9299999997 5526234.859999999, 442090.63999999966 5526237.529999999, 442084.45999999996 5526242.539999999, 442076.61000000034 5526248.949999999, 442074.04000000004 5526250.609999999, 442026.29000000004 5526282.109999999, 442019.70999999996 5526286.3100000005, 441991.5 5526304.33, 441977.4199999999 5526313.35, 441975.9500000002 5526314.289999999, 441924.21999999974 5526345.859999999, 441913.7999999998 5526351.890000001, 441904.6799999997 5526357.17, 441895.1299999999 5526362.699999999, 441872.6900000004 5526375.710000001, 441864.2999999998 5526381.99, 441855.11000000034 5526388.869999999, 441841.25 5526403.43, 441842.38999999966 5526409.01, 441824.61000000034 5526402.220000001, 441823.91000000015 5526404.8100000005, 441823.4000000004 5526406.59, 441822.0800000001 5526410.48, 441776.8200000003 5526558.720000001, 441775.5700000003 5526562.710000001, 441832.7599999998 5526594.109999999, 441842.91000000015 5526599.68, 441847.2400000002 5526602.0600000005, 441860.98000000045 5526609.6, 441874.3799999999 5526616.949999999, 441886.3499999996 5526623.52, 441918.54000000004 5526641.199999999, 441933.7999999998 5526649.57, 441946.48000000045 5526656.529999999, 441951.7999999998 5526659.449999999, 441967.03000000026 5526667.82, 441982.08999999985 5526676.08, 441996.95999999996 5526684.25, 441999.23000000045 5526685.5, 442001.45999999996 5526686.710000001, 442013.0700000003 5526699.27, 442013.61000000034 5526699.9399999995, 442017.53000000026 5526704.8100000005, 442019.9199999999 5526710.07, 442027.6799999997 5526727.140000001, 442037.1900000004 5526748.07, 442047.4299999997 5526799.359999999, 442053.3300000001 5526824.640000001, 442054.9000000004 5526831.380000001, 442059.3700000001 5526840.8100000005, 442068.16000000015 5526898.859999999, 442076.1699999999 5526951.630000001, 442067.48000000045 5527031.960000001, 442049.71999999974 5527196.220000001, 442045.3099999996 5527199.6899999995, 442044.61000000034 5527205.630000001, 442047.76999999955 5527210.23, 442023.73000000045 5527335.6, 442015.98000000045 5527375.92, 442008.2599999998 5527416.140000001, 442003.53000000026 5527420.32, 441924.79000000004 5527425.18, 441924.6799999997 5527429.25, 441932.6699999999 5527428.76, 441932.86000000034 5527439.109999999, 441929.1500000004 5527443.98, 441934.4400000004 5527457.289999999, 441942.0499999998 5527469.25, 441953.53000000026 5527478.15, 441967.9199999999 5527485.75, 442021.9000000004 5527501.41, 442023.76999999955 5527501.99, 442057.33999999985 5527512.32, 442131.8099999996 5527535.25, 442224.58999999985 5527563.8100000005, 442233.0099999998 5527566.41, 442234.51999999955 5527566.869999999, 442278.91000000015 5527583.82, 442287.48000000045 5527587.08, 442307.0599999996 5527594.5600000005, 442310.46999999974 5527595.85, 442313.4900000002 5527593.35, 442315.0700000003 5527602.039999999, 442316.63999999966 5527612.539999999, 442318.2999999998 5527623.58, 442320.73000000045 5527639.8100000005, 442241.3499999996 5527633.9399999995, 442240.3300000001 5527640.58, 442239.26999999955 5527647.51, 442238.45999999996 5527652.779999999, 442237.6799999997 5527657.210000001, 442234.4199999999 5527677.960000001, 442218.48000000045 5527730.699999999, 442211.5 5527742.26, 442101.25 5527846.49, 442048.36000000034 5527896.49, 442039.6299999999 5527909.32, 442034.5 5527925.26, 442007.0599999996 5528137.76, 442047.9900000002 5528317, 442060.36000000034 5528339.130000001, 442072.2599999998 5528360.42, 442068.86000000034 5528364.66, 442063.76999999955 5528370.960000001, 442126.71999999974 5528424.140000001, 442127.78000000026 5528428.83, 442128.26999999955 5528431.07, 442130.6799999997 5528442.050000001, 442132.91000000015 5528452.17, 442138.58999999985 5528478.07, 442143.7000000002 5528501.32, 442146.2599999998 5528512.98, 442148.8200000003 5528524.67, 442150.8200000003 5528533.74, 442151.46999999974 5528536.67, 442157.26999999955 5528563.1, 442154.21999999974 5528567.859999999, 442155.3099999996 5528572.66, 442160.01999999955 5528575.720000001, 442163.2400000002 5528590.289999999, 442166.1699999999 5528603.609999999, 442170.5599999996 5528623.51, 442175.1699999999 5528644.460000001, 442178.51999999955 5528659.66, 442183.51999999955 5528682.32, 442185.5099999998 5528691.369999999, 442187 5528698.16, 442191.3799999999 5528717.970000001, 442194.41000000015 5528731.77, 442191.25 5528735.779999999, 442191.5800000001 5528741.65, 442245.2999999998 5528740.59, 442244.6900000004 5528746.51, 442243.26999999955 5528760.539999999, 442243.11000000034 5528762.039999999, 442241.79000000004 5528775.01, 442240.9299999997 5528783.6, 442240.25 5528790.34, 442239.45999999996 5528798.08, 442238.33999999985 5528809.01, 442237.3499999996 5528818.84, 442234.1500000004 5528850.279999999, 442233.08999999985 5528860.67, 442232.70999999996 5528864.539999999, 442236.79000000004 5528864.51, 442307.29000000004 5528863.449999999, 442305.0499999998 5528866.369999999, 442304.70999999996 5528866.630000001, 442276.86000000034 5528888.52, 442276.58999999985 5528889.57, 442270.78000000026 5528911.609999999, 442267.7599999998 5528923.42, 442256.4199999999 5528967.27, 442244.96999999974 5529011.529999999, 442226.66000000015 5529082.34, 442297.01999999955 5529118.890000001, 442377.46999999974 5529163.8100000005, 442385.20999999996 5529166.8100000005, 442389.7599999998 5529165.710000001, 442395.4500000002 5529164.76, 442401.11000000034 5529161.380000001, 442404.96999999974 5529156.199999999, 442407.1900000004 5529180.970000001, 442419.6900000004 5529211.699999999, 442433.46999999974 5529231.82, 442476.4199999999 5529268.710000001, 442491.9900000002 5529288.109999999, 442507.6799999997 5529317.34, 442512.7599999998 5529336.550000001, 442514.28000000026 5529353.6899999995, 442507.7599999998 5529359.65, 442516.3799999999 5529364.25, 442517.33999999985 5529371.619999999, 442517.86000000034 5529375.609999999, 442525.95999999996 5529376.41, 442534.98000000045 5529377.300000001, 442537.38999999966 5529377.5600000005, 442542.0599999996 5529378.039999999, 442545.6299999999 5529378.33, 442545.8799999999 5529381.02, 442561.4199999999 5529382.65, 442599.36000000034 5529385.050000001, 442605.4500000002 5529385.449999999, 442613.86000000034 5529385.970000001, 442612.8300000001 5529387.550000001, 442612.20999999996 5529388.76, 442608.5999999996 5529395.76, 442599.76999999955 5529398.4399999995, 442591.48000000045 5529416.130000001, 442562.5999999996 5529477.8100000005, 442546.3700000001 5529512.4399999995, 442536.70999999996 5529533.07, 442508.0599999996 5529594.24, 442496.1500000004 5529619.66, 442480.75 5529649.199999999, 442473.6699999999 5529662.77, 442467.1699999999 5529675.24, 442465.33999999985 5529678.74, 442454.6900000004 5529699.18, 442445.3099999996 5529711.67, 442431.9900000002 5529710.82, 442422.29000000004 5529712.619999999, 442416.7000000002 5529716.08, 442416.0800000001 5529715.33, 442395.25 5529690.300000001, 442387.1699999999 5529687.1, 442372.9500000002 5529689.02, 442355.1699999999 5529691.42, 442250.6299999999 5529705.550000001, 442239.21999999974 5529707.08, 442214.8300000001 5529710.380000001, 442212.5099999998 5529715.289999999, 442210.5599999996 5529719.74, 442209.7599999998 5529719.880000001, 442201.5999999996 5529721.460000001, 442183.5700000003 5529725.050000001, 442152.8799999999 5529718.91, 442139.70999999996 5529716.27, 442135.2000000002 5529715.369999999, 442123.8300000001 5529713.09, 442092.66000000015 5529706.85, 442085.23000000045 5529698.99, 442002.83999999985 5529670.369999999, 441999.7000000002 5529663.99, 441989.9199999999 5529659.449999999, 441974.13999999966 5529717.789999999, 441971.3099999996 5529720.85, 441898.1900000004 5529711.75, 441895.29000000004 5529711.390000001, 441860.5 5529707.0600000005, 441841.6200000001 5529704.710000001, 441796.0599999996 5529699.039999999, 441772.4900000002 5529696.1, 441765.9199999999 5529696.4399999995, 441753.28000000026 5529697.0600000005, 441740.53000000026 5529700.289999999, 441734.9199999999 5529701.710000001, 441734.6799999997 5529701.83, 441724.6500000004 5529706.640000001, 441716.48000000045 5529710.57, 441715.63999999966 5529711.289999999, 441647.6500000004 5529768.32, 441632.3099999996 5529781.1899999995, 441619.0999999996 5529792.289999999, 441584.1799999997 5529821.58, 441572.8200000003 5529831.109999999, 441560.5800000001 5529841.390000001, 441537.7400000002 5529860.539999999, 441534.8499999996 5529862.98, 441526.1900000004 5529866.890000001, 441524.0999999996 5529867.15, 441515.8799999999 5529868.15, 441509.88999999966 5529868.880000001, 441496.3300000001 5529870.529999999, 441489.9900000002 5529871.3100000005, 441471.1500000004 5529873.609999999, 441454.71999999974 5529875.609999999, 441439 5529854.08, 441417.25 5529824.300000001, 441400.33999999985 5529816.119999999, 441399.0099999998 5529817.710000001, 441382.53000000026 5529808.68, 441359.8799999999 5529803.449999999, 441330.4000000004 5529816.4, 441324.5099999998 5529820.039999999, 441313.5999999996 5529826.83, 441306.1299999999 5529831.470000001, 441300.7999999998 5529835.470000001, 441288.63999999966 5529844.550000001, 441276.96999999974 5529853.289999999, 441276.4900000002 5529853.84, 441268.95999999996 5529862.630000001, 441260.4000000004 5529872.630000001, 441253.9000000004 5529876.77, 441239.29000000004 5529881.4399999995, 441217.6299999999 5529888.33, 441210.3099999996 5529890.66, 441205.48000000045 5529892.17, 441193.1299999999 5529896.09, 441114.04000000004 5529921.18, 441109.76999999955 5529917.720000001, 441110.8099999996 5529908.51, 441111.4900000002 5529898.8100000005, 441111.7599999998 5529895.529999999, 441107.5999999996 5529895.300000001, 441080.6299999999 5529906.4399999995, 441052.3799999999 5529918.109999999, 441013.2400000002 5529934.26, 441005.1500000004 5529937.609999999, 440974.3799999999 5529933.869999999, 440960.20999999996 5529932.16, 440927.36000000034 5529928.17, 440886.76999999955 5529923.26, 440886.5 5529923.23, 440846.1500000004 5529924.140000001, 440842.8300000001 5529924.210000001, 440801.26999999955 5529930.27, 440785.3799999999 5529932.57, 440770.5099999998 5529934.75, 440751.5599999996 5529937.51, 440735.5499999998 5529939.84, 440730.38999999966 5529940.6, 440703.41000000015 5529939.640000001, 440687.0099999998 5529943.9399999995, 440676.4299999997 5529953.66, 440670.9900000002 5529958.34, 440681.2599999998 5529919.029999999, 440688.7000000002 5529890.5600000005, 440689.9000000004 5529886.23, 440691.08999999985 5529881.92, 440699.48000000045 5529844.66, 440700.7000000002 5529839.140000001, 440701.26999999955 5529836.77, 440702.4199999999 5529836.76, 440707.76999999955 5529836.75, 440709.0999999996 5529832.75, 440709.5999999996 5529831.25, 440707.88999999966 5529828.9, 440709.96999999974 5529822.17, 440711.9400000004 5529817.9399999995, 440725.9400000004 5529787.800000001, 440734.23000000045 5529769.970000001, 440751.7000000002 5529732.35, 440753.1299999999 5529732.35, 440754.8300000001 5529732.34, 440761.13999999966 5529732.32, 440982.03000000026 5529731.73, 440981.1699999999 5529749.58, 440977.4400000004 5529755.51, 440978.78000000026 5529759.34, 440984.8200000003 5529756.0600000005, 441032.46999999974 5529742.48, 441103.63999999966 5529733.199999999, 441158.86000000034 5529725.98, 441183.76999999955 5529722.720000001, 441202.11000000034 5529720.32, 441223.63999999966 5529717.5, 441246.45999999996 5529714.529999999, 441329.20999999996 5529703.699999999, 441337.0599999996 5529701.960000001, 441345.9000000004 5529700.01, 441363.6699999999 5529696.08, 441394.8200000003 5529689.210000001, 441405.96999999974 5529686.76, 441459.83999999985 5529659.380000001, 441479.9199999999 5529649.18, 441481.54000000004 5529648.15, 441509.46999999974 5529630.470000001, 441551.8200000003 5529603.67, 441567.2999999998 5529593.880000001, 441574.51999999955 5529590.48, 441592.5700000003 5529582, 441609.2400000002 5529574.18, 441634.71999999974 5529562.210000001, 441704.0800000001 5529529.640000001, 441721.9500000002 5529521.26, 441731.4500000002 5529519.199999999, 441734.5999999996 5529519.26, 441785.03000000026 5529520.039999999, 441806.0099999998 5529520.359999999, 441819 5529520.65, 441824.1299999999 5529520.77, 441842.1799999997 5529525.1, 441864.3700000001 5529527.9, 441870.2599999998 5529529.619999999, 441885.9900000002 5529534.23, 441898.25 5529537.82, 441922.16000000015 5529544.82, 441928.33999999985 5529547.01, 442004.5499999998 5529573.9, 442007.79000000004 5529581.41, 442015.70999999996 5529564.26, 442024.63999999966 5529371.640000001, 442025.0099999998 5529363.74, 442025.1900000004 5529359.76, 442025.3799999999 5529355.76, 442055.54000000004 5529360.83, 442061.0099999998 5529361.550000001, 442072.5800000001 5529363.07, 442077.0999999996 5529363.67, 442089.7000000002 5529365.3100000005, 442105.91000000015 5529367.4399999995, 442105.25 5529361.949999999, 442103.95999999996 5529350.949999999, 442103.20999999996 5529344.619999999, 442102.86000000034 5529341.640000001, 442102.6299999999 5529340.5600000005, 442123.23000000045 5529342.15, 442117.3799999999 5529316.33, 442106.9900000002 5529270.380000001, 442112.7000000002 5529269.869999999, 442118.61000000034 5529269.33, 442135.88999999966 5529267.76, 442153.9000000004 5529266.119999999, 442179.4299999997 5529257, 442177.8700000001 5529253.300000001, 442180.3200000003 5529247.16, 442141.7000000002 5529171.380000001, 442114.6500000004 5529117.369999999, 442112.3700000001 5529091.460000001, 442107.6699999999 5529038.1, 442111.63999999966 5529037.720000001, 442109.4400000004 5529012.6, 442105.51999999955 5528968.01, 442110.03000000026 5528962.43, 442170.5499999998 5528954.92, 442176.5499999998 5528959.24, 442178.70999999996 5528949.859999999, 442132.45999999996 5528743.210000001, 442131.23000000045 5528737.220000001, 442110.46999999974 5528642.539999999, 442105.5800000001 5528602.800000001, 442106.0499999998 5528582.66, 442106.23000000045 5528575.66, 442080.21999999974 5528495.73, 442049.13999999966 5528377.75, 442046.9500000002 5528364.1899999995, 442046.0599999996 5528355.9, 442044.9299999997 5528345.140000001, 442044.1799999997 5528338.09, 442021.45999999996 5528318.76, 442009.78000000026 5528308.76, 442000.4199999999 5528300.83, 441983.8300000001 5528281.8100000005, 441973.66000000015 5528262.460000001, 441966.3099999996 5528238, 441932.98000000045 5528074.07, 441923.5499999998 5528032.140000001, 441910.5599999996 5527989.130000001, 441931.5700000003 5527989.130000001, 442000.4400000004 5527989.43, 442000.13999999966 5527985.43, 441996.48000000045 5527936.41, 441994.9500000002 5527916.07, 441993.9400000004 5527902.539999999, 441996.88999999966 5527893.800000001, 442073.1299999999 5527807.84, 442078.6699999999 5527801.58, 442092.8799999999 5527785.5600000005, 442098.3200000003 5527779.42, 442093.03000000026 5527650.98, 442092.8499999996 5527646.550000001, 442092.5599999996 5527639.66, 442092.29000000004 5527633.17, 442091.8700000001 5527622.869999999, 442088.3200000003 5527622.529999999, 442083.95999999996 5527622.109999999, 442079.61000000034 5527621.710000001, 442061.1500000004 5527619.970000001, 442018.5099999998 5527615.949999999, 442004.2599999998 5527614.529999999, 441992.6699999999 5527613.5, 441963.1500000004 5527610.720000001, 441957.2999999998 5527610.17, 441954.3799999999 5527609.25, 441950.26999999955 5527608.0600000005, 441865.0599999996 5527582.24, 441776.5499999998 5527546.710000001, 441766.83999999985 5527542.9, 441764.23000000045 5527537.550000001, 441762.25 5527536.76, 441755.61000000034 5527523.789999999, 441754.5700000003 5527521.76, 441746.9000000004 5527502.57, 441745.41000000015 5527498.83, 441748.2400000002 5527501.33, 441735.9199999999 5527476.220000001, 441746.4400000004 5527465.800000001, 441749.58999999985 5527460.199999999, 441750.8700000001 5527453.18, 441748.96999999974 5527442.470000001, 441746 5527434.93, 441741.41000000015 5527429.640000001, 441734.51999999955 5527425.550000001, 441720.3300000001 5527419.51, 441713.13999999966 5527415.43, 441707.1200000001 5527410.42, 441704.79000000004 5527408.119999999, 441706.21999999974 5527402.26, 441715.3499999996 5527395.640000001, 441731.8300000001 5527392.359999999, 441748.91000000015 5527391.779999999, 441767.95999999996 5527395.66, 441783.7999999998 5527403.0600000005, 441791.13999999966 5527406.49, 441796.1500000004 5527403.8100000005, 441792.1799999997 5527401.470000001, 441793.4000000004 5527395.210000001, 441788.76999999955 5527393.369999999, 441799.28000000026 5527341.51, 441797.51999999955 5527331.8100000005, 441802.70999999996 5527321.48, 441806.1500000004 5527317.57, 441809.45999999996 5527313.789999999, 441798.1500000004 5527313.09, 441798.5 5527309.74, 441790.5499999998 5527308.91, 441786.2599999998 5527311.470000001, 441781.4000000004 5527310.970000001, 441758.0599999996 5527308.529999999, 441747.95999999996 5527306.51, 441740.01999999955 5527304.050000001, 441729.4199999999 5527300.779999999, 441727.16000000015 5527295.960000001, 441742.08999999985 5527261.93, 441757.2000000002 5527227.42, 441789.7999999998 5527153.050000001, 441795.38999999966 5527149.6, 441791.8300000001 5527145.359999999, 441788.29000000004 5527141.18, 441806.7400000002 5527013.029999999, 441813.7000000002 5526964.65, 441820.5499999998 5526958.539999999, 441820.98000000045 5526954.619999999, 441813.7599999998 5526948.869999999, 441802.3499999996 5526893.59, 441781.7599999998 5526817.109999999, 441770.61000000034 5526789.1899999995, 441769.1200000001 5526785.470000001, 441741.7000000002 5526751.6899999995, 441715.1200000001 5526726.16, 441714.54000000004 5526724.8100000005, 441691.8099999996 5526672.220000001, 441663.0499999998 5526605.630000001, 441661.03000000026 5526595.880000001, 441655.7599999998 5526570.25, 441658.73000000045 5526566.02, 441658.04000000004 5526561.91, 441653.45999999996 5526558.51, 441649.78000000026 5526535.369999999, 441646.9199999999 5526517.380000001, 441639.76999999955 5526472.470000001, 441647.25 5526452.550000001, 441650.8700000001 5526442.890000001, 441654.33999999985 5526433.65, 441658.3300000001 5526423.039999999, 441663.0599999996 5526410.43, 441667.3499999996 5526399.029999999, 441671.54000000004 5526387.85, 441676.0499999998 5526375.82, 441679.01999999955 5526370.15, 441688.0800000001 5526352.83, 441698 5526333.85, 441707.9400000004 5526314.84, 441715.0800000001 5526301.18, 441721.7599999998 5526288.390000001, 441727.4199999999 5526277.58, 441737.1200000001 5526259.029999999, 441747.86000000034 5526238.5, 441753.6799999997 5526227.34, 441759.25 5526216.699999999, 441766.45999999996 5526204.15, 441772.36000000034 5526193.890000001, 441789.71999999974 5526163.699999999, 441812.8300000001 5526122.9, 441824.4400000004 5526102.49, 441830.38999999966 5526097.99, 441865.3200000003 5526081.07, 441868.8300000001 5526079.369999999, 441878.6299999999 5526074.619999999, 441934.0999999996 5526047.75, 441967.4299999997 5526031.609999999, 441969.61000000034 5526028.0600000005, 441969.75 5526025.75, 441974.78000000026 5525943.199999999, 441977.38999999966 5525795.75, 441978.5999999996 5525795.789999999, 441983.5800000001 5525796, 442000.25 5525795.619999999, 441986.13999999966 5525741.32, 441946.5 5525588.73, 441946.3099999996 5525584.720000001, 441929.51999999955 5525584.24, 441923.20999999996 5525579.27, 441854.4900000002 5525329.08, 441837.75 5525224.529999999, 441856.33999999985 5525101.23, 441887.2599999998 5525030, 441966.8700000001 5524896.630000001, 442052.3499999996 5524703.84, 442116.0700000003 5524560.1, 442151.96999999974 5524428.800000001, 442155.0800000001 5524368.460000001, 442160.2599999998 5524364.359999999, 442157.5999999996 5524356.890000001, 442154.78000000026 5524352.460000001, 442166.04000000004 5524329.34, 442203.83999999985 5524278.35, 442292.21999999974 5524220.57, 442297.25 5524217.279999999, 442298.36000000034 5524212.41, 442309.8300000001 5524161.92, 442346 5524002.74, 442350.70999999996 5523999.99, 442395.2000000002 5524013.33, 442441.75 5524027.27, 442475.5 5524037.4, 442491.33999999985 5524042.130000001, 442535.23000000045 5524055.289999999, 442574.7599999998 5524067.130000001, 442580.8499999996 5524068.17, 442600.1500000004 5524071.460000001, 442628.96999999974 5524076.35, 442631.5499999998 5524076.789999999, 442660.75 5524081.75, 442734.2400000002 5524094.25, 442750.78000000026 5524097.0600000005, 442762.0599999996 5524098.970000001, 442770.9199999999 5524100.48, 442775.88999999966 5524101.1, 442775.58999999985 5524097.08, 442772.0099999998 5524093.16, 442772.4900000002 5524089.85, 442780.4400000004 5524035.550000001, 442782.8499999996 5524019.16, 442784.8300000001 5524005.619999999, 442786.4400000004 5523994.619999999, 442787.8200000003 5523985.27, 442793.38999999966 5523947.279999999, 442796.0800000001 5523928.9, 442798.0700000003 5523915.289999999, 442800.5599999996 5523898.25, 442802.7000000002 5523883.699999999, 442804.1200000001 5523874.050000001, 442816.29000000004 5523845.609999999, 442837.66000000015 5523795.67, 442847.0800000001 5523773.67, 442849.98000000045 5523766.9, 442858.03000000026 5523748.09, 442863.26999999955 5523744.720000001, 442883.70999999996 5523748.23, 442884 5523746.24, 442884.28000000026 5523744.17, 442884.0599999996 5523740.619999999, 442938.6500000004 5523721.58, 442946.8799999999 5523722.0600000005, 442974.26999999955 5523720.91, 442988.9199999999 5523720.300000001, 443009.23000000045 5523719.76, 443013.9299999997 5523719.619999999, 443032.86000000034 5523705.74, 443040.6799999997 5523697.26, 443047.2599999998 5523690.119999999, 443063.21999999974 5523675.630000001, 443113.0099999998 5523661.800000001, 443127.9000000004 5523661.48, 443139.6500000004 5523666.1899999995, 443151.4900000002 5523670.92, 443174.71999999974 5523693.76, 443178.03000000026 5523697.01, 443183.28000000026 5523702.1899999995, 443220.6299999999 5523738.91, 443280.04000000004 5523779.449999999, 443284.33999999985 5523787.119999999, 443289.01999999955 5523795.539999999, 443333.4900000002 5523837.5, 443398.61000000034 5523889.630000001, 443557.6299999999 5523979.140000001, 443572.9299999997 5523986.130000001, 443631.73000000045 5524003.57, 443636.5800000001 5524004.880000001, 443678.38999999966 5524017.300000001, 443705.25 5524026.460000001, 443717.71999999974 5524032.68, 443727.1299999999 5524039.68, 443734.6299999999 5524048.470000001, 443731.8799999999 5524053.720000001, 443733.71999999974 5524058.51, 443738.98000000045 5524056.6899999995, 443744.6799999997 5524054.710000001, 443762.9500000002 5524043.199999999, 443869.5800000001 5523961.210000001, 443879.01999999955 5523953.949999999, 443879.08999999985 5523953.9, 443876.45999999996 5523950.85, 443874.3499999996 5523949.26, 443923.0999999996 5523827.1899999995, 443927.11000000034 5523827.050000001, 443930.5800000001 5523825.109999999, 443926.9299999997 5523817.5600000005, 443908.2400000002 5523778.859999999, 443911.91000000015 5523775.130000001, 443912.6299999999 5523774.32, 443915.6500000004 5523772.869999999, 443989.3099999996 5523765.140000001, 444010.23000000045 5523762.9399999995, 444011.95999999996 5523763.140000001, 444078.4400000004 5523770.66, 444097.8099999996 5523772.85, 444105.88999999966 5523776.880000001, 444130.46999999974 5523789.16, 444136.1200000001 5523791.98, 444152.08999999985 5523799.949999999, 444158.76999999955 5523803.300000001, 444171.0599999996 5523809.42, 444189.83999999985 5523818.800000001, 444220.1500000004 5523833.9399999995, 444329.1500000004 5523888.359999999, 444384.8300000001 5523919.140000001, 444388.70999999996 5523926.449999999, 444388.3799999999 5523930.779999999, 444383.0099999998 5523935.119999999, 444415.6200000001 5523936.09, 444423.53000000026 5523935.9, 444450.2599999998 5523935.220000001, 444485.4199999999 5523934.33, 444507.51999999955 5523930.199999999, 444520.03000000026 5523924.460000001, 444527.66000000015 5523920.949999999, 444672.8200000003 5523832.359999999, 444685.8200000003 5523820.5, 444691.3300000001 5523815.460000001, 444719.83999999985 5523766.880000001, 444725.88999999966 5523757.76, 444732.6500000004 5523746.609999999, 444738.20999999996 5523737.359999999, 444740.3799999999 5523733.880000001, 444743.5700000003 5523730.08, 444761.79000000004 5523708.779999999, 444787.9400000004 5523687.529999999, 444803.28000000026 5523665.9399999995, 444825.98000000045 5523634, 444762.91000000015 5523600.710000001, 444800.5700000003 5523573.699999999, 444821.6699999999 5523536.57, 444846.96999999974 5523509.3100000005, 444869.29000000004 5523485.24, 444873.6200000001 5523480.58, 444878.54000000004 5523463.609999999, 444882.66000000015 5523449, 444891.4500000002 5523450.65, 444946.53000000026 5523461.02, 444937.91000000015 5523490.74, 444929.36000000034 5523488.5, 444914.66000000015 5523509.18, 444918.7599999998 5523510.58, 444923.4900000002 5523512.18, 444934.4900000002 5523520.289999999, 444953.61000000034 5523534.369999999, 444968.03000000026 5523544.99, 445034.1500000004 5523593.710000001, 445053.3700000001 5523607.859999999, 445058.0999999996 5523611.34, 445079.6200000001 5523627.199999999, 445100.6699999999 5523642.699999999, 445112.08999999985 5523651.109999999, 445118.38999999966 5523655.76, 445123.26999999955 5523659.35, 445124.3799999999 5523666.369999999, 445097.1200000001 5523705.029999999, 445091.4000000004 5523704.93, 445094.75 5523709.77, 445099.0800000001 5523716.16, 445114.8300000001 5523747.119999999, 445103.38999999966 5523755.08, 445100.11000000034 5523757.380000001, 445094.71999999974 5523750.24, 445067.6200000001 5523714.34, 445063.54000000004 5523710.68, 445054.1500000004 5523702.23, 445052.9900000002 5523701.699999999, 445041.0700000003 5523696.24, 445026.5999999996 5523689.630000001, 445023.8200000003 5523688.359999999, 445012.5800000001 5523684.6899999995, 444982.78000000026 5523674.960000001, 444971.5800000001 5523671.3100000005, 444949.4500000002 5523667.02, 444939.4199999999 5523665.07, 444903.3200000003 5523666.26, 444880.9500000002 5523670.539999999, 444870.2599999998 5523672.6, 444841.3499999996 5523684.42, 444828.1200000001 5523693.18, 444804.13999999966 5523709.01)), ((436701.54000000004 5529446.6, 436687.38999999966 5529475.66, 436668.54000000004 5529505.619999999, 436648.4000000004 5529533.59, 436625.38999999966 5529561.699999999, 436601.5099999998 5529586.16, 436581.03000000026 5529605.0600000005, 436586.73000000045 5529612.960000001, 436589.70999999996 5529617.07, 436582.3499999996 5529623.76, 436578.48000000045 5529626.699999999, 436579.6500000004 5529631.5, 436580.86000000034 5529636.390000001, 436588.0999999996 5529645.17, 436601.6900000004 5529661.74, 436598.5599999996 5529661.85, 436589.23000000045 5529662.140000001, 436578.6799999997 5529672.66, 436578.7599999998 5529677.18, 436578.38999999966 5529683.92, 436560.96999999974 5529691.210000001, 436565.8700000001 5529705.109999999, 436568.6799999997 5529713.1, 436553.7999999998 5529711.23, 436529.11000000034 5529708.16, 436526.8799999999 5529707.890000001, 436514.91000000015 5529706.42, 436506.9000000004 5529705.4399999995, 436504.6799999997 5529705.59, 436493.28000000026 5529706.32, 436454.76999999955 5529708.800000001, 436446.2400000002 5529708.720000001, 436444.21999999974 5529708.720000001, 436428.2999999998 5529706.58, 436416.3499999996 5529704.91, 436414.8099999996 5529701.199999999, 436404.88999999966 5529694.17, 436395.9500000002 5529704.76, 436391.28000000026 5529710.300000001, 436288.73000000045 5529703.859999999, 436285.91000000015 5529697.470000001, 436279.6500000004 5529683.35, 436275.25 5529673.43, 436264.88999999966 5529672.23, 436265.2400000002 5529667.619999999, 436247.1799999997 5529664.58, 436233.6200000001 5529663.32, 436213.7400000002 5529662.220000001, 436197.7400000002 5529661.210000001, 436206.3499999996 5529678.789999999, 436216.16000000015 5529699.300000001, 436210.29000000004 5529698.93, 436207.4900000002 5529703.01, 436205.5800000001 5529709.26, 436191.75 5529718.380000001, 436180.38999999966 5529725.75, 436167.2999999998 5529734.1899999995, 436157.3799999999 5529740.529999999, 436126.86000000034 5529759.9399999995, 436121.3799999999 5529763.43, 436080.73000000045 5529788.9399999995, 436066.3099999996 5529797.58, 436026.5599999996 5529822.82, 436005.9299999997 5529836.43, 435997.73000000045 5529841.220000001, 435992.63999999966 5529840.119999999, 435989.20999999996 5529841.859999999, 435991.04000000004 5529845.76, 435994.3799999999 5529852.630000001, 436019.41000000015 5529904.199999999, 436017.5599999996 5529909.23, 435989.4900000002 5</t>
   </si>
   <si>
     <t>https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=6014-402</t>
   </si>
   <si>
     <t>https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg6014-402</t>
   </si>
   <si>
-    <t>https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/vsg_sdb_6014-402.pdf</t>
+    <t>https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/vsg_sdb_6014-402.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -510,90 +510,90 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vogelschutzgebiet&amp;layers=vogelschutzgebiet&amp;qid=VSG-7000-024" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=6014-402" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg6014-402" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/vsg_sdb_6014-402.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vogelschutzgebiet&amp;layers=vogelschutzgebiet&amp;qid=VSG-7000-024" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=6014-402" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg6014-402" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/vsg_sdb_6014-402.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:X2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="35.28515625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="6" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="38.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="178.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="15.5703125" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="42.42578125" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="178" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="81.85546875" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="76.28515625" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="73.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -664,51 +664,51 @@
       <c r="E2" t="s">
         <v>27</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>28</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>29</v>
       </c>
       <c r="J2" t="s">
         <v>30</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>31</v>
       </c>
       <c r="N2">
         <v>109731</v>
       </c>
       <c r="O2" s="3">
-        <v>45970.98674816619</v>
+        <v>46044.68676925463</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2" t="s">
         <v>35</v>
       </c>
       <c r="T2" t="s">
         <v>36</v>
       </c>
       <c r="U2" t="s">
         <v>37</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>38</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>39</v>
       </c>