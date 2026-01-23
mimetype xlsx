--- v0 (2025-11-25)
+++ v1 (2026-01-23)
@@ -132,51 +132,51 @@
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>Naturschutz</t>
   </si>
   <si>
     <t>Vogelschutzgebiet besonderer Bedeutung (EG)</t>
   </si>
   <si>
     <t>Natura 2000</t>
   </si>
   <si>
     <t>DE-6014-401</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((431528.76999999955 5534387.84, 431520.0800000001 5534379.859999999, 431499.8799999999 5534358.33, 431495.36000000034 5534353.220000001, 431487.0599999996 5534343.83, 431470.4299999997 5534325, 431466.23000000045 5534321.75, 431463.36000000034 5534319.640000001, 431457.8200000003 5534317.890000001, 431444.9000000004 5534320.66, 431433.8200000003 5534323.539999999, 431422.51999999955 5534324.26, 431411.04000000004 5534321.83, 431404.1799999997 5534318.470000001, 431398.7599999998 5534329.1899999995, 431393.03000000026 5534340.5600000005, 431392.5999999996 5534341.41, 431386.8200000003 5534352.859999999, 431386.53000000026 5534353.43, 431410.7999999998 5534367.93, 431429 5534377.43, 431426.9299999997 5534381.6899999995, 431444.1900000004 5534403.73, 431495.4000000004 5534394.18, 431528.76999999955 5534387.84)), ((430031.20999999996 5534760.52, 430038.76999999955 5534755.18, 430044.5800000001 5534751.1, 430027.6799999997 5534732.48, 429998.8099999996 5534700.6899999995, 429997.08999999985 5534702.279999999, 429991.9900000002 5534707.01, 429991.01999999955 5534707.91, 429984.3200000003 5534714.130000001, 429979.2000000002 5534718.880000001, 429977.26999999955 5534720.67, 429972.9299999997 5534716.6, 429968.53000000026 5534720.609999999, 429963.29000000004 5534725.380000001, 430002.4900000002 5534760.5, 430013.4400000004 5534761.93, 430023.7000000002 5534762.43, 430031.20999999996 5534760.52)), ((429309.8799999999 5536790.76, 429321.21999999974 5536789.8100000005, 429334.9500000002 5536788.67, 429335.6900000004 5536788.6, 429349.5 5536787.32, 429357.8799999999 5536786.529999999, 429365.9000000004 5536785.789999999, 429376.5599999996 5536784.789999999, 429386.95999999996 5536783.82, 429395.5499999998 5536783.02, 429404.3700000001 5536782.199999999, 429412.48000000045 5536781.279999999, 429420.4400000004 5536780.369999999, 429429.2599999998 5536779.4399999995, 429432.6200000001 5536779.029999999, 429441.73000000045 5536777.949999999, 429450.9500000002 5536776.85, 429459.66000000015 5536775.800000001, 429464.58999999985 5536775.210000001, 429466.8300000001 5536774.9399999995, 429554.79000000004 5536593.539999999, 429555.8300000001 5536591.25, 429557.63999999966 5536592.380000001, 429561.5800000001 5536594.84, 429563.21999999974 5536590.84, 429564.6799999997 5536587.300000001, 429566.96999999974 5536581.75, 429568.9500000002 5536576.949999999, 429573.79000000004 5536565.1899999995, 429579.0499999998 5536552.43, 429581.58999999985 5536546.27, 429584.4299999997 5536539.380000001, 429587.4400000004 5536532.07, 429591.2000000002 5536522.970000001, 429592.3700000001 5536520.140000001, 429594.75 5536513.82, 429594.95999999996 5536513.27, 429598.1699999999 5536504.82, 429599.6799999997 5536500.82, 429601.0099999998 5536497.3100000005, 429602.86000000034 5536492.4399999995, 429604.6200000001 5536487.8100000005, 429606.20999999996 5536483.640000001, 429608.26999999955 5536478.18, 429610.4400000004 5536472.460000001, 429613.26999999955 5536465, 429615.9400000004 5536457.970000001, 429617.86000000034 5536452.880000001, 429619.5 5536448.550000001, 429621.4199999999 5536443.52, 429623.25 5536438.66, 429625.33999999985 5536433.18, 429628.03000000026 5536426.08, 429630.0700000003 5536420.67, 429632.4000000004 5536414.550000001, 429634.7999999998 5536408.23, 429637.25 5536401.76, 429639.76999999955 5536395.1, 429640.58999999985 5536392.970000001, 429642.8499999996 5536386.859999999, 429645.86000000034 5536378.779999999, 429647.9900000002 5536373.050000001, 429650.4199999999 5536366.52, 429652.48000000045 5536360.9399999995, 429654.13999999966 5536356.51, 429655.91000000015 5536351.710000001, 429657.79000000004 5536346.66, 429659.83999999985 5536341.15, 429663.1699999999 5536332.199999999, 429666.4199999999 5536323.449999999, 429668.63999999966 5536317.49, 429670.61000000034 5536312.18, 429671.9299999997 5536308.65, 429673.20999999996 5536305.18, 429675.58999999985 5536298.77, 429677.7999999998 5536292.859999999, 429680.13999999966 5536286.550000001, 429682.26999999955 5536280.82, 429684.95999999996 5536273.59, 429687.23000000045 5536267.48, 429689.3499999996 5536261.77, 429691.45999999996 5536256.119999999, 429691.7000000002 5536255.470000001, 429693.5499999998 5536250.48, 429709.0999999996 5536243.390000001, 429719.6200000001 5536238.59, 429732.16000000015 5536232.869999999, 429739.20999999996 5536229.65, 429745.1699999999 5536226.93, 429758.3200000003 5536220.9, 429777.86000000034 5536211.970000001, 429788.88999999966 5536206.960000001, 429798.38999999966 5536202.68, 429807.4900000002 5536198.5, 429816.86000000034 5536194.17, 429821.4400000004 5536192.0600000005, 429835.1500000004 5536185.83, 429847.25 5536180.32, 429859.58999999985 5536174.710000001, 429864.0099999998 5536172.710000001, 429867.1900000004 5536171.26, 429871.73000000045 5536169.1899999995, 429882.96999999974 5536164.050000001, 429883.6299999999 5536162.460000001, 429884.5999999996 5536159.949999999, 429882.3799999999 5536154.08, 429879.11000000034 5536145.859999999, 429876.16000000015 5536138.17, 429873.0599999996 5536130.07, 429869.70999999996 5536123.08, 429865.58999999985 5536114.35, 429862.4199999999 5536106.5, 429858.21999999974 5536095.83, 429855.2000000002 5536088.050000001, 429847.2000000002 5536071.140000001, 429843.53000000026 5536064.32, 429840.25 5536057.73, 429837.0499999998 5536051.33, 429833.6699999999 5536045.390000001, 429829.45999999996 5536039.390000001, 429825.08999999985 5536033.140000001, 429819.1299999999 5536024.65, 429802.03000000026 5536002.609999999, 429797.88999999966 5535997.369999999, 429792.76999999955 5535991.949999999, 429790.76999999955 5535989.83, 429783.1799999997 5535981.76, 429774.3700000001 5536005.07, 429769.79000000004 5536003.33, 429765.1299999999 5536001.58, 429760.4400000004 5535999.800000001, 429769.26999999955 5535976.41, 429779.71999999974 5535978.09, 429761.8799999999 5535961.210000001, 429759.66000000015 5535959.35, 429756.9199999999 5535957.0600000005, 429752.16000000015 5535953.0600000005, 429747.88999999966 5535949.48, 429733.7599999998 5535938.77, 429724.3799999999 5535931.5600000005, 429714.26999999955 5535923.800000001, 429702.5 5535916.710000001, 429696.7000000002 5535913.23, 429690.1900000004 5535909.32, 429686.96999999974 5535907.369999999, 429681.78000000026 5535904.5, 429675.7000000002 5535901.15, 429667.6699999999 5535897.720000001, 429658.7400000002 5535893.91, 429646.4500000002 5535889.01, 429641.0800000001 5535886.859999999, 429629.28000000026 5535882.140000001, 429620.78000000026 5535879.359999999, 429612.0499999998 5535876.52, 429602.26999999955 5535873.33, 429594.6799999997 5535871.710000001, 429581.11000000034 5535868.8100000005, 429567.25 5535865.85, 429559.3300000001 5535864.16, 429551.4199999999 5535862.92, 429543.7400000002 5535861.73, 429535.0700000003 5535860.369999999, 429516.88999999966 5535857.539999999, 429507.7599999998 5535856.109999999, 429498.9000000004 5535851.970000001, 429501.1200000001 5535845.93, 429487.76999999955 5535843.52, 429426.03000000026 5535834.5, 429392.01999999955 5535829.1899999995, 429364.7999999998 5535824.9399999995, 429356.1900000004 5535823.640000001, 429318.21999999974 5535817.92, 429314.76999999955 5535817.42, 429303.2999999998 5535815.77, 429278.7999999998 5535812.07, 429241.6299999999 5535806.460000001, 429211.6299999999 5535802.16, 429206.73000000045 5535803.99, 429201.5099999998 5535812.85, 429200.8300000001 5535814.5600000005, 429198.6299999999 5535820.07, 429196.36000000034 5535825.779999999, 429194.23000000045 5535831.109999999, 429183.0099999998 5535859.210000001, 429180.3700000001 5535865.859999999, 429175.25 5535878.67, 429173.3200000003 5535883.539999999, 429165.7999999998 5535902.359999999, 429160.6500000004 5535915.289999999, 429159.03000000026 5535918.98, 429087.46999999974 5536105.779999999, 429038.1299999999 5536234.5600000005, 429039.04000000004 5536234.92, 429044.1299999999 5536236.869999999, 429050.1900000004 5536239.210000001, 429047.3499999996 5536246.66, 429042.70999999996 5536258.65, 429033.54000000004 5536282.5, 429018.1500000004 5536286.74, 429016.86000000034 5536290.1, 429007.1799999997 5536315.369999999, 428998.6200000001 5536337.699999999, 429008.53000000026 5536341.35, 429016.6500000004 5536344.35, 429015.5700000003 5536347.16, 429014.6799999997 5536349.51, 429013.1299999999 5536353.51, 429008.4000000004 5536365.789999999, 429006.1200000001 5536371.91, 429001.4199999999 5536383.93, 429012.78000000026 5536388.32, 429013.21999999974 5536388.49, 429019.11000000034 5536390.77, 429024.9000000004 5536393.01, 429036.38999999966 5536397.460000001, 429040.9299999997 5536399.220000001, 429045.4199999999 5536400.970000001, 429054.2999999998 5536404.4, 429058.7400000002 5536406.109999999, 429065.0700000003 5536408.57, 429071 5536410.859999999, 429083.04000000004 5536415.529999999, 429089.6200000001 5536418.08, 429102.5499999998 5536423.08, 429109.0599999996 5536425.609999999, 429115.5 5536428.1, 429121.8300000001 5536430.550000001, 429129.11000000034 5536433.369999999, 429144.1500000004 5536439.1899999995, 429148.70999999996 5536443.289999999, 429153.41000000015 5536447.51, 429158.2599999998 5536451.890000001, 429162.8200000003 5536455.99, 429167 5536459.76, 429171.6500000004 5536463.93, 429159.9299999997 5536493.699999999, 429174.8300000001 5536487.029999999, 429180.2599999998 5536484.550000001, 429185.38999999966 5536485.9399999995, 429187.11000000034 5536486.4399999995, 429188.3200000003 5536486.789999999, 429197.6299999999 5536489.51, 429160.2999999998 5536579.369999999, 429147.8099999996 5536609.42, 429145.5099999998 5536614.99, 429134.6900000004 5536641, 429159.7400000002 5536652.52, 429165.28000000026 5536655.08, 429167.6500000004 5536656.16, 429182.88999999966 5536663.1899999995, 429160.7599999998 5536711.449999999, 429166.91000000015 5536716.710000001, 429172.88999999966 5536721.82, 429178.83999999985 5536726.9, 429183.53000000026 5536723.970000001, 429187.71999999974 5536722.33, 429192.1699999999 5536722.859999999, 429195.6299999999 5536724.82, 429196.61000000034 5536725.85, 429199.5700000003 5536728.99, 429206.66000000015 5536735.779999999, 429213.91000000015 5536742.07, 429220.6799999997 5536747.92, 429229.4500000002 5536754.43, 429237.61000000034 5536760.49, 429247.54000000004 5536767.85, 429252.2599999998 5536771.369999999, 429257.0700000003 5536774.92, 429266.8099999996 5536782.1, 429272.6900000004 5536786.449999999, 429276.51999999955 5536788.449999999, 429278.51999999955 5536789.49, 429284 5536790.880000001, 429286.8300000001 5536791.039999999, 429292.5 5536791.289999999, 429294.0099999998 5536791.33, 429301.2000000002 5536791.130000001, 429309.8799999999 5536790.76)), ((430742.01999999955 5534612.57, 430744.53000000026 5534591.859999999, 430746.9199999999 5534572.0600000005, 430752.70999999996 5534524.470000001, 430751.79000000004 5534524.24, 430735.8799999999 5534520.16, 430718.3799999999 5534515.68, 430701.7599999998 5534511.43, 430703.5099999998 5534499.960000001, 430688.76999999955 5534496.1899999995, 430674.9199999999 5534492.65, 430661.7999999998 5534489.300000001, 430648.1699999999 5534485.82, 430624.8799999999 5534479.869999999, 430621.9199999999 5534479.359999999, 430621.8700000001 5534479.59, 430620.61000000034 5534484.949999999, 430619.4199999999 5534490.039999999, 430618.1799999997 5534495.33, 430616.6699999999 5534501.77, 430614.53000000026 5534510.91, 430613.51999999955 5534515.199999999, 430612.3200000003 5534520.32, 430610.0700000003 5534529.9, 430608.7400000002 5534536.359999999, 430608.08999999985 5534539.48, 430601.1200000001 5534572.9, 430605.6699999999 5534574.359999999, 430636.1900000004 5534583.9399999995, 430650.04000000004 5534588.289999999, 430661.91000000015 5534592.02, 430666.4500000002 5534593.4399999995, 430675.21999999974 5534594.119999999, 430689.03000000026 5534595.1899999995, 430707.73000000045 5534601.58, 430724.98000000045 5534607.48, 430740.33999999985 5534612.720000001, 430742.01999999955 5534612.57)), ((431305.08999999985 5534500.199999999, 431305.45999999996 5534499.8100000005, 431308.8300000001 5534497.470000001, 431294.01999999955 5534476.0600000005, 431290.16000000015 5534470.48, 431285.9500000002 5534464.4, 431283.1200000001 5534460.3100000005, 431281.54000000004 5534458.050000001, 431277.70999999996 5534452.59, 431273.33999999985 5534446.359999999, 431271.0599999996 5534443.1, 431268.71999999974 5534439.77, 431257.5700000003 5534423.859999999, 431246.8499999996 5534408.57, 431245.41000000015 5534406.52, 431234.79000000004 5534394.289999999, 431225.3799999999 5534383.43, 431216.70999999996 5534373.4399999995, 431209.25 5534364.83, 431201.61000000034 5534356.029999999, 431199 5534353.02, 431194.2599999998 5534346.16, 431185.9000000004 5534334.0600000005, 431188.53000000026 5534331.949999999, 431193.0800000001 5534328.32, 431216.11000000034 5534298.279999999, 431232.8200000003 5534276.970000001, 431215.5599999996 5534266.01, 431216.78000000026 5534263.83, 431221.4199999999 5534254.6, 431229.3700000001 5534238.8100000005, 431234.63999999966 5534228.039999999, 431247.2400000002 5534202.18, 431210.95999999996 5534182.48, 431191.79000000004 5534212.869999999, 431177.88999999966 5534202.359999999, 431182.3799999999 5534190.68, 431177.76999999955 5534188.529999999, 431174.61000000034 5534193.08, 431172.5 5534187.99, 431122.61000000034 5534151.710000001, 431118.03000000026 5534149.01, 431112.96999999974 5534146.02, 431100.1500000004 5534141.220000001, 431096.4900000002 5534140.449999999, 431091.1500000004 5534143.460000001, 431086.9199999999 5534153.550000001, 431108.9299999997 5534164.970000001, 431173.96999999974 5534198.720000001, 431173.76999999955 5534200.359999999, 431170.4000000004 5534212.33, 431164.1699999999 5534234.65, 431161.70999999996 5534243.369999999, 431147.54000000004 5534269.92, 431148.98000000045 5534280, 431154.48000000045 5534294.6899999995, 431157.8499999996 5534299.75, 431173.0499999998 5534322.529999999, 431174.6799999997 5534327.029999999, 431185.54000000004 5534341.359999999, 431183.0099999998 5534345.710000001, 431152.5599999996 5534398.1899999995, 431137.9400000004 5534391.6899999995, 431136.3200000003 5534405.779999999, 431182.9299999997 5534424.550000001, 431179.3300000001 5534431.390000001, 431192.8200000003 5534433.93, 431203.6699999999 5534435.970000001, 431201.03000000026 5534441.4, 431197.9500000002 5534447.77, 431193.88999999966 5534456.18, 431229.5599999996 5534476.6, 431266.3799999999 5534497.470000001, 431268.11000000034 5534493.17, 431271.4500000002 5534496.630000001, 431290.1500000004 5534515.93, 431305.08999999985 5534500.199999999)), ((431004.70999999996 5534660.619999999, 431006.3700000001 5534656.380000001, 431006.5700000003 5534655.869999999, 431007.8499999996 5534650.460000001, 431009.5 5534643.5, 431010.8700000001 5534637.77, 431012.5099999998 5534630.869999999, 431014.8499999996 5534624.08, 431019.46999999974 5534610.779999999, 431020.48000000045 5534607.880000001, 431023.66000000015 5534601.720000001, 431026.0800000001 5534597.050000001, 431028.08999999985 5534593.17, 431033.38999999966 5534582.9399999995, 431038.03000000026 5534573.98, 431040.8200000003 5534568.58, 431045.3499999996 5534559.84, 431048.5099999998 5534553.75, 431051.88999999966 5534547.220000001, 431055.3700000001 5534540.5, 431058.86000000034 5534533.77, 431059.5700000003 5534532.51, 431062.36000000034 5534527.619999999, 431064.96999999974 5534523.029999999, 431067.6900000004 5534518.25, 431070.5800000001 5534513.1899999995, 431072.96999999974 5534508.970000001, 431073.5999999996 5534507.859999999, 431074.98000000045 5534503.390000001, 431076.3200000003 5534496.390000001, 431077.7400000002 5534488.99, 431083.5099999998 5534458.99, 431084.0800000001 5534456.02, 431084.1299999999 5534453.699999999, 431084.3200000003 5534446.1, 431084.58999999985 5534435.210000001, 431084.7999999998 5534426.65, 431082.5499999998 5534422.02, 431086.6699999999 5534413.83, 431088.88999999966 5534406.59, 431055.8799999999 5534399.08, 431055.5700000003 5534400.52, 431037.08999999985 5534398.300000001, 431036.1500000004 5534402.449999999, 430995.0999999996 5534393.8100000005, 430966.1500000004 5534388.5, 430963.16000000015 5534388.1899999995, 430963.73000000045 5534380.6899999995, 430964.0499999998 5534376.4, 430964.5099999998 5534371.24, 430964.8300000001 5534367.85, 430967.4400000004 5534358.470000001, 430971.0099999998 5534345.73, 430973.1900000004 5534337.960000001, 430976.2000000002 5534331.98, 430978.8499999996 5534326.73, 430983.8499999996 5534316.8100000005, 430985.0999999996 5534314.33, 430987.71999999974 5534311.390000001, 430993.20999999996 5534305.210000001, 430997.98000000045 5534299.83, 431003.3200000003 5534293.8100000005, 431006.8799999999 5534289.82, 431011.08999999985 5534283.390000001, 431017.4900000002 5534273.66, 431018.95999999996 5534271.42, 431026.1200000001 5534260.199999999, 431029.8200000003 5534254.41, 431033.13999999966 5534249.1899999995, 431034.1200000001 5534246.57, 431037.0599999996 5534238.640000001, 431039.28000000026 5534232.68, 431041.75 5534228.17, 431049.1699999999 5534214.48, 431056.63999999966 5534200.84, 431066.58999999985 5534184.699999999, 431079.1900000004 5534164.279999999, 431087.2599999998 5534144.48, 431085.3200000003 5534138.07, 431085.7000000002 5534135.73, 431093.48000000045 5534137.130000001, 431156.9000000004 5534086.949999999, 431150.0099999998 5534085.52, 431140.1900000004 5534084.449999999, 431131.23000000045 5534085.07, 431123.38999999966 5534086.720000001, 431110.73000000045 5534091.050000001, 431099.3300000001 5534096.26, 431063.26999999955 5534117.35, 431060.0499999998 5534119.6899999995, 431047.58999999985 5534127.630000001, 431028.21999999974 5534145.01, 431013.61000000034 5534154.83, 431009.5099999998 5534158.640000001, 431005.36000000034 5534162.51, 431001.2599999998 5534169.710000001, 430996.6200000001 5534183.1899999995, 430991.6299999999 5534197.66, 430986.26999999955 5534213.24, 430984.76999999955 5534217.58, 430979.4400000004 5534222.699999999, 430973.6699999999 5534228.33, 430965.9900000002 5534235.720000001, 430959.83999999985 5534241.85, 430948.04000000004 5534253.57, 430946.66000000015 5534255.51, 430941.0099999998 5534263.4399999995, 430939.5099999998 5534265.449999999, 430933.79000000004 5534273.1, 430932.8499999996 5534275.109999999, 430930.0499999998 5534281.18, 430928.5499999998 5534284.41, 430927.29000000004 5534287.77, 430924.98000000045 5534293.869999999, 430922.1200000001 5534301.48, 430918.45999999996 5534311.15, 430916.58999999985 5534316.1, 430914.16000000015 5534322.5600000005, 430910.9199999999 5534331.119999999, 430905.6500000004 5534345.109999999, 430900.3499999996 5534359.119999999, 430898.3700000001 5534364.369999999, 430896.9500000002 5534368.07, 430893.98000000045 5534375.82, 430892.4000000004 5534376.119999999, 430892.13999999966 5534376.9399999995, 430888.9299999997 5534386.720000001, 430891.51999999955 5534387.470000001, 430890.7400000002 5534399.83, 430890.08999999985 5534410.34, 430885.98000000045 5534425.039999999, 430881.3300000001 5534438.109999999, 430880.25 5534440.5, 430875.0499999998 5534451.949999999, 430866.61000000034 5534470.52, 430858.9900000002 5534488.3100000005, 430854.16000000015 5534499.550000001, 430850.46999999974 5534508.15, 430849.26999999955 5534512.1899999995, 430842.21999999974 5534536.09, 430879.11000000034 5534545.15, 430874.78000000026 5534563.300000001, 430870.33999999985 5534582.130000001, 430869.76999999955 5534584.630000001, 430905.4000000004 5534599.5, 430908.13999999966 5534600.699999999, 430905.5099999998 5534607.1, 430902.9000000004 5534613.42, 430901.1200000001 5534617.77, 430899.20999999996 5534622.41, 430928.7400000002 5534638.130000001, 430952.03000000026 5534650.5600000005, 431001.5700000003 5534663.949999999, 431003.23000000045 5534664.4, 431004.70999999996 5534660.619999999)), ((430310.54000000004 5534662.279999999, 430309.91000000015 5534665.720000001, 430306.2999999998 5534663.1, 430296.11000000034 5534655.630000001, 430283.8700000001 5534643.470000001, 430282.66000000015 5534642.4, 430268.3499999996 5534626.699999999, 430260.4900000002 5534617.98, 430244.9400000004 5534600.359999999, 430232.9900000002 5534588.289999999, 430217.6699999999 5534573.59, 430207.73000000045 5534564.289999999, 430204.51999999955 5534561.279999999, 430185.03000000026 5534543.039999999, 430177.9900000002 5534534.73, 430176.86000000034 5534533.4, 430155.4500000002 5534504.65, 430151.28000000026 5534503.9, 430142.4500000002 5534503.26, 430124.63999999966 5534502, 430114.8700000001 5534500.210000001, 430112.7000000002 5534499.800000001, 430103.28000000026 5534495.84, 430089.5 5534488.1899999995, 430073.6299999999 5534479, 430056.11000000034 5534468.84, 430050.53000000026 5534465.59, 430046.96999999974 5534463.51, 430044.03000000026 5534462.34, 430036 5534459.119999999, 430023.3700000001 5534454.73, 430012.2000000002 5534450.85, 430009.9900000002 5534450.08, 430007.54000000004 5534449.23, 430013.63999999966 5534464.390000001, 430015.58999999985 5534463.539999999, 430025.9400000004 5534488.4399999995, 430038.9900000002 5534513.57, 430041.71999999974 5534518.83, 430039.63999999966 5534520, 430036.4900000002 5534521.039999999, 430016.58999999985 5534527.66, 430029.3099999996 5534555.18, 430034.29000000004 5534565.949999999, 430041.3099999996 5534580.970000001, 430048.73000000045 5534592.380000001, 430054.96999999974 5534606.18, 430054.0999999996 5534608.880000001, 430047.5800000001 5534605.5600000005, 430036.70999999996 5534598.66, 430031.3700000001 5534602.619999999, 430026.23000000045 5534606.4, 430018.5 5534609.82, 430014.0099999998 5534610.4399999995, 430004.63999999966 5534611.75, 430016.8499999996 5534629.609999999, 430030.0499999998 5534645.08, 430053.5999999996 5534671.0600000005, 430053.6900000004 5534671.17, 430050.33999999985 5534674.24, 430049.13999999966 5534675.4, 430048.91000000015 5534682.630000001, 430038.6900000004 5534691.619999999, 430032.8799999999 5534696.74, 430029.1299999999 5534700.039999999, 430027.88999999966 5534701.130000001, 430040.26999999955 5534714.82, 430061.51999999955 5534737.93, 430066.1799999997 5534741.66, 430067.25 5534742.789999999, 430084.46999999974 5534761.02, 430100.4500000002 5534775.720000001, 430112.58999999985 5534786.9, 430125.0700000003 5534794.84, 430135.53000000026 5534798.83, 430144.5599999996 5534804.93, 430145.03000000026 5534806.15, 430147.36000000034 5534812.210000001, 430148.4400000004 5534815.029999999, 430151.51999999955 5534826.25, 430151.8099999996 5534827.51, 430154.2599999998 5534838.1, 430156.5099999998 5534847.880000001, 430158.6699999999 5534859.32, 430160.1900000004 5534867.4, 430162.4500000002 5534879.369999999, 430167.08999999985 5534898.949999999, 430168.13999999966 5534903.4, 430168.36000000034 5534912.65, 430164.8700000001 5534923.16, 430167.78000000026 5534924.51, 430177.79000000004 5534929.65, 430188.0999999996 5534934.960000001, 430191.4199999999 5534937.050000001, 430209.3799999999 5534948.34, 430215.95999999996 5534953.51, 430218.03000000026 5534955.130000001, 430223.6699999999 5534961.73, 430227.0800000001 5534969.91, 430228.5700000003 5534973.460000001, 430235.28000000026 5534991.83, 430242.33999999985 5535006.83, 430252.1200000001 5535018.33, 430256.4500000002 5535025.27, 430258.4500000002 5535028.449999999, 430259.9000000004 5535032.460000001, 430228.23000000045 5535021.960000001, 430198.96999999974 5535012.9399999995, 430193.8700000001 5535011.359999999, 430168.29000000004 5535003.48, 430166.1200000001 5535002.890000001, 430162.76999999955 5535010.390000001, 430161.2599999998 5535013.77, 430159.6500000004 5535017.359999999, 430154.9400000004 5535027.890000001, 430184.11000000034 5535037.07, 430222.9500000002 5535049.3100000005, 430249.73000000045 5535057.73, 430247.3799999999 5535063.57, 430245.54000000004 5535068.74, 430244.9500000002 5535070.41, 430242.71999999974 5535076.67, 430242.45999999996 5535077.390000001, 430241.51999999955 5535079.970000001, 430240.2400000002 5535083.49, 430237.8300000001 5535090.109999999, 430237.1299999999 5535092.039999999, 430235.83999999985 5535095.58, 430234.0800000001 5535100.4, 430233.70999999996 5535101.41, 430231.63999999966 5535107.130000001, 430229.66000000015 5535112.550000001, 430228.2999999998 5535116.289999999, 430227.6500000004 5535117.869999999, 430248.0800000001 5535125.369999999, 430246.3300000001 5535130.359999999, 430244.98000000045 5535134.220000001, 430243.58999999985 5535137.85, 430242 5535142.039999999, 430238.88999999966 5535150.220000001, 430225.6299999999 5535145.42, 430161.95999999996 5535122.359999999, 430159.29000000004 5535127.050000001, 430157.3499999996 5535130.460000001, 430155.5 5535133.710000001, 430154.33999999985 5535135.74, 430151.3700000001 5535140.960000001, 430150.4299999997 5535142.6, 430149.86000000034 5535143.609999999, 430149.4199999999 5535144.59, 430147.79000000004 5535148.279999999, 430146.5800000001 5535151.029999999, 430145.54000000004 5535153.359999999, 430144.08999999985 5535156.66, 430146.8200000003 5535160.35, 430155.2000000002 5535171.630000001, 430159.3799999999 5535177.25, 430167.20999999996 5535187.8100000005, 430181.6500000004 5535198.130000001, 430208.7000000002 5535217.48, 430248.83999999985 5535246.1899999995, 430255.88999999966 5535237.51, 430258.5599999996 5535233.300000001, 430263.61000000034 5535225.32, 430265.5 5535222.32, 430266.5599999996 5535220.02, 430269.6200000001 5535213.460000001, 430269.71999999974 5535213.23, 430270.4199999999 5535211.52, 430272.6900000004 5535212.390000001, 430328.13999999966 5535232.720000001, 430333.29000000004 5535234.66, 430338.2000000002 5535236.5, 430359.4299999997 5535168.119999999, 430380.53000000026 5535100.17, 430382.9500000002 5535092.26, 430376.88999999966 5535088.25, 430373.26999999955 5535085.52, 430352.91000000015 5535070.18, 430336.51999999955 5535058.16, 430319.4299999997 5535052.4399999995, 430301.46999999974 5535046.41, 430303.21999999974 5535042.93, 430305.01999999955 5535040.130000001, 430353.1500000004 5534965.390000001, 430360.20999999996 5534954.84, 430366.9199999999 5534944.82, 430375 5534950.85, 430379.88999999966 5534954.49, 430383.9900000002 5534957.890000001, 430388.8099999996 5534961.890000001, 430393.1799999997 5534965.52, 430399.95999999996 5534971.08, 430413.1799999997 5534981.960000001, 430425.71999999974 5534990.779999999, 430428.0499999998 5534992.42, 430431.66000000015 5534994.960000001, 430394.2999999998 5535054.75, 430391.8799999999 5535058.630000001, 430396.71999999974 5535068.99, 430418.1900000004 5535069.68, 430446.83999999985 5535073.42, 430484.38999999966 5535078.33, 430483.4900000002 5535059.35, 430471.9400000004 5535059.43, 430475.3300000001 5534984.5600000005, 430470.4299999997 5534982.449999999, 430468.36000000034 5534981.5600000005, 430465.13999999966 5534980.24, 430463.8099999996 5534979.699999999, 430458.91000000015 5534977.6899999995, 430462.6200000001 5534969.33, 430467.5 5534958.3100000005, 430470.2400000002 5534952.1, 430487.3300000001 5534909.91, 430484.1900000004 5534908.66, 430483.20999999996 5534906.65, 430446.95999999996 5534886.76, 430408.5499999998 5534864.58, 430389.7599999998 5534854.35, 430374.1699999999 5534847.220000001, 430370.51999999955 5534845.49, 430351.8799999999 5534836.73, 430353 5534834.51, 430363.61000000034 5534803.880000001, 430371.7000000002 5534780.23, 430382.46999999974 5534748.76, 430390.23000000045 5534726.08, 430391.5599999996 5534723.029999999, 430411.78000000026 5534732.220000001, 430423.4199999999 5534738.26, 430422.9500000002 5534739.73, 430422.3700000001 5534741.4399999995, 430407.1900000004 5534791.25, 430404.1900000004 5534801.1, 430416.36000000034 5534805.74, 430425.7400000002 5534809.3100000005, 430428.7400000002 5534801.18, 430430.4199999999 5534801.949999999, 430480.3799999999 5534824.869999999, 430499.5099999998 5534833.27, 430515.3499999996 5534840.210000001, 430518.8700000001 5534841.640000001, 430520.5800000001 5534838.32, 430538.5499999998 5534842.279999999, 430549.5700000003 5534844.699999999, 430564.5999999996 5534848.02, 430578.1200000001 5534849.35, 430586.6699999999 5534850.199999999, 430596.0099999998 5534812.9, 430603.3499999996 5534783.630000001, 430603.96999999974 5534781.15, 430607.2599999998 5534781.5600000005, 430616.66000000015 5534782.710000001, 430620.03000000026 5534783.109999999, 430626.2400000002 5534783.859999999, 430668.79000000004 5534788.98, 430675.86000000034 5534789.960000001, 430685.46999999974 5534791.279999999, 430692.1200000001 5534792.199999999, 430697.7000000002 5534792.960000001, 430704.4199999999 5534793.880000001, 430714.9000000004 5534795.33, 430716.4000000004 5534795.529999999, 430720.4400000004 5534795.9399999995, 430726.1699999999 5534796.5, 430729.23000000045 5534796.8100000005, 430729.0800000001 5534799.42, 430727.45999999996 5534825.550000001, 430724.4400000004 5534873.869999999, 430713.13999999966 5534873.859999999, 430695.61000000034 5534873.84, 430694.33999999985 5534883.279999999, 430696.66000000015 5534883.26, 430697.7999999998 5534892.17, 430705.8200000003 5534907.300000001, 430707.6900000004 5534912.51, 430710.58999999985 5534920.6, 430713.58999999985 5534939.15, 430716.53000000026 5534957.300000001, 430714.1699999999 5534958.390000001, 430659.3799999999 5534963.51, 430632.6200000001 5534964.6, 430605.1500000004 5534965.710000001, 430573.25 5534963.41, 430552.20999999996 5534960.890000001, 430549.73000000045 5534960.550000001, 430551.0099999998 5534950.800000001, 430551.25 5534948.970000001, 430550.03000000026 5534947.140000001, 430548.6299999999 5534946.970000001, 430549.01999999955 5534944.51, 430561.79000000004 5534945.970000001, 430574.3099999996 5534947.41, 430574.6699999999 5534945.0600000005, 430579.4400000004 5534945.66, 430578.7400000002 5534950.43, 430582.5800000001 5534950.880000001, 430588.1799999997 5534951.289999999, 430600.8200000003 5534952.220000001, 430601.1500000004 5534944.48, 430601.45999999996 5534937.15, 430601.7599999998 5534930.01, 430601.91000000015 5534926.470000001, 430602.3700000001 5534921.58, 430603.04000000004 5534914.460000001, 430604.5 5534898.93, 430605.3200000003 5534890.23, 430606.20999999996 5534880.82, 430607.28000000026 5534869.359999999, 430607.8099999996 5534863.73, 430599.3700000001 5534862.539999999, 430588.8700000001 5534861.0600000005, 430579.7999999998 5534859.779999999, 430569.6699999999 5534858.35, 430558.9000000004 5534856.83, 430544.28000000026 5534905.75, 430532.0099999998 5534946.890000001, 430524.16000000015 5534973.210000001, 430536.36000000034 5534974.5, 430547.86000000034 5534974.869999999, 430550.1200000001 5534974.9399999995, 430550.0700000003 5534977.43, 430548.5 5535055.41, 430550.86000000034 5535055.390000001, 430554.8300000001 5535055.390000001, 430561.2000000002 5535055.359999999, 430558.04000000004 5535070.98, 430557.5099999998 5535073.4, 430555.7400000002 5535073.77, 430551.51999999955 5535091.710000001, 430535.9299999997 5535157.8100000005, 430548.03000000026 5535164.83, 430553.96999999974 5535168.26, 430560.3099999996 5535151.57, 430560.96999999974 5535151.74, 430566.9900000002 5535153.33, 430569.0999999996 5535153.880000001, 430576.25 5535155.779999999, 430591.53000000026 5535072.640000001, 430591.3300000001 5535070.02, 430594.4000000004 5535043.58, 430597.2999999998 5535043.23, 430595.25 5534977.3100000005, 430602.4400000004 5534977.1899999995, 430609.96999999974 5534977.0600000005, 430617.5599999996 5534976.92, 430625.2999999998 5534976.789999999, 430626.1900000004 5535039.82, 430632.5599999996 5535039.0600000005, 430631.46999999974 5535067.109999999, 430631.6200000001 5535069.99, 430628.5599999996 5535070.73, 430620.83999999985 5535072.59, 430615.71999999974 5535122.17, 430604.23000000045 5535163.17, 430605.7400000002 5535163.57, 430596.0099999998 5535192.630000001, 430595.33999999985 5535195.390000001, 430585.88999999966 5535222.5, 430591.8300000001 5535223.890000001, 430593.21999999974 5535224.210000001, 430588.5 5535250.199999999, 430585.70999999996 5535265.5600000005, 430577.9400000004 5535266.119999999, 430562.5099999998 5535267.24, 430548.4199999999 5535268.26, 430541.76999999955 5535269.210000001, 430527.5700000003 5535271.25, 430523.0099999998 5535271.92, 430515.3700000001 5535273.01, 430512.75 5535273.4, 430580.5800000001 5535318.890000001, 430590.53000000026 5535325.5600000005, 430595.54000000004 5535328.92, 430609.29000000004 5535338.140000001, 430609.5700000003 5535337.01, 430612.21999999974 5535326.09, 430625.03000000026 5535334.32, 430648.3099999996 5535349.289999999, 430662.3799999999 5535319.220000001, 430658.5599999996 5535317.76, 430673.04000000004 5535273.220000001, 430681.4299999997 5535218.01, 430660.25 5535215.82, 430657.45999999996 5535235.74, 430651.7400000002 5535272.050000001, 430642.58999999985 5535270.74, 430622.48000000045 5535267.859999999, 430605.</t>
   </si>
   <si>
     <t>https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=6014-401</t>
   </si>
   <si>
     <t>https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg6014-401</t>
   </si>
   <si>
-    <t>https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/vsg_sdb_6014-401.pdf</t>
+    <t>https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/vsg_sdb_6014-401.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -510,90 +510,90 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vogelschutzgebiet&amp;layers=vogelschutzgebiet&amp;qid=VSG-7000-023" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=6014-401" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg6014-401" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/vsg_sdb_6014-401.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vogelschutzgebiet&amp;layers=vogelschutzgebiet&amp;qid=VSG-7000-023" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=6014-401" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg6014-401" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/vsg_sdb_6014-401.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:X2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="35.85546875" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="7" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="37.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="178.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="15.5703125" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="42.42578125" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="178" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="81.85546875" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="76.28515625" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="73.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -664,51 +664,51 @@
       <c r="E2" t="s">
         <v>27</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>28</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>29</v>
       </c>
       <c r="J2" t="s">
         <v>30</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>31</v>
       </c>
       <c r="N2">
         <v>109730</v>
       </c>
       <c r="O2" s="3">
-        <v>45986.56064242485</v>
+        <v>46045.55892995861</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2" t="s">
         <v>35</v>
       </c>
       <c r="T2" t="s">
         <v>36</v>
       </c>
       <c r="U2" t="s">
         <v>37</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>38</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>39</v>
       </c>