--- v0 (2025-11-10)
+++ v1 (2026-01-23)
@@ -132,51 +132,51 @@
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>Naturschutz</t>
   </si>
   <si>
     <t>Vogelschutzgebiet besonderer Bedeutung (EG)</t>
   </si>
   <si>
     <t>Natura 2000</t>
   </si>
   <si>
     <t>DE-6013-401</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((428392.23000000045 5536856.1899999995, 428391.5700000003 5536857.23, 428391.23000000045 5536858.699999999, 428390.7400000002 5536860.800000001, 428518.5800000001 5536890, 428569.66000000015 5536909.789999999, 428603.3300000001 5536928.59, 428648.71999999974 5536958.460000001, 428740.2599999998 5537019.42, 428783.8300000001 5537056.76, 428797.51999999955 5537069.449999999, 428805.91000000015 5537078.6899999995, 428843.46999999974 5537118.960000001, 428916.03000000026 5537197.83, 428943.36000000034 5537222.83, 428947.25 5537219.9, 428987.0999999996 5537253.76, 428989.6699999999 5537255.890000001, 428993.3499999996 5537258.960000001, 428996.8200000003 5537261.84, 428999.63999999966 5537264.199999999, 429006.41000000015 5537269.83, 429010.28000000026 5537273.039999999, 429017.96999999974 5537279.449999999, 429025.23000000045 5537285.49, 429034.45999999996 5537293.17, 429044.2400000002 5537301.32, 429048.8099999996 5537305.119999999, 429053.0099999998 5537309.27, 429057.1900000004 5537313.4, 429060.48000000045 5537316.66, 429062.4900000002 5537318.65, 429064.2999999998 5537320.4399999995, 429068.25 5537324.34, 429074.8799999999 5537330.890000001, 429081.5599999996 5537337.77, 429091.4299999997 5537347.92, 429094.6799999997 5537351.43, 429097.73000000045 5537354.710000001, 429101.1799999997 5537358.43, 429107.71999999974 5537365.49, 429114.70999999996 5537373.029999999, 429119.23000000045 5537377.91, 429122.0599999996 5537380.960000001, 429128.46999999974 5537387.869999999, 429131.73000000045 5537391.380000001, 429136.1900000004 5537396.1899999995, 429138.8099999996 5537399.02, 429141.25 5537401.640000001, 429145.45999999996 5537406.07, 429152.0499999998 5537412.99, 429159.0700000003 5537420.369999999, 429172.54000000004 5537434.52, 429180.4900000002 5537441.210000001, 429184.9000000004 5537446.0600000005, 429185.4400000004 5537445.539999999, 429195.23000000045 5537454.130000001, 429199.5599999996 5537457.93, 429210.58999999985 5537467.9, 429206.8700000001 5537471.390000001, 429197.1799999997 5537480.42, 429201.1299999999 5537491.789999999, 429203.41000000015 5537495.960000001, 429206.3300000001 5537501.279999999, 429238.88999999966 5537554.869999999, 429286.33999999985 5537632.869999999, 429308.4400000004 5537669.25, 429367.45999999996 5537766.390000001, 429398.29000000004 5537816.640000001, 429404.7400000002 5537827.74, 429470.03000000026 5537936.1, 429488.45999999996 5537969.27, 429495.16000000015 5537985.210000001, 429505.6799999997 5538010.300000001, 429515.70999999996 5538027.0600000005, 429536.0499999998 5538050.369999999, 429541.7999999998 5538055.300000001, 429546.1799999997 5538060.109999999, 429554.5499999998 5538069.300000001, 429561.7000000002 5538077.17, 429561.20999999996 5538082.3100000005, 429568.7599999998 5538092.109999999, 429572.0599999996 5538098.210000001, 429578.95999999996 5538110.890000001, 429567.9900000002 5538136.73, 429564.0700000003 5538145.9399999995, 429558.8300000001 5538158.25, 429561.1799999997 5538159.25, 429568.04000000004 5538162.15, 429565.1799999997 5538168.869999999, 429534.9500000002 5538239.779999999, 429651.36000000034 5538317.85, 429646.16000000015 5538318.960000001, 429642.38999999966 5538321.0600000005, 429641.7599999998 5538324.4399999995, 429643.1500000004 5538327.789999999, 429752.6900000004 5538401.25, 429754.8700000001 5538402.550000001, 429757.23000000045 5538411.27, 429784.0599999996 5538415.699999999, 429791.70999999996 5538418.4399999995, 429800.25 5538423.75, 429837.23000000045 5538446.73, 429833.3300000001 5538461.949999999, 429839.9900000002 5538466.74, 429853.2999999998 5538452.01, 429857.48000000045 5538441.640000001, 429869.3499999996 5538400.9399999995, 429872.29000000004 5538394.300000001, 429884.9500000002 5538368.68, 429881.9299999997 5538366.5, 429884.0099999998 5538362.539999999, 429890.04000000004 5538350.92, 429894.29000000004 5538342.51, 429898.48000000045 5538333.470000001, 429908.0800000001 5538313.279999999, 429909.9199999999 5538309.68, 429943.88999999966 5538325.02, 429977.2000000002 5538340.02, 430067.1200000001 5538322.5, 430069.7400000002 5538291.279999999, 430073.63999999966 5538291.699999999, 430105.01999999955 5538294.48, 430123.6200000001 5538295.869999999, 430162.21999999974 5538298.42, 430165.1200000001 5538298.73, 430209.9199999999 5538302.869999999, 430231.08999999985 5538304.85, 430265.5700000003 5538315.91, 430284.9299999997 5538320.15, 430292.8099999996 5538321.880000001, 430308.70999999996 5538326.960000001, 430313.58999999985 5538328.779999999, 430339.45999999996 5538334.9, 430347.1299999999 5538336.74, 430410.20999999996 5538353, 430473.8799999999 5538371.43, 430504.4000000004 5538382.41, 430505.41000000015 5538379.6899999995, 430505.8200000003 5538378.609999999, 430514.8099999996 5538379.65, 430529.0599999996 5538386.1899999995, 430539.61000000034 5538392.82, 430542.4400000004 5538394.59, 430542.2599999998 5538391.619999999, 430545.8499999996 5538389.470000001, 430553.1299999999 5538391.48, 430566.7999999998 5538395.27, 430573.8300000001 5538397.220000001, 430580.6900000004 5538399.119999999, 430612.36000000034 5538407.890000001, 430622.7400000002 5538410.75, 430642.9199999999 5538416.34, 430654.98000000045 5538419.359999999, 430671.51999999955 5538423.5, 430682.70999999996 5538426.300000001, 430689.8799999999 5538428.09, 430698.28000000026 5538430.1899999995, 430703.75 5538431.5600000005, 430713.0800000001 5538433.890000001, 430722.3099999996 5538436.199999999, 430726.21999999974 5538437.18, 430730.16000000015 5538438.17, 430737.9500000002 5538440.119999999, 430745.9000000004 5538442.1, 430760.20999999996 5538445.68, 430767.4199999999 5538447.48, 430775.33999999985 5538449.470000001, 430779.7000000002 5538450.550000001, 430796.3799999999 5538450.880000001, 430824.3799999999 5538446.15, 430838.70999999996 5538441.73, 430846.6799999997 5538439.27, 430853.9500000002 5538437.369999999, 430864.98000000045 5538434.5, 430862.4199999999 5538428.57, 430865.21999999974 5538427.73, 430877.5 5538424.16, 430877.5700000003 5538426.5, 430877.5700000003 5538426.8100000005, 430877.6500000004 5538430.050000001, 430884.08999999985 5538428.15, 430892.8700000001 5538425.57, 430898.0599999996 5538424.050000001, 430912.7000000002 5538418.6899999995, 430912.76999999955 5538418.67, 430929.9000000004 5538413.789999999, 430947.33999999985 5538408.83, 430958.16000000015 5538405.75, 430959.0599999996 5538405.5, 431044.8700000001 5538381.07, 431103.75 5538364.3100000005, 431127.58999999985 5538357.539999999, 431178.36000000034 5538342.699999999, 431203.3200000003 5538335.390000001, 431204.38999999966 5538343.09, 431204.9000000004 5538346.779999999, 431205.3200000003 5538349.83, 431210.8700000001 5538349.369999999, 431218.3799999999 5538348.76, 431212.70999999996 5538368.18, 431211.5700000003 5538372.050000001, 431210.23000000045 5538377.17, 431204.20999999996 5538380.220000001, 431198.58999999985 5538395.140000001, 431197.1500000004 5538406.9399999995, 431212.21999999974 5538397.529999999, 431216.0099999998 5538389.050000001, 431254.71999999974 5538385.789999999, 431260.3200000003 5538386.1, 431280.16000000015 5538386.880000001, 431290.1900000004 5538385.880000001, 431295.2000000002 5538385.369999999, 431301.8200000003 5538384.720000001, 431307.16000000015 5538384.18, 431312.7000000002 5538383.630000001, 431317.78000000026 5538383.130000001, 431323.3799999999 5538382.5600000005, 431330.7999999998 5538381.83, 431337.88999999966 5538381.119999999, 431368.6299999999 5538378.050000001, 431369.9400000004 5538377.91, 431379.36000000034 5538373.619999999, 431380.9199999999 5538372.91, 431383.20999999996 5538371.859999999, 431406.6900000004 5538352.6, 431417.8099999996 5538357.9399999995, 431420.38999999966 5538361.65, 431428.21999999974 5538358.130000001, 431585.6900000004 5538334.16, 431594.29000000004 5538332.9399999995, 431695.3200000003 5538321.83, 431762.6699999999 5538323.18, 431821.21999999974 5538328.460000001, 431827.2400000002 5538329.35, 431828.75 5538324.630000001, 431836.9000000004 5538299.029999999, 431845.75 5538271.130000001, 431847.76999999955 5538266.9, 431855.7400000002 5538250.289999999, 431871.5499999998 5538226.869999999, 431888.48000000045 5538192.359999999, 431890.9900000002 5538188.1, 431900.0099999998 5538189.970000001, 431907.58999999985 5538191.529999999, 431911.3099999996 5538192.300000001, 431914.6699999999 5538193, 431923.16000000015 5538194.76, 431926.8499999996 5538195.52, 431931.11000000034 5538196.4, 431937.4500000002 5538197.710000001, 431943.8799999999 5538199.039999999, 431949.23000000045 5538200.15, 431950.2599999998 5538200.359999999, 431966.75 5538202.76, 431974.23000000045 5538203.85, 431982.75 5538205.08, 431988.1500000004 5538205.859999999, 431994.25 5538206.75, 431998.48000000045 5538207.359999999, 432004.5599999996 5538208.24, 432010.6500000004 5538209.130000001, 432016.5 5538209.970000001, 432022.61000000034 5538210.859999999, 432027.0499999998 5538211.5, 432031.5800000001 5538212.16, 432038.9500000002 5538213.220000001, 432048.4400000004 5538214.6, 432057.2400000002 5538215.880000001, 432062.3499999996 5538216.619999999, 432069.5099999998 5538217.66, 432075.71999999974 5538218.550000001, 432080.16000000015 5538219.199999999, 432083.3099999996 5538219.65, 432091.4400000004 5538220.83, 432100.4400000004 5538222.140000001, 432108.5 5538223.300000001, 432118.04000000004 5538224.699999999, 432127 5538226, 432135.78000000026 5538227.27, 432137.23000000045 5538227.48, 432138.8700000001 5538227.470000001, 432142.2400000002 5538227.4399999995, 432149.66000000015 5538227.380000001, 432155.6799999997 5538227.34, 432163.7400000002 5538227.289999999, 432169.95999999996 5538227.24, 432175.0499999998 5538227.199999999, 432180.61000000034 5538227.16, 432191.3300000001 5538227.08, 432197.1699999999 5538227.039999999, 432198.33999999985 5538227.029999999, 432204.5800000001 5538226.33, 432216.7400000002 5538224.970000001, 432222.9299999997 5538224.27, 432230.5999999996 5538223.0600000005, 432234.20999999996 5538222.51, 432240.9900000002 5538221.460000001, 432244.1200000001 5538220.970000001, 432247.8300000001 5538220.4, 432254.91000000015 5538219.300000001, 432263.4000000004 5538217.99, 432271.28000000026 5538216.77, 432284.6699999999 5538214.68, 432288.29000000004 5538214.119999999, 432292 5538213.539999999, 432299.9199999999 5538212.3100000005, 432306.7400000002 5538211.24, 432313.9500000002 5538210.109999999, 432320.75 5538209.0600000005, 432327.5800000001 5538208, 432334.96999999974 5538206.84, 432339.04000000004 5538206.210000001, 432343.9400000004 5538205.4399999995, 432350.41000000015 5538204.4399999995, 432357.8799999999 5538203.27, 432365.0800000001 5538202.15, 432368.9400000004 5538201.550000001, 432377.8799999999 5538200.16, 432381.5999999996 5538199.58, 432389.8799999999 5538198.279999999, 432395.5700000003 5538197.4, 432402.45999999996 5538196.33, 432407.6699999999 5538195.51, 432416.01999999955 5538194.210000001, 432418.51999999955 5538192.3100000005, 432423.63999999966 5538193.26, 432431.8799999999 5538193.449999999, 432442.03000000026 5538193.6899999995, 432453.7000000002 5538193.91, 432459.79000000004 5538194.09, 432468.9500000002 5538194.27, 432480.1500000004 5538194.58, 432484.3300000001 5538194.58, 432488.04000000004 5538194.58, 432492.0700000003 5538194.58, 432499.8300000001 5538194.59, 432504.75 5538194.59, 432509.9299999997 5538194.6, 432514.5999999996 5538194.609999999, 432519.98000000045 5538194.609999999, 432523.3300000001 5538194.619999999, 432526.8300000001 5538194.619999999, 432530.6299999999 5538194.619999999, 432535.83999999985 5538194.619999999, 432540.95999999996 5538194.630000001, 432546.28000000026 5538194.640000001, 432551.53000000026 5538194.640000001, 432558.9900000002 5538194.640000001, 432565.58999999985 5538194.66, 432572.9900000002 5538194.66, 432581.9400000004 5538194.67, 432592.8300000001 5538194.6899999995, 432597.1799999997 5538194.6899999995, 432603.36000000034 5538194.699999999, 432610.95999999996 5538194.710000001, 432621.1200000001 5538194.73, 432631.20999999996 5538194.75, 432637.41000000015 5538194.76, 432643.25 5538194.77, 432647.1900000004 5538194.77, 432652.83999999985 5538194.789999999, 432658.4000000004 5538194.789999999, 432663 5538194.800000001, 432674.0099999998 5538194.82, 432678.96999999974 5538194.83, 432683.1799999997 5538194.84, 432690.75 5538194.85, 432700.54000000004 5538194.859999999, 432707.7999999998 5538194.880000001, 432714.1500000004 5538194.890000001, 432720.6699999999 5538194.9, 432733.4500000002 5538194.92, 432740.20999999996 5538194.9399999995, 432745.70999999996 5538194.9, 432750.41000000015 5538194.960000001, 432755.54000000004 5538194.960000001, 432762.21999999974 5538194.970000001, 432770.9199999999 5538194.98, 432775.63999999966 5538194.99, 432781.70999999996 5538195.5, 432805.3799999999 5538197.51, 432809.96999999974 5538197.91, 432818.5599999996 5538198.640000001, 432823.3499999996 5538199.800000001, 432828.41000000015 5538201.050000001, 432833.70999999996 5538202.35, 432837.6699999999 5538203.32, 432843.1299999999 5538204.640000001, 432851.91000000015 5538206.76, 432857.5 5538207.279999999, 432862.5499999998 5538207.73, 432867.5999999996 5538208.1899999995, 432872.54000000004 5538208.640000001, 432877.45999999996 5538209.08, 432883.6200000001 5538209.640000001, 432889.88999999966 5538210.23, 432901.83999999985 5538211.3100000005, 432907.11000000034 5538211.779999999, 432911.1699999999 5538212.15, 432917.8300000001 5538212.76, 432926.2000000002 5538213.52, 432933.45999999996 5538214.18, 432935.6500000004 5538214.380000001, 432946.6699999999 5538215.380000001, 432952.28000000026 5538215.890000001, 432957.86000000034 5538216.4, 432961.78000000026 5538216.76, 432968.25 5538217.35, 432974.63999999966 5538217.880000001, 432980.8799999999 5538218.4, 432984.98000000045 5538218.75, 432988.96999999974 5538219.08, 432992.86000000034 5538219.4, 433000.5700000003 5538220.039999999, 433007.5099999998 5538220.630000001, 433015.03000000026 5538221.25, 433022.03000000026 5538221.84, 433029.6200000001 5538222.48, 433034.7000000002 5538222.9, 433048.71999999974 5538224.460000001, 433058.54000000004 5538225.5600000005, 433063.0700000003 5538223.720000001, 433067.0499999998 5538199.18, 433073.0700000003 5538199.380000001, 433075.5099999998 5538202.4, 433084.46999999974 5538202.6899999995, 433090.1299999999 5538202.880000001, 433095.0099999998 5538203.029999999, 433103.21999999974 5538203.300000001, 433116.96999999974 5538203.75, 433124.8499999996 5538204, 433129.5099999998 5538204.15, 433139.11000000034 5538204.460000001, 433143.3099999996 5538204.59, 433145.5800000001 5538204.890000001, 433152.1200000001 5538205.73, 433156.3200000003 5538206.26, 433161.41000000015 5538206.92, 433168.71999999974 5538207.85, 433173.0700000003 5538208.42, 433182.5 5538209.619999999, 433187.36000000034 5538210.25, 433193.0800000001 5538210.99, 433199.9299999997 5538211.859999999, 433211.29000000004 5538213.32, 433216.79000000004 5538214.029999999, 433219.26999999955 5538194.460000001, 433225.9199999999 5538195.27, 433229.0700000003 5538195.59, 433226.76999999955 5538214.93, 433229.9900000002 5538215.210000001, 433234.8799999999 5538215.619999999, 433239.9000000004 5538216.039999999, 433245.3099999996 5538216.5, 433250.5599999996 5538216.9399999995, 433265.4199999999 5538218.199999999, 433274.08999999985 5538218.9399999995, 433280.1200000001 5538219.4399999995, 433286.1900000004 5538219.960000001, 433292.2000000002 5538220.470000001, 433304.9199999999 5538221.539999999, 433311.2999999998 5538222.08, 433319.8200000003 5538222.800000001, 433329.45999999996 5538223.619999999, 433339.2400000002 5538224.449999999, 433355 5538225.779999999, 433360.8799999999 5538226.27, 433366.78000000026 5538226.779999999, 433372.6900000004 5538227.279999999, 433384.1799999997 5538228.25, 433394.73000000045 5538229.140000001, 433404.75 5538229.98, 433409.95999999996 5538230.43, 433414.5099999998 5538230.34, 433420.25 5538230.220000001, 433426.5700000003 5538230.08, 433436.71999999974 5538229.869999999, 433443.63999999966 5538229.720000001, 433450.6200000001 5538229.58, 433457.3200000003 5538229.4399999995, 433463.9500000002 5538229.289999999, 433470.5700000003 5538229.17, 433477.08999999985 5538229.029999999, 433483.7599999998 5538228.880000001, 433486.7599999998 5538228.82, 433491.01999999955 5538228.73, 433495.2599999998 5538228.630000001, 433504.75 5538228.43, 433508.8499999996 5538228.34, 433518.3499999996 5538228.08, 433527.75 5538227.93, 433531.7400000002 5538227.84, 433543.6200000001 5538227.58, 433555.66000000015 5538227.32, 433564.4500000002 5538227.130000001, 433579.9199999999 5538226.789999999, 433580.0700000003 5538226.789999999, 433586.08999999985 5538227.3100000005, 433592.38999999966 5538227.8100000005, 433601.63999999966 5538228.58, 433610.53000000026 5538229.3100000005, 433619.2999999998 5538230.029999999, 433628.2999999998 5538230.77, 433637.3099999996 5538231.51, 433638.9199999999 5538231.640000001, 433641.45999999996 5538231.85, 433649.76999999955 5538232.550000001, 433654.54000000004 5538232.949999999, 433659.3200000003 5538233.35, 433662.66000000015 5538233.630000001, 433664.0499999998 5538233.74, 433667.91000000015 5538234.08, 433668.7599999998 5538234.130000001, 433672.66000000015 5538234.460000001, 433675.2999999998 5538234.68, 433681.9400000004 5538235.23, 433685.23000000045 5538235.51, 433687.51999999955 5538235.699999999, 433692.3799999999 5538236.109999999, 433698.41000000015 5538236.609999999, 433704.5999999996 5538237.119999999, 433708.51999999955 5538237.4399999995, 433708.96999999974 5538237.49, 433711.83999999985 5538237.630000001, 433718.38999999966 5538237.949999999, 433721.6699999999 5538238.1, 433729.4400000004 5538238.43, 433750.66000000015 5538239.550000001, 433752.9400000004 5538239.67, 433758.71999999974 5538239.949999999, 433763.9900000002 5538240.220000001, 433771.28000000026 5538240.57, 433792.33999999985 5538241.630000001, 433796.4299999997 5538241.300000001, 433799.01999999955 5538236.4, 433802.8099999996 5538232.74, 433807.6200000001 5538232.279999999, 433814.23000000045 5538235.83, 433815.1699999999 5538236.33, 433822.01999999955 5538237.26, 433827.16000000015 5538234.529999999, 433830.95999999996 5538230.789999999, 433833.4900000002 5538228.3100000005, 433840.0800000001 5538224.99, 433848.26999999955 5538225.5600000005, 433851.76999999955 5538225.8100000005, 433860.63999999966 5538227.75, 433861.8200000003 5538228.01, 433869.75 5538231.26, 433872.1500000004 5538232.66, 433879.5 5538237.039999999, 433886.3200000003 5538241.07, 433889.4400000004 5538242.91, 433892.3499999996 5538244.92, 433897.58999999985 5538248.52, 433904.9500000002 5538253.5600000005, 433912.73000000045 5538258.91, 433919.25 5538263.390000001, 433926 5538268.029999999, 433935.0800000001 5538274.27, 433937.7599999998 5538275.48, 433949.96999999974 5538281.029999999, 433952.5499999998 5538282.199999999, 433958.11000000034 5538283.949999999, 433963.33999999985 5538285.609999999, 433966.3099999996 5538285.91, 433974.95999999996 5538286.779999999, 433977.8200000003 5538287.0600000005, 433987.71999999974 5538287.4399999995, 433990.28000000026 5538287.529999999, 433993.48000000045 5538287.529999999, 434005.4199999999 5538287.5, 434011.61000000034 5538287.48, 434017.5999999996 5538287.460000001, 434020.79000000004 5538287.449999999, 434024.0700000003 5538287.85, 434035.83999999985 5538289.289999999, 434038.75 5538290.029999999, 434042.3799999999 5538290.949999999, 434066.9199999999 5538297.1899999995, 434081.6200000001 5538300.92, 434103.54000000004 5538305.91, 434103.29000000004 5538306.970000001, 434111.01999999955 5538307.609999999, 434127.36000000034 5538311.34, 434127.5499999998 5538311.380000001, 434135.8700000001 5538313.27, 434145.1799999997 5538315.380000001, 434148.61000000034 5538316.17, 434151.51999999955 5538316.92, 434155.38999999966 5538317.9, 434159.78000000026 5538319.039999999, 434164.5999999996 5538320.27, 434171.25 5538323.17, 434172.5999999996 5538324.289999999, 434175.98000000045 5538327.09, 434178.01999999955 5538330.220000001, 434180.78000000026 5538334.470000001, 434183.4900000002 5538336.34, 434186.36000000034 5538338.32, 434189.1799999997 5538338.470000001, 434192.9199999999 5538338.65, 434196.08999999985 5538336.99, 434197.9299999997 5538336.029999999, 434203.2400000002 5538329.529999999, 434205.08999999985 5538327.25, 434208.6500000004 5538324.98, 434212.45999999996 5538324.130000001, 434221.4199999999 5538326.960000001, 434226.8799999999 5538328.67, 434232.0700000003 5538330.289999999, 434236.8200000003 5538331.779999999, 434241.3799999999 5538333.23, 434244.75 5538334.27, 434250.0700000003 5538335.9399999995, 434255.2400000002 5538337.57, 434260.4500000002 5538339.199999999, 434265.01999999955 5538340.640000001, 434269.88999999966 5538342.17, 434275.96999999974 5538344.09, 434282.36000000034 5538346.08, 434289.3799999999 5538348.279999999, 434296.3099999996 5538350.470000001, 434302.23000000045 5538352.33, 434309.08999999985 5538354.48, 434318.0499999998 5538357.289999999, 434326.46999999974 5538359.949999999, 434333.3499999996 5538362.1, 434339.9199999999 5538364.17, 434346.13999999966 5538366.119999999, 434352.3300000001 5538368.0600000005, 434358.63999999966 5538370.050000001, 434365.04000000004 5538372.0600000005, 434371.08999999985 5538373.960000001, 434392.7999999998 5538380.779999999, 434414.8200000003 5538387.6899999995, 434420.9900000002 5538389.619999999, 434427.0800000001 5538391.529999999, 434433.91000000015 5538393.6899999995, 434435.83999999985 5538394.289999999, 434438.5 5538395.130000001, 434443.63999999966 5538396.74, 434448.3799999999 5538398.24, 434453.0800000001 5538399.710000001, 434459.29000000004 5538401.66, 434466.73000000045 5538404.01, 434473.03000000026 5538405.99, 434477.78000000026 5538407.48, 434484.0599999996 5538409.460000001, 434488.2400000002 5538410.779999999, 434492.23000000045 5538412.029999999, 434499.83999999985 5538414.43, 434506.3200000003 5538416.470000001, 434512.5 5538418.42, 434516.71999999974 5538419.74, 434520.5 5538420.9399999995, 434532.83999999985 5538424.8100000005, 434544.7400000002 5538428.57, 434549.7400000002 5538430.140000001, 434558.5099999998 5538432.9, 434576.6200000001 5538438.6, 434582.8200000003 5538440.550000001, 434589.11000000034 5538442.529999999, 434595.28000000026 5538444.470000001, 434601.66000000015 5538446.48, 434610.13999999966 5538449.15, 434620.61000000034 5538452.449999999, 434631.45999999996 5538455.85, 434642.36000000034 5538459.289999999, 434650.6799999997 5538461.9, 434658.6299999999 5538464.4, 434665.58999999985 5538466.6, 434668.2999999998 5538467.83, 434670.98000000045 5538469.039999999, 434674.86000000034 5538472.890000001, 434676.96999999974 5538473.27, 434682.0700000003 5538474.15, 434677.0499999998 5538506.050000001, 434655.1299999999 5538645.119999999, 434653.2999999998 5538650.58, 434642.86000000034 5538694.07, 434610.83999999985 5538783.49, 434587.98000000045 5538847.359999999, 434583.58999999985 5538859.710000001, 434527.8300000001 5539016.609999999, 434526.8499999996 5539018.32, 434518.26999999955 5539033.300000001, 434504.3700000001 5539111.25, 434483.8499999996 5539226.4, 434487.66000000015 5539228.119999999, 434492.5099999998 5539230.3100000005, 434436.1699999999 5539385.4399999995, 434438.20999999996 5539386.66, 434418.4900000002 5539447.33, 434420.9500000002 5539448.779999999, 434361.8200000003 5539638.58, 434368.6200000001 5539641.98, 434373.1200000001 5539644.24, 434377.7000000002 5539646.52, 434382.28000000026 5539648.8100000005, 434386.96999999974 5539651.16, 434396.5800000001 5539655.970000001, 434403.5599999996 5539659.470000001, 434407.5 5539661.4399999995, 434411.4400000004 5539663.41, 434419.1699999999 5539667.279999999, 434426.16000000015 5539670.77, 434433.70999999996 5539674.5600000005, 434442.3200000003 5539678.869999999, 434451.4400000004 5539683.43, 434462.28000000026 5539688.859999999, 434476.08999999985 5539695.77, 434489.9500000002 5539702.710000001, 434499.08999999985 5539707.279999999, 434507.28000000026 5539711.51, 434507.4500000002 5539711.449999999, 434511.7999999998 5539713.630000001, 434518.1799999997 5539716.84, 434523.33999999985 5539719.42, 434528.3799999999 5539721.949999999, 434534.13999999966 5539724.84, 434539.6200000001 5539727.59, 434547.08999999985 5539731.34, 434554.53000000026 5539735.08, 434562.1699999999 5539738.91, 434565.6799999997 5539740.67, 434573.5499999998 5539744.619999999, 434578.9299999997 5539747.32, 434586.6900000004 5539751.199999999, 434594.7999999998 5539755.279999999, 434603.01999999955 5539759.4, 434611.4000000004 5539763.609999999, 434620.13999999966 5539768, 434628.5599999996 5539772.220000001, 434635.63999999966 5539775.9399999995, 434646.3200000003 5539781.119999999, 434657.33999999985 5539786.6, 434663.7999999998 5539789.82, 434670.0499999998 5539792.93, 434676.51999999955 5539796.15, 434680.5599999996 5539798.16, 434687.3700000001 5539801.550000001, 434694 5539804.85, 434699.5599999996 5539807.609999999, 434705.01999999955 5539810.34, 434710.7599999998 5539813.199999999, 434716.6699999999 5539816.140000001, 434725.8499999996 5539820.710000001, 434733.6299999999 5539824.58, 434740.08999999985 5539828.029999999, 434741.66000000015 5539828.26, 434749.98000000045 5539830.9, 434753.9900000002 5539832.18, 434761.66000000015 5539834.630000001, 434769.3200000003 5539837.0600000005, 434777.0700000003 5539839.52, 434786.63999999966 5539842.58, 434790.71999999974 5539843.869999999, 434794.91000000015 5539845.1899999995, 434800.04000000004 5539846.83, 434805.3099999996 5539848.51, 434813.1299999999 5539851, 434816.5 5539852.07, 434821.36000000034 5539853.609999999, 434827.5700000003 5539855.59, 434833.6200000001 5539857.4, 434840.66000000015 5539859.6899999995, 434846.4400000004 5539861.57, 434852.16000000015 5539863.43, 434857.88999999966 5539865.289999999, 434862.48000000045 5539866.779999999, 434867.33999999985 5539868.359999999, 434871.26999999955 5539869.630000001, 434875.4199999999 5539870.99, 434879.01999999955 5539872.15, 434885.4500000002 5539874.25, 434891.71999999974 5539876.279999999, 434893.8499999996 5539876.98, 434897.86000000034 5539878.24, 434904.03000000026 5539880.18, 434912.04000000004 5539882.699999999, 434930.41000000015 5539888.48, 434934.9500000002 5539889.91, 434939.2000000002 5539891.25, 434942.5099999998 5539892.289999999, 434945.8700000001 5539893.34, 434950.7000000002 5539894.869999999, 434955.5800000001 5539896.4, 434959.9000000004 5539897.76, 434967.5099999998 5539900.17, 434974.3200000003 5539902.3100000005, 434977.86000000034 5539903.42, 434981.2000000002 5539904.48, 434988.0499999998 5539906.630000001, 434995.20999999996 5539908.890000001, 435001.83999999985 5539910.98, 435008.8700000001 5539913.199999999, 435015.8300000001 5539915.390000001, 435022.6299999999 5539917.529999999, 435029.95999999996 5539919.83, 435037.5800000001 5539922.25, 435057.75 5539928.6, 435059.5099999998 5539929.539999999, 435063.70999999996 5539931.4, 435069.73000000045 5539934.0600000005, 435076.03000000026 5539936.85, 435085.75 5539941.15, 435085.2999999998 5539943.76, 435085.26999999955 5539944.17, 435084.70999999996 5539954.140000001, 435072.7999999998 5539963.23, 435057.6799999997 5539958.58, 435049.2000000002 5539955.970000001, 435041.73000000045 5539953.67, 435034.11000000034 5539951.32, 435027.8200000003 5539949.390000001, 435022.1200000001 5539947.640000001, 435016.28000000026 5539945.84, 435009.7400000002 5539971.720000001, 434995.5999999996 5540027.8100000005, 435000.75 5540030.32, 435005.70999999996 5540032.73, 435010.9299999997 5540035.27, 435022.5800000001 5540040.9399999995, 435025.61000000034 5540042.42, 435046.0999999996 5540052.390000001, 435053.73000000045 5540056.380000001, 435060.88999999966 5540055.800000001, 435083.5 5540064.289999999, 435086.9900000002 5540065.6, 435091.8700000001 5540067.43, 435111.41000000015 5540080.98, 435138.3499999996 5540099.640000001, 435170.8799999999 5540116.51, 435211.3700000001 5540137.51, 435218 5540140.9399999995, 435282.71999999974 5540172.779999999, 435307.83999999985 5540185.140000001, 435447.3300000001 5540255.4399999995, 435457.4000000004 5540260.51, 435486.7400000002 5540275.289999999, 435543.13999999966 5540309.42, 435602.9900000002 5540345.630000001, 435605.3700000001 5540341.789999999, 435606.3200000003 5540340.25, 435629.4500000002 5540352.59, 435635.04000000004 5540351.57, 435659.21999999974 5540347.16, 435672.98000000045 5540340.970000001, 435674.8799999999 5540339.91, 435681.23000000045 5540336.390000001, 435694.95999999996 5540328.76, 435699.48000000045 5540326.24, 435701.4299999997 5540319.93, 435705.6699999999 5540306.140000001, 435709.96999999974 5540307.42, 435723.54000000004 5540311.4399999995, 435729.91000000015 5540313.3100000005, 435723.33999999985 5540324.67, 435743.20999999996 5540316.369999999, 435910.45999999996 5540267.210000001, 435986.03000000026 5540233.82, 436056.21999999974 5540197.33, 436102.4500000002 5540165.83, 436133.33999999985 5540144.59, 436165.0800000001 5540123.140000001, 436164.45999999996 5540118.99, 436164.01999999955 5540115.51, 436164.41000000015 5540113.92, 436165.7599999998 5540108.49, 436167.8799999999 5540107.16, 436198.28000000026 5540099.33, 436296.2599999998 5540081.16, 436400.0499999998 5540061.119999999, 436674.1500000004 5539951.630000001, 436782.6299999999 5539908.73, 436894.5800000001 5539916.18, 436910.7000000002 5539917.85, 436941.58999999985 5539923.220000001, 436945.8799999999 5539923.960000001, 436959.26999999955 5539921.58, 436961 5539922.52, 436961.6799999997 5539921.119999999, 436962.6500000004 5539919.16, 436959.5800000001 5539916, 436959.6500000004 5539910.83, 436965.91000000015 5539896.17, 436991.5700000003 5539821.91, 436992.0999999996 5539819.9399999995, 436997.76999999955 5539798.73, 437000.4400000004 5539788.77, 437003.1900000004 5539778.5, 437005.0099999998 5539771.68, 437006.8799999999 5539764.699999999, 437014.3200000003 5539736.949999999, 437017.2000000002 5539726.199999999, 437019.8099999996 5539716.449999999, 437022.95999999996 5539704.68, 437024.28000000026 5539699.76, 437025.73000000045 5539694.34, 437027.1299999999 5539689.08, 437028.58999999985 5539683.82, 437030.16000000015 5539678.109999999, 437031.7999999998 5539672.220000001, 437033.78000000026 5539665.02, 437035.7999999998 5539657.6899999995, 437037.8200000003 5539650.4, 437039.6699999999 5539643.68, 437041.4299999997 5539637.33, 437043.21999999974 5539630.8100000005, 437043.91000000015 5539628.34, 437047.1200000001 5539616.710000001, 437050.2999999998 5539605.220000001, 437070.5700000003 5539531.8100000005, 437072.73000000045 5539530.279999999, 437075.66000000015 5539528.050000001, 437077.66000000015 5539527.76, 437076.6799999997 5539527.130000001, 437075.5 5539526.35, 437074.1699999999 5539525.5, 437070.5999999996 5539523.17, 437074.66000000015 5539468.33, 437079.7000000002 5539402.949999999, 437080.0700000003 5539397.91, 437078.1900000004 5539366.529999999, 437079.6799999997 5539362.210000001, 437080.88999999966 5539358.699999999, 437122.5499999998 5539379.82, 437122.75 5539379.91, 437123.86000000034 5539380.5, 437125.0800000001 5539381.09, 437127.46999999974 5539382.300000001, 437134.88999999966 5539387.75, 437139.7999999998 5539391.029999999, 437145.1299999999 5539394.970000001, 437151.4299999997 5539399.619999999, 437158 5539404.460000001, 437160.5999999996 5539406.390000001, 437163.86000000034 5539408.800000001, 437170.83999999985 5539413.960000001, 437177.61000000034 5539418.960000001, 437184.20999999996 5539423.82, 437190 5539427.9, 437195.9500000002 5539432.279999999, 437201.04000000004 5539436.02, 437206.6200000001 5539440.130000001, 437211.4199999999 5539443.640000001, 437216.41000000015 5539447.3100000005, 437220.96999999974 5539450.84, 437221.7999999998 5539451.48, 437224.7999999998 5539454.380000001, 437229.21999999974 5539458.699999999, 437229.7400000002 5539459.210000001, 437232.5099999998 5539461.93, 437234.5099999998 5539463.890000001, 437236.33999999985 5539465.6899999995, 437239.4500000002 5539468.73, 437242.88999999966 5539472.109999999, 437243.5099999998 5539472.720000001, 437246.4400000004 5539475, 437249.9199999999 5539477.73, 437253.5599999996 5539480.59, 437257.23000000045 5539483.449999999, 437263.9299999997 5539488.699999999, 437267.1200000001 5539491.210000001, 437270.95999999996 5539494.210000001, 437273.95999999996 5539496.48, 437280.33999999985 5539501.32, 437283.63999999966 5539503.83, 437289.2000000002 5539508.050000001, 437294.6900000004 5539512.199999999, 437298.3300000001 5539514.970000001, 437301.9299999997 5539517.699999999, 437304.6500000004 5539519.76, 437304.9500000002 5539519.99, 437310.6799999997 5539522.48, 437316.73000000045 5539525.0600000005, 437324.98000000045 5539528.779999999, 4373</t>
   </si>
   <si>
     <t>https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=6013-401</t>
   </si>
   <si>
     <t>https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg6013-401</t>
   </si>
   <si>
-    <t>https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/vsg_sdb_6013-401.pdf</t>
+    <t>https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/vsg_sdb_6013-401.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -510,90 +510,90 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vogelschutzgebiet&amp;layers=vogelschutzgebiet&amp;qid=VSG-7000-021" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=6013-401" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg6013-401" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/vsg_sdb_6013-401.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vogelschutzgebiet&amp;layers=vogelschutzgebiet&amp;qid=VSG-7000-021" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=6013-401" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg6013-401" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/vsg_sdb_6013-401.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:X2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="36" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="7" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="25.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="178.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="15.5703125" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="42.42578125" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="178" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="81.85546875" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="76.28515625" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="73.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -664,51 +664,51 @@
       <c r="E2" t="s">
         <v>27</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>28</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>29</v>
       </c>
       <c r="J2" t="s">
         <v>30</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>31</v>
       </c>
       <c r="N2">
         <v>109728</v>
       </c>
       <c r="O2" s="3">
-        <v>45971.07868104398</v>
+        <v>46045.64418350331</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2" t="s">
         <v>35</v>
       </c>
       <c r="T2" t="s">
         <v>36</v>
       </c>
       <c r="U2" t="s">
         <v>37</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>38</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>39</v>
       </c>