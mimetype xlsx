--- v0 (2025-11-11)
+++ v1 (2026-01-23)
@@ -132,51 +132,51 @@
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>Naturschutz</t>
   </si>
   <si>
     <t>Vogelschutzgebiet besonderer Bedeutung (EG)</t>
   </si>
   <si>
     <t>Natura 2000</t>
   </si>
   <si>
     <t>DE-5809-401</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((388728.5999999996 5564672.9399999995, 388717.8300000001 5564667.4399999995, 388720.53000000026 5564653.15, 388669.96999999974 5564652.0600000005, 388671.9900000002 5564641.0600000005, 388668.9500000002 5564640.73, 388649.08999999985 5564638.6899999995, 388629.2599999998 5564636.73, 388613.9199999999 5564635.1899999995, 388596.8799999999 5564633.470000001, 388584.9500000002 5564632.27, 388583.16000000015 5564641.359999999, 388581.4199999999 5564641.23, 388561.7599999998 5564639.75, 388542.13999999966 5564638.27, 388522.5700000003 5564636.8100000005, 388520.04000000004 5564636.609999999, 388512.7400000002 5564636.0600000005, 388502.9199999999 5564634.52, 388485.76999999955 5564631.85, 388468.4400000004 5564629.15, 388451.46999999974 5564626.52, 388433.41000000015 5564623.699999999, 388415.16000000015 5564620.859999999, 388396.6699999999 5564617.99, 388396.0499999998 5564615.029999999, 388394.36000000034 5564606.82, 388392.2999999998 5564596.800000001, 388363.6900000004 5564598.6, 388364.8300000001 5564616.390000001, 388347.1699999999 5564622.199999999, 388346.95999999996 5564618.720000001, 388332.0599999996 5564620.98, 388328.41000000015 5564621.539999999, 388316.53000000026 5564623.35, 388311.1200000001 5564625.43, 388306.5499999998 5564627.199999999, 388297.1699999999 5564630.82, 388292.8300000001 5564632.49, 388275.5700000003 5564639.16, 388268.2599999998 5564641.98, 388258.01999999955 5564645.93, 388248.51999999955 5564652.16, 388237.9900000002 5564652.960000001, 388236.70999999996 5564638.720000001, 388217.46999999974 5564641.02, 388219.29000000004 5564663.789999999, 388222.36000000034 5564702.369999999, 388203.0499999998 5564704.199999999, 388201.48000000045 5564704.35, 388193.9299999997 5564705.550000001, 388193.1299999999 5564705.68, 388184.5 5564707.0600000005, 388181.9400000004 5564707.4, 388168.5599999996 5564709.24, 388163.08999999985 5564709.99, 388154.79000000004 5564711.130000001, 388151.9199999999 5564711.52, 388151.1200000001 5564711.630000001, 388150.4000000004 5564711.74, 388143.13999999966 5564712.82, 388139.76999999955 5564680.5600000005, 388138.7400000002 5564673.890000001, 388127.78000000026 5564675.220000001, 388117 5564676.52, 388116.1799999997 5564671.720000001, 388112.8300000001 5564650.76, 388103.2400000002 5564651.630000001, 388106.9299999997 5564672.65, 388114.3099999996 5564717.210000001, 388114.20999999996 5564717.220000001, 388104.1699999999 5564718.92, 388094.6200000001 5564720.529999999, 388089.1699999999 5564721.449999999, 388084.20999999996 5564721.880000001, 388073.5 5564722.800000001, 388072.9500000002 5564722.859999999, 388064.3700000001 5564723.6, 388056.4299999997 5564678.380000001, 388052.8099999996 5564657.619999999, 388042.79000000004 5564661.73, 388033.71999999974 5564665.460000001, 388024.28000000026 5564669.34, 388015.04000000004 5564673.130000001, 388005.2400000002 5564677.16, 387995.0499999998 5564681.34, 387985.3700000001 5564685.32, 387985.4199999999 5564685.6, 387987.6299999999 5564699.73, 387974.63999999966 5564698.9, 387967.26999999955 5564698.42, 387949.7000000002 5564697.289999999, 387930.6500000004 5564696.039999999, 387918.9199999999 5564695.279999999, 387910.3200000003 5564698.17, 387905.29000000004 5564699.859999999, 387897.8300000001 5564702.380000001, 387889.0700000003 5564705.32, 387878.28000000026 5564708.960000001, 387844.71999999974 5564715.82, 387832.03000000026 5564718.41, 387828.95999999996 5564718.369999999, 387828.9000000004 5564728.609999999, 387830.5099999998 5564748.75, 387815.98000000045 5564745.75, 387795.86000000034 5564741.619999999, 387795.0999999996 5564755.359999999, 387791.2000000002 5564757.09, 387780.36000000034 5564762.619999999, 387773.4400000004 5564766.119999999, 387768.70999999996 5564768.52, 387765.7000000002 5564770.050000001, 387759.3099999996 5564773.279999999, 387769.58999999985 5564796.57, 387777.11000000034 5564813.6, 387758.79000000004 5564818.15, 387750.9900000002 5564820.08, 387741.0999999996 5564822.539999999, 387735.0800000001 5564824.029999999, 387729.9500000002 5564825.3100000005, 387726.21999999974 5564826.24, 387721.36000000034 5564827.4399999995, 387713.1900000004 5564829.470000001, 387715.13999999966 5564837.32, 387703.1799999997 5564839.09, 387699.8700000001 5564839.59, 387695.75 5564840.1899999995, 387693.91000000015 5564840.470000001, 387695.41000000015 5564853.4, 387693.2599999998 5564854.17, 387684.4299999997 5564857.34, 387679.6299999999 5564859.039999999, 387677.8499999996 5564859.67, 387676.4199999999 5564860.18, 387673.2599999998 5564861.699999999, 387666.7999999998 5564866.109999999, 387661.86000000034 5564867.039999999, 387658.4299999997 5564867.9, 387652.9199999999 5564869.26, 387649.13999999966 5564870.210000001, 387646.1200000001 5564870.970000001, 387640.8300000001 5564872.300000001, 387640.4299999997 5564872.4, 387634.86000000034 5564873.800000001, 387629.6699999999 5564875.09, 387626.86000000034 5564875.68, 387615.5 5564878.07, 387608.3099999996 5564878.52, 387596.51999999955 5564879.77, 387592.03000000026 5564880.26, 387586.0800000001 5564880.880000001, 387579.5999999996 5564881.58, 387574.33999999985 5564882.24, 387569.4299999997 5564882.859999999, 387542.5700000003 5564886.24, 387532.4199999999 5564887.52, 387527.4199999999 5564888.02, 387515.08999999985 5564889.27, 387513.0999999996 5564889.16, 387500.8099999996 5564888.470000001, 387488.7599999998 5564887.8100000005, 387481.45999999996 5564887.83, 387472.8499999996 5564887.869999999, 387463.63999999966 5564887.9, 387461.5999999996 5564887.9, 387455.66000000015 5564887.93, 387445.0599999996 5564887.970000001, 387439.9000000004 5564887.98, 387435.4500000002 5564888, 387423.53000000026 5564887.57, 387422.7599999998 5564887.539999999, 387413.2400000002 5564887.199999999, 387396.8099999996 5564886.6, 387394.5 5564886.51, 387394.7999999998 5564880.800000001, 387394.88999999966 5564878.92, 387393.46999999974 5564878.949999999, 387381.86000000034 5564879.199999999, 387378.11000000034 5564879.279999999, 387361.6799999997 5564879.630000001, 387351.3700000001 5564879.85, 387324.66000000015 5564879.109999999, 387318.3700000001 5564878.93, 387310.5499999998 5564878.720000001, 387301.4000000004 5564878.449999999, 387294.6200000001 5564878.27, 387268.98000000045 5564877.57, 387219.01999999955 5564870.130000001, 387193.7599999998 5564865.77, 387185.9299999997 5564864.43, 387169.5700000003 5564861.609999999, 387156.13999999966 5564859.289999999, 387134.51999999955 5564854.300000001, 387106.54000000004 5564847.82, 387096.0499999998 5564845.4, 387084.48000000045 5564842.710000001, 387058.9500000002 5564838.32, 386995.16000000015 5564820.16, 386935 5564801.1899999995, 386892.3700000001 5564786.01, 386859.83999999985 5564772.630000001, 386833.13999999966 5564759.32, 386802.6799999997 5564741.619999999, 386766.5800000001 5564718.140000001, 386700.1500000004 5564672.07, 386682.1799999997 5564660.74, 386679.4299999997 5564658.68, 386619.7999999998 5564613.970000001, 386545.4299999997 5564565.470000001, 386516.8700000001 5564546.800000001, 386515.53000000026 5564546.130000001, 386515.01999999955 5564545.880000001, 386505.33999999985 5564541.050000001, 386495.5099999998 5564536.27, 386480.83999999985 5564528.93, 386448.4299999997 5564513.279999999, 386443.2400000002 5564511.289999999, 386434.83999999985 5564508.07, 386413.9299999997 5564500.0600000005, 386412.91000000015 5564499.67, 386383.3499999996 5564489.75, 386381.9199999999 5564489.279999999, 386356.0599999996 5564480.59, 386304.26999999955 5564463.970000001, 386300.4400000004 5564462.640000001, 386286.6900000004 5564457.779999999, 386278.2999999998 5564454.8100000005, 386269.91000000015 5564451.82, 386267.6900000004 5564451.16, 386251 5564446.279999999, 386239.8099999996 5564442.630000001, 386215.51999999955 5564434.76, 386211.9500000002 5564433.640000001, 386193.9199999999 5564427.27, 386188.13999999966 5564425.1, 386173.0700000003 5564419.460000001, 386147.95999999996 5564410.029999999, 386137.76999999955 5564406.220000001, 386046.6299999999 5564369.24, 386045.8300000001 5564371.23, 386040.4299999997 5564368.52, 386041.1200000001 5564366.800000001, 386036.5800000001 5564364.720000001, 386034.03000000026 5564363.460000001, 386033.1200000001 5564363.18, 386029.1699999999 5564361.359999999, 386004.86000000034 5564350.18, 386015.5099999998 5564334.890000001, 386009.1900000004 5564330.66, 386017.6699999999 5564316.34, 386022.20999999996 5564308.699999999, 386044.6799999997 5564266.710000001, 386045.9400000004 5564264.57, 386040.5800000001 5564261.449999999, 386035.8300000001 5564258.66, 386037.83999999985 5564255.48, 386053.08999999985 5564229.5600000005, 386060.76999999955 5564216.17, 386063.3799999999 5564211.539999999, 386061.3300000001 5564210.119999999, 386058.21999999974 5564207.949999999, 386055.5099999998 5564206.08, 386048.6200000001 5564200.32, 386045.3200000003 5564196.33, 386042.73000000045 5564193.1899999995, 386039.7400000002 5564189.58, 386037.88999999966 5564187.33, 386036.29000000004 5564185.4, 386027.0700000003 5564194.529999999, 386018.76999999955 5564202.779999999, 386015.7599999998 5564200.970000001, 386013.2000000002 5564199.43, 386010.78000000026 5564197.99, 386008.9199999999 5564196.869999999, 386005.91000000015 5564195.07, 386002.25 5564192.880000001, 386008.79000000004 5564179.65, 386013.38999999966 5564170.33, 386008.9299999997 5564168.24, 386000.38999999966 5564164.27, 385996.0999999996 5564162.27, 385992.26999999955 5564160.49, 385983.2599999998 5564156.289999999, 385975.36000000034 5564176.77, 385971.33999999985 5564174.859999999, 385965.91000000015 5564172.27, 385960.8799999999 5564169.869999999, 385958.88999999966 5564168.93, 385955.7599999998 5564167.4399999995, 385963.38999999966 5564152.85, 385958.6299999999 5564150.41, 385954 5564148.02, 385950.9400000004 5564146.449999999, 385947.0099999998 5564159.960000001, 385942.8799999999 5564156.6, 385940.76999999955 5564155.390000001, 385937.73000000045 5564153.66, 385935.6500000004 5564152.359999999, 385934.01999999955 5564149.460000001, 385931.8499999996 5564148.25, 385928.7599999998 5564146.539999999, 385930.53000000026 5564144.0600000005, 385926.79000000004 5564141.85, 385925.2999999998 5564140.970000001, 385922.3499999996 5564139.220000001, 385921.78000000026 5564138.880000001, 385918.54000000004 5564136.970000001, 385915.5499999998 5564135.1899999995, 385914.53000000026 5564134.59, 385911.2400000002 5564132.65, 385910.70999999996 5564132.34, 385907.1500000004 5564130.23, 385906.36000000034 5564129.76, 385901.76999999955 5564127.039999999, 385900 5564125.99, 385897.21999999974 5564124.359999999, 385896.13999999966 5564123.710000001, 385894.6500000004 5564122.83, 385892.61000000034 5564121.779999999, 385892.4199999999 5564121.6899999995, 385885.5700000003 5564118.15, 385884.4000000004 5564117.550000001, 385880.20999999996 5564115.08, 385879.28000000026 5564114.52, 385875.5499999998 5564112.3100000005, 385870.53000000026 5564109.34, 385880.16000000015 5564093.25, 385872.7599999998 5564089.93, 385852.9000000004 5564122.869999999, 385847.46999999974 5564119.470000001, 385842.41000000015 5564116.3100000005, 385841.76999999955 5564114.470000001, 385840.4199999999 5564111.550000001, 385838.66000000015 5564108.85, 385836.53000000026 5564106.43, 385814.11000000034 5564091.4, 385775.95999999996 5564067.24, 385757.79000000004 5564057.109999999, 385755.1299999999 5564055.619999999, 385747.5 5564051.359999999, 385742.9400000004 5564049.029999999, 385738.13999999966 5564047.24, 385734.8499999996 5564046.369999999, 385731.5 5564045.74, 385734.5999999996 5564042.619999999, 385731.41000000015 5564038.58, 385728.78000000026 5564035.24, 385726.36000000034 5564032.16, 385722.01999999955 5564028.26, 385717.25 5564023.970000001, 385711.7999999998 5564019.880000001, 385709.9400000004 5564018.49, 385706.2999999998 5564015.76, 385699.9900000002 5564011.01, 385697.04000000004 5564007.08, 385695.5 5564009.199999999, 385686.86000000034 5564021.15, 385675.83999999985 5564014.970000001, 385677.6299999999 5564011.66, 385682.98000000045 5564001.75, 385686.78000000026 5563994.74, 385681.48000000045 5563993.289999999, 385678.91000000015 5563992.58, 385671.7999999998 5563990.630000001, 385666.48000000045 5563986.5600000005, 385662.5700000003 5563983.5600000005, 385659.8300000001 5563981.460000001, 385657.3799999999 5563979.57, 385652.3200000003 5563975.26, 385649.2000000002 5563972.6, 385644.78000000026 5563968.16, 385640.3200000003 5563963.67, 385632.91000000015 5563956.24, 385630.63999999966 5563953.949999999, 385625.91000000015 5563949.1899999995, 385623.0599999996 5563946.33, 385616.38999999966 5563939.630000001, 385613.6799999997 5563942.039999999, 385611.3300000001 5563940.140000001, 385608.71999999974 5563938.039999999, 385605.96999999974 5563935.82, 385604.20999999996 5563934.41, 385602.8200000003 5563933.289999999, 385600.78000000026 5563931.65, 385599.78000000026 5563930.85, 385597.16000000015 5563928.74, 385596.3300000001 5563928.08, 385593.61000000034 5563925.890000001, 385591.0700000003 5563923.859999999, 385588.46999999974 5563921.75, 385584.8700000001 5563919.25, 385583.0099999998 5563917.9399999995, 385581.1299999999 5563916.619999999, 385579.0800000001 5563915.1899999995, 385575.29000000004 5563912.550000001, 385571.5999999996 5563918.48, 385569.2599999998 5563917.449999999, 385566.79000000004 5563916.359999999, 385566.23000000045 5563916, 385565.0700000003 5563915.279999999, 385562.1500000004 5563913.449999999, 385561.36000000034 5563912.949999999, 385558.91000000015 5563911.41, 385556.4000000004 5563909.84, 385553.5700000003 5563908.0600000005, 385552.36000000034 5563907.300000001, 385551.0599999996 5563906.25, 385547.08999999985 5563903.050000001, 385545.70999999996 5563901.9399999995, 385545.29000000004 5563901.6, 385542.5 5563899.359999999, 385540.3799999999 5563897.66, 385537.2000000002 5563895.09, 385534.54000000004 5563892.949999999, 385532.58999999985 5563891.380000001, 385531.86000000034 5563890.800000001, 385530.96999999974 5563890.0600000005, 385529.54000000004 5563888.91, 385528.36000000034 5563887.970000001, 385527.1900000004 5563887.02, 385525.5499999998 5563885.699999999, 385524.88999999966 5563885.16, 385522.5800000001 5563883.3100000005, 385522.3300000001 5563883.109999999, 385519.91000000015 5563881.15, 385519.45999999996 5563880.789999999, 385517.8300000001 5563879.49, 385517.08999999985 5563878.9, 385514.9299999997 5563877.220000001, 385513.6900000004 5563876.02, 385513.3700000001 5563875.699999999, 385512.5800000001 5563874.869999999, 385510.38999999966 5563872.539999999, 385508.79000000004 5563870.85, 385507.0999999996 5563869.039999999, 385502.9199999999 5563864.6, 385500.66000000015 5563862.210000001, 385500.2000000002 5563861.720000001, 385498.3799999999 5563859.77, 385496.9900000002 5563858.52, 385495.2400000002 5563856.960000001, 385491.8700000001 5563853.970000001, 385487.2400000002 5563849.609999999, 385483.38999999966 5563846.01, 385481.48000000045 5563844.210000001, 385479.7400000002 5563842.58, 385477.5099999998 5563840.1, 385475.5700000003 5563837.949999999, 385474.8499999996 5563837.1899999995, 385472.36000000034 5563834.550000001, 385470.01999999955 5563832.050000001, 385467.79000000004 5563829.67, 385465.3300000001 5563827.0600000005, 385453.71999999974 5563814.720000001, 385450.2599999998 5563811.029999999, 385448.5 5563809.15, 385446.8700000001 5563807.43, 385444.4500000002 5563804.859999999, 385442.54000000004 5563802.83, 385442.41000000015 5563802.73, 385438.9500000002 5563800.050000001, 385435.0599999996 5563797.0600000005, 385431.0599999996 5563793.98, 385426.4199999999 5563790.09, 385423.5499999998 5563787.68, 385421.0499999998 5563785.59, 385419.75 5563784.5, 385417.66000000015 5563782.75, 385416.7000000002 5563781.9399999995, 385415.3099999996 5563780.779999999, 385414.45999999996 5563780.07, 385411.5999999996 5563777.66, 385409.5599999996 5563775.960000001, 385407.45999999996 5563774.199999999, 385400.04000000004 5563768, 385398.16000000015 5563766.41, 385396.6200000001 5563764.880000001, 385393.4199999999 5563761.699999999, 385392.48000000045 5563760.77, 385390.2599999998 5563758.5600000005, 385387.76999999955 5563756.08, 385387.13999999966 5563755.58, 385384.9900000002 5563753.84, 385382.4299999997 5563751.77, 385379.91000000015 5563749.73, 385379.45999999996 5563749.289999999, 385376.3700000001 5563746.369999999, 385373.79000000004 5563744.4, 385372.76999999955 5563743.5, 385371.0800000001 5563742.279999999, 385369.9500000002 5563741.3100000005, 385368.1699999999 5563739.93, 385366.4400000004 5563738.42, 385362.0700000003 5563735.09, 385359.5499999998 5563733.1899999995, 385357.70999999996 5563731.789999999, 385357.25 5563731.449999999, 385354.36000000034 5563729.27, 385352.26999999955 5563727.6899999995, 385349.63999999966 5563725.8100000005, 385348.4500000002 5563724.960000001, 385347.6900000004 5563724.470000001, 385346.73000000045 5563723.57, 385344.51999999955 5563721.529999999, 385341.63999999966 5563718.98, 385339.01999999955 5563716.58, 385337.33999999985 5563715.18, 385334.2999999998 5563713.199999999, 385331.4400000004 5563711.460000001, 385330.28000000026 5563710.27, 385328.2999999998 5563708.4399999995, 385326.33999999985 5563706.68, 385322.48000000045 5563703, 385321.7999999998 5563702.35, 385320.9900000002 5563701.369999999, 385320.7400000002 5563701.08, 385317.0999999996 5563695.73, 385311.4299999997 5563687.75, 385309.4400000004 5563684.949999999, 385307.03000000026 5563683.26, 385304.01999999955 5563681.449999999, 385303.6299999999 5563681.0600000005, 385299.88999999966 5563677.23, 385298.6200000001 5563675.9399999995, 385298.0999999996 5563674.85, 385294.7400000002 5563671.359999999, 385294.46999999974 5563671.039999999, 385286.38999999966 5563662.550000001, 385278.75 5563654.49, 385276.6299999999 5563652.26, 385298.0499999998 5563634.09, 385302.29000000004 5563627.4399999995, 385298.76999999955 5563624.42, 385296.26999999955 5563622.23, 385294.38999999966 5563620.619999999, 385291.01999999955 5563617.6899999995, 385288.21999999974 5563615.26, 385283.38999999966 5563611.07, 385280.4299999997 5563608.5, 385278.7000000002 5563607.109999999, 385277.79000000004 5563606.390000001, 385276.96999999974 5563605.82, 385273.01999999955 5563603.050000001, 385265.71999999974 5563598.109999999, 385263.6500000004 5563596.630000001, 385259.8799999999 5563594.02, 385250.7400000002 5563587.630000001, 385246.9000000004 5563585.08, 385245.16000000015 5563583.699999999, 385243.3799999999 5563581.92, 385247.73000000045 5563578.09, 385277.1299999999 5563552.25, 385289.41000000015 5563540.3100000005, 385312.9900000002 5563517.380000001, 385314.3300000001 5563517.550000001, 385318.4000000004 5563498.640000001, 385323.83999999985 5563473.380000001, 385327.1200000001 5563474.99, 385327.98000000045 5563475.42, 385330.96999999974 5563475.85, 385335.3300000001 5563476.5, 385336.63999999966 5563476.6899999995, 385345.1299999999 5563477.9399999995, 385353.63999999966 5563474.390000001, 385360.53000000026 5563471.51, 385369.7000000002 5563462.98, 385373.26999999955 5563459.66, 385377.54000000004 5563455.6899999995, 385382.13999999966 5563453.52, 385393.4500000002 5563449.25, 385395.71999999974 5563448.27, 385396.21999999974 5563448.0600000005, 385398.98000000045 5563446.859999999, 385399.9500000002 5563446.4399999995, 385405.13999999966 5563442.949999999, 385409.2000000002 5563440.23, 385411.0700000003 5563438.970000001, 385412.9500000002 5563437.710000001, 385416.79000000004 5563435.119999999, 385421.71999999974 5563430.32, 385423.29000000004 5563425.890000001, 385425.21999999974 5563426.73, 385426.58999999985 5563424.5, 385428.9299999997 5563416.1, 385429.21999999974 5563413.58, 385429.3700000001 5563412.26, 385429.7999999998 5563408.49, 385430.5599999996 5563401.789999999, 385431.8099999996 5563390.8100000005, 385432.5700000003 5563384.119999999, 385433.8700000001 5563372.67, 385430.51999999955 5563360.289999999, 385429.3200000003 5563355.83, 385427.33999999985 5563348.51, 385422.9199999999 5563332.16, 385420.33999999985 5563322.6, 385418.45999999996 5563315.43, 385417.83999999985 5563313.109999999, 385415.66000000015 5563304.800000001, 385415.8200000003 5563303.75, 385416.9500000002 5563296.26, 385418.4000000004 5563286.699999999, 385410.7599999998 5563264.77, 385364.3099999996 5563274.59, 385360.2599999998 5563261.25, 385355.46999999974 5563245.5, 385360.45999999996 5563244.5, 385348.0099999998 5563230.33, 385345.2400000002 5563231.359999999, 385344.3799999999 5563228.0600000005, 385338.71999999974 5563204.16, 385337.5999999996 5563198.609999999, 385335.6799999997 5563189.17, 385333.0700000003 5563183.98, 385331.4500000002 5563180.77, 385331.04000000004 5563179.859999999, 385326.36000000034 5563170.58, 385325.61000000034 5563169.09, 385323.03000000026 5563164.9, 385320.3200000003 5563160.51, 385316.83999999985 5563154.710000001, 385313.5099999998 5563147.0600000005, 385312.8799999999 5563145.609999999, 385304.66000000015 5563102, 385299.3700000001 5563101.32, 385285.8499999996 5563099.609999999, 385286.23000000045 5563098.49, 385286.66000000015 5563098.66, 385289.88999999966 5563091.859999999, 385292.7599999998 5563087.460000001, 385293.6900000004 5563086.02, 385298.2999999998 5563080.84, 385299.95999999996 5563079.380000001, 385303.5599999996 5563076.220000001, 385309.2000000002 5563072.09, 385315.3300000001 5563068.779999999, 385321.75 5563066.26, 385323.41000000015 5563065.869999999, 385321.8799999999 5563064.26, 385322.1699999999 5563062.51, 385322.4400000004 5563060.9, 385321.7000000002 5563053.66, 385321.4199999999 5563051.25, 385326.33999999985 5563050.880000001, 385331.33999999985 5563050.65, 385334.7000000002 5563049.119999999, 385330.76999999955 5563044.02, 385293.0800000001 5563028.5600000005, 385277.41000000015 5563028.119999999, 385277.1500000004 5563020.91, 385249.88999999966 5563039.140000001, 385231.4299999997 5563052.869999999, 385217.4000000004 5563072.35, 385216.0499999998 5563080.890000001, 385216.6799999997 5563090.710000001, 385212.3700000001 5563089.01, 385211.9000000004 5563110.529999999, 385212.2999999998 5563119.220000001, 385210.8700000001 5563125.49, 385209.01999999955 5563130.880000001, 385210.25 5563144.3100000005, 385217.33999999985 5563170.9, 385220.8099999996 5563169.65, 385225.1299999999 5563184.390000001, 385173.6299999999 5563189.390000001, 385170.0700000003 5563177.529999999, 385165.1900000004 5563161.300000001, 385159.11000000034 5563140.619999999, 385157.36000000034 5563134.6899999995, 385155.04000000004 5563126.83, 385150.8200000003 5563112.49, 385147.5999999996 5563101.550000001, 385143.9000000004 5563091.98, 385142.78000000026 5563089.09, 385141.5599999996 5563085.91, 385140.1699999999 5563082.300000001, 385139.71999999974 5563081.15, 385139.1699999999 5563079.710000001, 385138.9199999999 5563079.07, 385138.8499999996 5563078.9, 385138.48000000045 5563077.92, 385138.29000000004 5563077.449999999, 385137.9900000002 5563076.67, 385137.7599999998 5563076.039999999, 385137.21999999974 5563074.66, 385135.71999999974 5563070.76, 385135.0099999998 5563068.92, 385131.8799999999 5563065.82, 385127.5700000003 5563061.52, 385124.13999999966 5563058.1, 385119.6299999999 5563053.609999999, 385116.1799999997 5563050.18, 385111.3200000003 5563045.35, 385107.88999999966 5563041.93, 385104.9000000004 5563038.970000001, 385099.8300000001 5563033.91, 385093.95999999996 5563027.68, 385084.4500000002 5563018.199999999, 385080.46999999974 5563014.26, 385076.5999999996 5563010.4, 385071.11000000034 5563004.93, 385064.75 5563002.210000001, 385052.70999999996 5562997.050000001, 385038.86000000034 5562991.619999999, 385015.2599999998 5563021.130000001, 385001.2599999998 5563047.279999999, 384998.1799999997 5563053.02, 384985.08999999985 5563073.880000001, 384970.9400000004 5563092.74, 384964.63999999966 5563101.140000001, 384962.8300000001 5563103.57, 384959.9199999999 5563094.24, 384951.4900000002 5563074.460000001, 384948.95999999996 5563068.51, 384947.1299999999 5563062.68, 384942.9400000004 5563049.24, 384942.45999999996 5563047.710000001, 384939.36000000034 5563036.34, 384936.96999999974 5563027.029999999, 384933.08999999985 5563012.8100000005, 384932.13999999966 5563006.5, 384931.4400000004 5563001.949999999, 384930.8300000001 5562997.85, 384930.08999999985 5562992.99, 384929.41000000015 5562988.5, 384927.9299999997 5562981.4399999995, 384925.7000000002 5562970.74, 384924.5800000001 5562965.359999999, 384923.5599999996 5562960.49, 384921.5 5562950.609999999, 384921.96999999974 5562938.68, 384922.0999999996 5562935.23, 384922 5562933.4, 384921.5599999996 5562925.550000001, 384921.4299999997 5562923.35, 384921.3300000001 5562921.42, 384921.1699999999 5562918.51, 384920.96999999974 5562914.9399999995, 384920.3300000001 5562911.35, 384919.83999999985 5562908.5600000005, 384919.5 5562906.66, 384918.76999999955 5562902.51, 384917.8300000001 5562897.1899999995, 384917.20999999996 5562893.66, 384916.6200000001 5562890.35, 384916.08999999985 5562887.3100000005, 384911.4000000004 5562873.33, 384906.5499999998 5562858.9, 384905.83999999985 5562855.880000001, 384904.1500000004 5562848.6899999995, 384902.8099999996 5562843.02, 384898.28000000026 5562823.779999999, 384896.36000000034 5562816.1899999995, 384894.8300000001 5562810.140000001, 384893.03000000026 5562803.039999999, 384891.5499999998 5562797.1899999995, 384890.13999999966 5562791.6, 384888.76999999955 5562786.17, 384885.48000000045 5562772.91, 384883.1299999999 5562766.779999999, 384879.61000000034 5562757.68, 384877.7400000002 5562752.859999999, 384875.91000000015 5562748.130000001, 384874.1500000004 5562743.529999999, 384872.3200000003 5562738.82, 384869.9299999997 5562732.640000001, 384866.20999999996 5562722.99, 384864.9299999997 5562719.699999999, 384862.9400000004 5562713.960000001, 384861.7000000002 5562710.4, 384860.4199999999 5562706.710000001, 384859.36000000034 5562703.66, 384855.73000000045 5562693.25, 384854.33999999985 5562689.25, 384852.95999999996 5562685.27, 384849.6500000004 5562677.109999999, 384846.6200000001 5562669.66, 384844.23000000045 5562663.08, 384841.8300000001 5562656.52, 384840.03000000026 5562650.289999999, 384838.8700000001 5562646.32, 384838.08999999985 5562643.630000001, 384837.3200000003 5562640.99, 384836.3300000001 5562637.550000001, 384833.86000000034 5562629.02, 384832.3499999996 5562624.369999999, 384831.2999999998 5562620.720000001, 384825.6500000004 5562601.23, 384824.96999999974 5562597.85, 384824.4900000002 5562595.470000001, 384823.6500000004 5562591.289999999, 384822.8700000001 5562587.460000001, 384822.3499999996 5562584.869999999, 384821.96999999974 5562583.039999999, 384820.0700000003 5562579.050000001, 384819.73000000045 5562576.07, 384818.95999999996 5562569.34, 384818.48000000045 5562565.15, 384817.78000000026 5562559.07, 384817.1200000001 5562557.07, 384818.0800000001 5562553.029999999, 384812.1799999997 5562538.43, 384791.8099999996 5562507.73, 384781.5499999998 5562477.8100000005, 384775.26999999955 5562463.9399999995, 384763.7000000002 5562432.52, 384759.6900000004 5562420.4, 384754.7000000002 5562422.279999999, 384727.83999999985 5562434.380000001, 384725.86000000034 5562435.59, 384723.78000000026 5562431.84, 384721.28000000026 5562427.359999999, 384705.4500000002 5562437.68, 384696.78000000026 5562443.58, 384683.1699999999 5562452.8100000005, 384680.01999999955 5562454.789999999, 384657.75 5562468.73, 384657.36000000034 5562467.93, 384656.5999999996 5562466.390000001, 384655.58999999985 5562464.3100000005, 384654.33999999985 5562461.73, 384654.0599999996 5562461.1899999995, 384653.13999999966 5562459.289999999, 384652.0099999998 5562455.869999999, 384651.21999999974 5562453.5, 384649.9900000002 5562449.779999999, 384647.6900000004 5562451.08, 384631.08999999985 5562460.48, 384630.8799999999 5562460.6, 384629.26999999955 5562458.4, 384627.1299999999 5562455.460000001, 384624.8300000001 5562452.300000001, 384622.5099999998 5562449.119999999, 384619.9400000004 5562445.6, 384617.29000000004 5562441.960000001, 384614.5 5562438.119999999, 384612.33999999985 5562435.16, 384609.9400000004 5562431.869999999, 384608.4299999997 5562429.789999999, 384607.96999999974 5562428.380000001, 384607.08999999985 5562425.67, 384606.2000000002 5562422.91, 384605.36000000034 5562420.27, 384604.3300000001 5562417.09, 384603.0999999996 5562413.32, 384615.3799999999 5562407.43, 384614.8200000003 5562404.82, 384613.95999999996 5562400.880000001, 384610.3499999996 5562384.23, 384610.16000000015 5562383.359999999, 384605.48000000045 5562385.68, 384589.79000000004 5562359.83, 384588.01999999955 5562361.960000001, 384562.3799999999 5562343.800000001, 384560.95999999996 5562342.210000001, 384540.2400000002 5562318.93, 384537.3799999999 5562321.1899999995, 384515.96999999974 5562338.08, 384506.66000000015 5562346.16, 384504.0700000003 5562340.800000001, 384492.2599999998 5562347.3100000005, 384490.0499999998 5562348.59, 384485.9000000004 5562351, 384477.0800000001 5562356.1, 384476.0599999996 5562354.140000001, 384472.4000000004 5562347.16, 384470.5599999996 5562343.630000001, 384468.2400000002 5562339.17, 384455.79000000004 5562346.77, 384428.25 5562362.949999999, 384425.8300000001 5562358.35, 384423.38999999966 5562353.68, 384418.38999999966 5562344.1, 384415.0599999996 5562337.74, 384413.3700000001 5562334.91, 384406.0999999996 5562322.699999999, 384391.20999999996 5562297.66, 384389.6699999999 5562295.0600000005, 384383.38999999966 5562284.51, 384376.0999999996 5562271.84, 384373.5099999998 5562267.33, 384370.8799999999 5562262.76, 384365.71999999974 5562253.789999999, 384364.2000000002 5562251.15, 384362.21999999974 5562247.710000001, 384360.0499999998 5562243.93, 384357.2400000002 5562239.0600000005, 384354.36000000034 5562234.039999999, 384350.1299999999 5562227.6, 384347.5999999996 5562223.75, 384343.58999999985 5562217.66, 384338.9299999997 5562210.5600000005, 384335.5999999996 5562205.49, 384333.73000000045 5562202.640000001, 384332.29000000004 5562200.4399999995, 384325.5700000003 5562189.48, 384321.41000000015 5562182.6899999995, 384314.8700000001 5562172.279999999, 384310.26999999955 5562164.9399999995, 384306.33999999985 5562158.5, 384302.4299999997 5562152.109999999, 384299.73000000045 5562147.6899999995, 384297.1900000004 5562143.550000001, 384295.03000000026 5562139.99, 384289.38999999966 5562130.779999999, 384285.29000000004 5562124.0600000005, 384283.3700000001 5562120.93, 384281.1699999999 5562116.67, 384269.9000000004 5562094.9399999995, 384266.9000000004 5562089.140000001, 384262.7999999998 5562081.23, 384262.36000000034 5562080.4, 384261.1299999999 5562078.130000001, 384243.3700000001 5562045.460000001, 384227.76999999955 5562016.77, 384227.53000000026 5562016.23, 384204.9199999999 5561966.6899999995, 384199.01999999955 5561953.76, 384195.5999999996 5561946.26, 384193.23000000045 5561941.779999999, 384183.6699999999 5561923.609999999, 384178.1900000004 5561913.23, 384168.4299999997 5561887.210000001, 384166.83999999985 5561885.5, 384142.5999999996 5561840.6, 384138.53000000026 5561833.07, 384138.16000000015 5561832.25, 384127.4199999999 5561808.18, 384121.36000000034 5561794.630000001, 384107.79000000004 5561753.35, 384102.29000000004 5561741.32, 384092.8700000001 5561720.779999999, 384092.51999999955 5561719.6899999995, 384086.28000000026 5561699.75, 384079.2999999998 5561677.5, 384074.9000000004 5561665.24, 384070.3200000003 5561652.470000001, 384060.1200000001 5561624.029999999, 384057.3200000003 5561613.140000001, 384055.8799999999 5561607.5600000005, 384053.9000000004 5561599.83, 384049.5999999996 5561583.1, 384046.96999999974 5561572.890000001, 384049.4199999999 5561571.949999999, 384070.0599999996 5561564.039999999, 384082.8300000001 5561536.74, 384090.8099999996 5561519.65, 384094.4500000002 5561511.859999999, 384128.23000000045 5561501.59, 384091.88999999966 5561447.42, 384084.70999999996 5561436.74, 384079.6699999999 5561429.24, 384072.5800000001 5561418.710000001, 384066.9500000002 5561410.35, 384054.91000000015 5561395.33, 384027.73000000045 5561345.49, 384022.83999999985 5561332.43, 384016.0499999998 5561332.0600000005, 384009.5800000001 5561330.84, 383987.51999999955 5561326.68, 383979.9500000002 5561327.529999999, 383977.08999999985 5561327.85, 383976.9500000002 5561325.91, 383965.91000000015 5561320.210000001, 383963.8200000003 5561316.960000001, 383959.4299999997 5561310.1, 383950.9400000004 5561301.74, 383946.0999999996 5561298.23, 383943.9000000004 5561294.380000001, 383941.9299999997 5561295.48, 383936.58999999985 5561278.380000001, 383932.13999999966 5561262.4399999995, 383928.20999999996 5561252.529999999, 383927.9400000004 5561251.85, 383926.3700000001 5561247.91, 383916.23000000045 5561231.49, 383912.9400000004 5561226.16, 383904.98000000045 5561230.9399999995, 383891.</t>
   </si>
   <si>
     <t>https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=5809-401</t>
   </si>
   <si>
     <t>https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg5809-401</t>
   </si>
   <si>
-    <t>https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/vsg_sdb_5809-401.pdf</t>
+    <t>https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/vsg_sdb_5809-401.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -510,90 +510,90 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vogelschutzgebiet&amp;layers=vogelschutzgebiet&amp;qid=VSG-7000-018" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=5809-401" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg5809-401" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/vsg_sdb_5809-401.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vogelschutzgebiet&amp;layers=vogelschutzgebiet&amp;qid=VSG-7000-018" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=5809-401" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg5809-401" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/vsg_sdb_5809-401.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:X2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="36.140625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="8" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="21.85546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="178.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="15.5703125" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="42.42578125" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="178" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="81.85546875" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="76.28515625" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="73.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -664,51 +664,51 @@
       <c r="E2" t="s">
         <v>27</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>28</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>29</v>
       </c>
       <c r="J2" t="s">
         <v>30</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>31</v>
       </c>
       <c r="N2">
         <v>109725</v>
       </c>
       <c r="O2" s="3">
-        <v>45972.79147314838</v>
+        <v>46045.78241104</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2" t="s">
         <v>35</v>
       </c>
       <c r="T2" t="s">
         <v>36</v>
       </c>
       <c r="U2" t="s">
         <v>37</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>38</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>39</v>
       </c>