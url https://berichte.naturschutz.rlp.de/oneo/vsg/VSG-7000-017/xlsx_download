--- v0 (2025-11-10)
+++ v1 (2026-01-23)
@@ -132,51 +132,51 @@
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>Naturschutz</t>
   </si>
   <si>
     <t>Vogelschutzgebiet besonderer Bedeutung (EG)</t>
   </si>
   <si>
     <t>Natura 2000</t>
   </si>
   <si>
     <t>DE-5807-401</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((348134.1699999999 5557352.24, 348140.3499999996 5557365.9399999995, 348141.1200000001 5557380, 348150.46999999974 5557381.41, 348157.2999999998 5557381.609999999, 348191.98000000045 5557382.619999999, 348237.71999999974 5557383.949999999, 348256.26999999955 5557384.49, 348323.11000000034 5557386.4399999995, 348329.70999999996 5557384.539999999, 348384.1699999999 5557368.83, 348387.9299999997 5557365.73, 348401.45999999996 5557354.07, 348404.1799999997 5557318.16, 348408.5700000003 5557324.65, 348473.8700000001 5557421.09, 348478.6699999999 5557418.75, 348496.6699999999 5557424.199999999, 348489.8499999996 5557433.84, 348490.16000000015 5557435.9399999995, 348490.4199999999 5557437.710000001, 348498.0099999998 5557450.65, 348510.5599999996 5557473.26, 348567.21999999974 5557575.27, 348572.0700000003 5557584.880000001, 348577.86000000034 5557596.380000001, 348611.9900000002 5557664.109999999, 348621.0099999998 5557682.01, 348630.11000000034 5557708.25, 348643.33999999985 5557746.42, 348652.73000000045 5557773.49, 348651.2000000002 5557782.85, 348646.08999999985 5557819.960000001, 348643.0099999998 5557841.460000001, 348640.3300000001 5557860.300000001, 348639.5999999996 5557865.43, 348633.6699999999 5557906.99, 348625.7999999998 5557959.33, 348624.75 5557969.48, 348623.26999999955 5558042.359999999, 348623.0099999998 5558049.890000001, 348622.73000000045 5558072.279999999, 348622.2000000002 5558094.08, 348621.3200000003 5558152.65, 348618.8499999996 5558162.67, 348601.9900000002 5558234.529999999, 348592.8200000003 5558273.23, 348584.58999999985 5558297.380000001, 348568.78000000026 5558310.890000001, 348561.13999999966 5558313.699999999, 348557.9500000002 5558315.130000001, 348513.73000000045 5558333.710000001, 348505.8499999996 5558331.8100000005, 348507.7999999998 5558344.49, 348505.3499999996 5558348.98, 348496.73000000045 5558362.609999999, 348490.51999999955 5558376.77, 348484.3499999996 5558390.8100000005, 348482.20999999996 5558395.68, 348477.5499999998 5558369.99, 348475.26999999955 5558357.43, 348473.7999999998 5558349.34, 348470.0700000003 5558328.75, 348454.7000000002 5558244.029999999, 348449.8099999996 5558219.550000001, 348449.5700000003 5558218.35, 348440.8300000001 5558174.59, 348438.41000000015 5558165.699999999, 348432.7599999998 5558143.34, 348422.54000000004 5558112.9, 348395.5800000001 5558066.52, 348366.6799999997 5558009.67, 348355.88999999966 5557982.98, 348351 5557967.609999999, 348350.4299999997 5557965.8100000005, 348347.88999999966 5557957.800000001, 348341.8499999996 5557928.52, 348335.7000000002 5557880.27, 348342.4900000002 5557826.83, 348337.75 5557824.74, 348333.33999999985 5557823.15, 348330.0800000001 5557821.970000001, 348330.08999999985 5557821.85, 348322.46999999974 5557818.77, 348322.3099999996 5557818.779999999, 348319.79000000004 5557819.07, 348319.6299999999 5557819.08, 348295.13999999966 5557821.8100000005, 348294.9900000002 5557821.83, 348266.63999999966 5557824.99, 348266.4900000002 5557825, 348202.5800000001 5557832.140000001, 348202.4299999997 5557832.15, 348196.21999999974 5557829.3100000005, 348187.83999999985 5557817.859999999, 348154.5999999996 5557772.48, 348154.6699999999 5557772.380000001, 348146.1699999999 5557766.08, 348146.0700000003 5557766.029999999, 348146.01999999955 5557766.119999999, 348105.73000000045 5557746.68, 348038.13999999966 5557714.039999999, 348030.7000000002 5557710.460000001, 347997.9500000002 5557703.58, 347960.0099999998 5557695.609999999, 347935.1200000001 5557690.380000001, 347910.78000000026 5557685.279999999, 347879.9400000004 5557678.77, 347874.2400000002 5557681.970000001, 347873.8300000001 5557803.91, 347873.6799999997 5557803.9399999995, 347777.25 5557802.279999999, 347777.1200000001 5557802.25, 347735.98000000045 5557790.84, 347672.4500000002 5557748.9, 347646.6900000004 5557743.630000001, 347622.46999999974 5557738.68, 347603 5557752.869999999, 347586.36000000034 5557765.01, 347586.3300000001 5557764.949999999, 347586.20999999996 5557765.050000001, 347532.2599999998 5557640.779999999, 347489.83999999985 5557595.74, 347465.71999999974 5557581.57, 347451.5499999998 5557575.279999999, 347350.4500000002 5557530.66, 347350.3300000001 5557530.609999999, 347260.5099999998 5557517.130000001, 347225.3200000003 5557511.8100000005, 347225.1799999997 5557511.789999999, 347219.5999999996 5557511.35, 347219.45999999996 5557511.34, 347213.1200000001 5557507.26, 347162.70999999996 5557474.84, 347162.13999999966 5557474.48, 347161.6200000001 5557474.140000001, 347166.03000000026 5557471.26, 347170.1900000004 5557467.25, 347137.9900000002 5557444.140000001, 347204.5 5557430.960000001, 347239.2599999998 5557430.5600000005, 347304.03000000026 5557442.460000001, 347330.08999999985 5557437.41, 347366.8499999996 5557449.4399999995, 347399.79000000004 5557410.09, 347416.16000000015 5557418.9399999995, 347442.08999999985 5557424.279999999, 347444.9500000002 5557426.35, 347475.4500000002 5557383.32, 347486.20999999996 5557368.130000001, 347487.01999999955 5557366.99, 347501.9199999999 5557345.960000001, 347523.91000000015 5557314.9399999995, 347557.6299999999 5557267.359999999, 347560.6299999999 5557263.130000001, 347557.76999999955 5557261.109999999, 347550.7999999998 5557262.289999999, 347469.5700000003 5557201.9399999995, 347406.13999999966 5557167.289999999, 347304.3499999996 5557140.699999999, 347171.9900000002 5557108.8100000005, 347204.6799999997 5557032.27, 347203.61000000034 5557024.890000001, 347203.6299999999 5557013.720000001, 347203.63999999966 5557012.539999999, 347203.66000000015 5556957.74, 347203.6699999999 5556956.59, 347203.76999999955 5556926.98, 347235.63999999966 5556936.25, 347275.70999999996 5556947.9, 347347.01999999955 5556968.630000001, 347450.3700000001 5556998.68, 347504.9199999999 5557014.539999999, 347506.0700000003 5557015.529999999, 347520.96999999974 5557028.449999999, 347556.3200000003 5557059.109999999, 347559.0599999996 5557061.48, 347567.53000000026 5557062.43, 347609.21999999974 5557034.619999999, 347642.5999999996 5557040.57, 347695.3200000003 5557072.9, 347702.1200000001 5557077.15, 347708.95999999996 5557074.640000001, 347759.6799999997 5557056.1, 347850.88999999966 5557165.84, 347857.03000000026 5557167.699999999, 347992.6500000004 5557208.699999999, 347999.25 5557209.17, 348109.2999999998 5557216.890000001, 348109.0999999996 5557238.460000001, 348105.86000000034 5557247.619999999, 348094.6299999999 5557279.27, 348097.3499999996 5557299.51, 348097.7599999998 5557302.57, 348109.9199999999 5557319.15, 348129.29000000004 5557345.58, 348134.1699999999 5557352.24)))</t>
   </si>
   <si>
     <t>https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=5807-401</t>
   </si>
   <si>
     <t>https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg5807-401</t>
   </si>
   <si>
-    <t>https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/vsg_sdb_5807-401.pdf</t>
+    <t>https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/vsg_sdb_5807-401.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -510,90 +510,90 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vogelschutzgebiet&amp;layers=vogelschutzgebiet&amp;qid=VSG-7000-017" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=5807-401" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg5807-401" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/vsg_sdb_5807-401.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vogelschutzgebiet&amp;layers=vogelschutzgebiet&amp;qid=VSG-7000-017" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=5807-401" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg5807-401" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/vsg_sdb_5807-401.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:X2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="35.42578125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="5" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="30.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="178.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="15.5703125" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="42.42578125" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="178" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="81.85546875" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="76.28515625" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="73.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -664,51 +664,51 @@
       <c r="E2" t="s">
         <v>27</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>28</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>29</v>
       </c>
       <c r="J2" t="s">
         <v>30</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>31</v>
       </c>
       <c r="N2">
         <v>109724</v>
       </c>
       <c r="O2" s="3">
-        <v>45971.12827049223</v>
+        <v>46045.56438628521</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2" t="s">
         <v>35</v>
       </c>
       <c r="T2" t="s">
         <v>36</v>
       </c>
       <c r="U2" t="s">
         <v>37</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>38</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>39</v>
       </c>