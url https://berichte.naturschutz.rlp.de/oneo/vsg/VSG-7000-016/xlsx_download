--- v0 (2025-11-09)
+++ v1 (2026-01-23)
@@ -132,51 +132,51 @@
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>Naturschutz</t>
   </si>
   <si>
     <t>Vogelschutzgebiet besonderer Bedeutung (EG)</t>
   </si>
   <si>
     <t>Natura 2000</t>
   </si>
   <si>
     <t>DE-5711-401</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((402100.0499999998 5571669.73, 402104.86000000034 5571667.8100000005, 402104.6799999997 5571659.58, 402107.8499999996 5571651.07, 402109.75 5571647.8100000005, 402113.5599999996 5571641.27, 402122.0800000001 5571626.65, 402135.25 5571604.029999999, 402142.13999999966 5571592.1899999995, 402143.61000000034 5571590.07, 402153.6500000004 5571575.529999999, 402157.9400000004 5571570.02, 402166.23000000045 5571559.35, 402169.5599999996 5571555.42, 402178.08999999985 5571545.359999999, 402179.4400000004 5571544, 402190.1500000004 5571533.26, 402223.3200000003 5571502.16, 402242.7400000002 5571485.5600000005, 402253.4400000004 5571478.8100000005, 402264.03000000026 5571475.279999999, 402275.7000000002 5571471.91, 402278.3099999996 5571470.82, 402286.33999999985 5571467.48, 402295.8499999996 5571460.199999999, 402297.6200000001 5571458.710000001, 402301.6900000004 5571463.3100000005, 402307.3300000001 5571458.869999999, 402310.88999999966 5571456.0600000005, 402311.25 5571455.789999999, 402313.3300000001 5571454.140000001, 402313.6200000001 5571453.92, 402318.75 5571449.880000001, 402321.23000000045 5571447.93, 402321.41000000015 5571447.779999999, 402323.16000000015 5571446.41, 402325.3200000003 5571444.710000001, 402331.9299999997 5571439.51, 402338.6299999999 5571434.199999999, 402344.11000000034 5571429.9, 402352.5800000001 5571423.779999999, 402358.9000000004 5571419.199999999, 402362.1500000004 5571416.859999999, 402364.7599999998 5571414.98, 402365.88999999966 5571416.5, 402374.70999999996 5571410.199999999, 402378.9299999997 5571407.1899999995, 402381.6500000004 5571405.25, 402383.2000000002 5571404.15, 402386.9500000002 5571401.470000001, 402389.5700000003 5571399.6, 402392.8499999996 5571400.73, 402394.2400000002 5571399.48, 402395.0700000003 5571398.74, 402395.9000000004 5571397.99, 402398.2000000002 5571395.93, 402400.95999999996 5571393.460000001, 402402.11000000034 5571392.869999999, 402406.91000000015 5571390.4, 402409.76999999955 5571388.92, 402414.4500000002 5571378.720000001, 402414.66000000015 5571378.279999999, 402418.9900000002 5571368.8100000005, 402421 5571364.42, 402421.1799999997 5571364.01, 402421.88999999966 5571362.470000001, 402423.26999999955 5571359.960000001, 402425.6900000004 5571355.539999999, 402427.7999999998 5571351.699999999, 402431.5 5571344.949999999, 402431.91000000015 5571344.24, 402432.95999999996 5571342.460000001, 402435.53000000026 5571338.039999999, 402436.13999999966 5571337, 402438.2599999998 5571333.390000001, 402435.6799999997 5571331.84, 402438.5099999998 5571327.539999999, 402439.0099999998 5571326.779999999, 402441.3300000001 5571323.26, 402442.46999999974 5571321.52, 402444.8099999996 5571319.23, 402447.9400000004 5571316.140000001, 402449.8700000001 5571314.26, 402451.5099999998 5571312.640000001, 402451.7000000002 5571312.470000001, 402455.7599999998 5571308.789999999, 402455.98000000045 5571308.59, 402458.61000000034 5571306.210000001, 402459.0099999998 5571305.83, 402465.9000000004 5571299.609999999, 402467.78000000026 5571297.9, 402468.0099999998 5571297.699999999, 402470.8300000001 5571295.16, 402472.11000000034 5571294.01, 402477.61000000034 5571289.039999999, 402478.4500000002 5571288.279999999, 402482.83999999985 5571284.34, 402487.1799999997 5571281.48, 402487.83999999985 5571280.720000001, 402493.0099999998 5571274.619999999, 402496.8200000003 5571270.119999999, 402499.4400000004 5571267.050000001, 402505.0700000003 5571260.4, 402511.3499999996 5571252.99, 402518.1299999999 5571245.35, 402519.0999999996 5571244.779999999, 402529.26999999955 5571238.67, 402538.1699999999 5571233.359999999, 402545.26999999955 5571229.109999999, 402551.25 5571225.52, 402560.5099999998 5571238.57, 402562.33999999985 5571241.140000001, 402565.6900000004 5571245.859999999, 402566.78000000026 5571247.41, 402571.28000000026 5571253.74, 402571.4299999997 5571253.960000001, 402573.63999999966 5571257.07, 402575.79000000004 5571260.109999999, 402577.9299999997 5571263.1, 402580.41000000015 5571266.6, 402581.5700000003 5571270.789999999, 402579.0599999996 5571272.880000001, 402581.63999999966 5571277.539999999, 402582.03000000026 5571278.23, 402583.2599999998 5571280.4399999995, 402583.48000000045 5571280.869999999, 402584.79000000004 5571283.23, 402589.21999999974 5571289.960000001, 402592.70999999996 5571295.25, 402595.95999999996 5571300.18, 402596.3099999996 5571300.710000001, 402604.11000000034 5571312.550000001, 402607.8799999999 5571318.27, 402617.3300000001 5571311.09, 402617.6299999999 5571310.91, 402622.7999999998 5571318.24, 402624.86000000034 5571320.93, 402628.25 5571326.8100000005, 402633.5999999996 5571336.050000001, 402633.8799999999 5571336.52, 402637.83999999985 5571343.380000001, 402640.9900000002 5571348.8100000005, 402641.8499999996 5571350.32, 402647.61000000034 5571360.26, 402650.79000000004 5571365.6, 402653.75 5571370.57, 402654.20999999996 5571371.359999999, 402663.8300000001 5571387.51, 402665.8499999996 5571390.890000001, 402670.1699999999 5571398.15, 402674.03000000026 5571404.65, 402674.3300000001 5571405.17, 402676.08999999985 5571408.109999999, 402678.4400000004 5571412.0600000005, 402681.1900000004 5571415.51, 402683.7599999998 5571418.720000001, 402686.8700000001 5571422.619999999, 402692.3700000001 5571429.52, 402695.5 5571433.4399999995, 402698.4500000002 5571437.140000001, 402700.21999999974 5571439.35, 402700.9900000002 5571440.32, 402703.11000000034 5571442.960000001, 402709.11000000034 5571450.49, 402709.70999999996 5571451.24, 402713.8300000001 5571456.42, 402718.3799999999 5571462.1, 402723.45999999996 5571468.48, 402723.8499999996 5571468.970000001, 402726.21999999974 5571471.93, 402726.78000000026 5571472.630000001, 402728.9299999997 5571475.33, 402729.2999999998 5571475.789999999, 402735.08999999985 5571483.050000001, 402735.5099999998 5571483.58, 402738.6799999997 5571487.550000001, 402745.48000000045 5571496.07, 402749.33999999985 5571500.630000001, 402749.70999999996 5571501.08, 402754.78000000026 5571507.050000001, 402757.5 5571510.26, 402760.1799999997 5571513.42, 402765.63999999966 5571519.869999999, 402777.9500000002 5571534.41, 402790.23000000045 5571548.92, 402790.88999999966 5571549.6899999995, 402803.78000000026 5571564.9, 402808.41000000015 5571570.390000001, 402811.9500000002 5571574.550000001, 402814.23000000045 5571577.24, 402816.6500000004 5571580.119999999, 402829.5999999996 5571595.4, 402844.03000000026 5571612.4399999995, 402847.6299999999 5571616.6899999995, 402857.8799999999 5571628.779999999, 402860.8700000001 5571632.32, 402871.3300000001 5571644.68, 402874 5571647.5, 402880.79000000004 5571655.699999999, 402885.3300000001 5571661.1899999995, 402885.9299999997 5571661.9, 402889.91000000015 5571666.609999999, 402900.20999999996 5571678.77, 402900.6900000004 5571679.34, 402905.20999999996 5571684.67, 402911.9900000002 5571692.68, 402924.6900000004 5571707.66, 402925.1500000004 5571708.210000001, 402938.4000000004 5571723.84, 402975.6200000001 5571690.470000001, 402978.3799999999 5571688.01, 402962.7999999998 5571670.52, 402970.4000000004 5571663.970000001, 402991.51999999955 5571645.76, 402990.33999999985 5571643.77, 402992.1699999999 5571640.789999999, 402996.54000000004 5571633.640000001, 402998.16000000015 5571631.01, 402999.3799999999 5571629.029999999, 403005.9299999997 5571632.970000001, 403012.36000000034 5571635.619999999, 403019.1799999997 5571636.09, 403025.9900000002 5571634.25, 403031.8700000001 5571630.43, 403040.5599999996 5571622.300000001, 403059.5 5571610.57, 403092.5499999998 5571587.58, 403116.0800000001 5571566.359999999, 403111.7400000002 5571567.140000001, 403111.9000000004 5571565.15, 403112.0999999996 5571562.630000001, 403112.25 5571560.529999999, 403112.7400000002 5571554.380000001, 403114 5571538.4399999995, 403115.4900000002 5571519.67, 403117.98000000045 5571488.09, 403121.0800000001 5571448.84, 403121.48000000045 5571443.869999999, 403075.61000000034 5571442.539999999, 403049.0800000001 5571439.48, 403027.9000000004 5571435.49, 402997.4900000002 5571427.02, 402973.9000000004 5571424.140000001, 402940.0700000003 5571427.3100000005, 402937.8200000003 5571421.33, 402902.16000000015 5571410.609999999, 402898.16000000015 5571410.4399999995, 402901.5800000001 5571400, 402896.6799999997 5571378.43, 402861.4299999997 5571325.220000001, 402860.63999999966 5571324.029999999, 402854.0099999998 5571315.42, 402863.7999999998 5571307.75, 402849.21999999974 5571286.82, 402844.78000000026 5571263.57, 402836.5999999996 5571238.16, 402829.9400000004 5571217.460000001, 402848.95999999996 5571231.710000001, 402853.7999999998 5571235.34, 402969.73000000045 5571322.59, 403039.4500000002 5571358.289999999, 403165.58999999985 5571391.720000001, 403181.5599999996 5571392.6899999995, 403208.8300000001 5571373.199999999, 403202.9400000004 5571362.67, 403194.63999999966 5571347.83, 403193.26999999955 5571345.380000001, 403180.75 5571336.380000001, 403166.7999999998 5571326.359999999, 403142.79000000004 5571309.109999999, 403066.4299999997 5571255.57, 403068.3099999996 5571253.300000001, 403082.61000000034 5571236.0600000005, 403083.41000000015 5571235.1, 403089.61000000034 5571229.880000001, 403096.8200000003 5571223.82, 403104.0999999996 5571217.710000001, 403111.0499999998 5571211.859999999, 403118.8799999999 5571205.279999999, 403126.29000000004 5571199.039999999, 403139.75 5571187.73, 403151.8099999996 5571177.6, 403164.26999999955 5571167.119999999, 403174.26999999955 5571158.710000001, 403185.48000000045 5571149.289999999, 403191.6900000004 5571144.07, 403196.26999999955 5571140.220000001, 403206.95999999996 5571131.23, 403206.5599999996 5571129.23, 403201.3799999999 5571103.07, 403194.9900000002 5571070.789999999, 403216.4500000002 5571075.949999999, 403225.41000000015 5571078.109999999, 403229.9299999997 5571079.199999999, 403231.95999999996 5571079.68, 403234.04000000004 5571080.18, 403246.1200000001 5571081.76, 403256.7999999998 5571083.15, 403268.13999999966 5571081.289999999, 403273.4000000004 5571078.140000001, 403289.0800000001 5571068.800000001, 403301.4000000004 5571065.529999999, 403334.5700000003 5571083.960000001, 403337.4400000004 5571085.5600000005, 403364.54000000004 5571100.529999999, 403366.73000000045 5571100.9, 403389.0499999998 5571104.66, 403397.9900000002 5571129.960000001, 403410.4500000002 5571169.460000001, 403427.0700000003 5571217.3100000005, 403430.2400000002 5571226.4, 403431.70999999996 5571225.65, 403432.75 5571225.449999999, 403443.36000000034 5571223.390000001, 403452.66000000015 5571221.59, 403459.73000000045 5571220.220000001, 403467.25 5571218.76, 403479.8099999996 5571216.32, 403500.1299999999 5571212.380000001, 403500.8499999996 5571212.24, 403504.5 5571211.9399999995, 403508.54000000004 5571211.619999999, 403515.91000000015 5571211.029999999, 403528.4199999999 5571210.039999999, 403538.8799999999 5571209.199999999, 403543.03000000026 5571208.869999999, 403551.9000000004 5571206.57, 403563.6200000001 5571203.539999999, 403570.33999999985 5571201.800000001, 403576.4900000002 5571200.210000001, 403588.8799999999 5571197, 403607.51999999955 5571192.17, 403614.1200000001 5571190.470000001, 403645.04000000004 5571182.470000001, 403645.9900000002 5571182.52, 403657.0800000001 5571183.18, 403699.0599999996 5571185.68, 403708.8799999999 5571186.27, 403719.8200000003 5571187.02, 403756.26999999955 5571189.539999999, 403795.86000000034 5571192.220000001, 403837.0099999998 5571195.01, 403837.0499999998 5571208.210000001, 403837.0999999996 5571221.34, 403837.1500000004 5571235.6, 403837.2000000002 5571252.52, 403863.1299999999 5571259.220000001, 403897.2000000002 5571266.539999999, 403901.8499999996 5571267.529999999, 403904.1200000001 5571268.460000001, 403911.8099999996 5571252.91, 403973.76999999955 5571281.75, 403972.6200000001 5571283.27, 403967.20999999996 5571309.41, 403970.9299999997 5571326.109999999, 403993.26999999955 5571363.300000001, 403987.28000000026 5571372.74, 403989.6900000004 5571376.76, 403977.38999999966 5571370.4399999995, 403967.46999999974 5571371.3100000005, 403946.7599999998 5571388.289999999, 403943.63999999966 5571390.83, 403945.8300000001 5571393.26, 403942.70999999996 5571410.0600000005, 403935.45999999996 5571449.1, 403933.03000000026 5571472.34, 403921.8700000001 5571578.9, 403940.5499999998 5571582.18, 403988 5571590.52, 403993.5499999998 5571615.83, 403998.08999999985 5571636.5, 404004.83999999985 5571658.01, 404009.73000000045 5571719.859999999, 404048.9900000002 5571725.970000001, 404060.16000000015 5571727.710000001, 404071.0700000003 5571768.67, 404067.3700000001 5571774.68, 404124.9500000002 5571811.550000001, 404153.2999999998 5571817.529999999, 404269.83999999985 5571806.26, 404323.5700000003 5571801.0600000005, 404429.8700000001 5571770.07, 404462 5571760.050000001, 404474.5599999996 5571756.130000001, 404495.0999999996 5571750.58, 404586.53000000026 5571725.85, 404587.13999999966 5571725.75, 404686.6799999997 5571710.210000001, 404762.41000000015 5571708.390000001, 404859.23000000045 5571713.42, 404862.7000000002 5571713.6, 404879.20999999996 5571712.48, 404914.9299999997 5571690.390000001, 404945.33999999985 5571671.59, 404973.9500000002 5571673.32, 404980.03000000026 5571673.6899999995, 404993.6299999999 5571665.01, 404997.41000000015 5571624.529999999, 404998.1799999997 5571621.550000001, 405005.4199999999 5571593.550000001, 405007.8300000001 5571584.23, 405021.8300000001 5571530.039999999, 405010.2000000002 5571521.34, 404998.0099999998 5571512.210000001, 404987.3499999996 5571504.24, 404977.48000000045 5571496.869999999, 404975.21999999974 5571491.0600000005, 404970.98000000045 5571480.199999999, 404967.1900000004 5571470.5, 404963.36000000034 5571461.27, 404955.1299999999 5571441.390000001, 404954.76999999955 5571440.460000001, 404948.95999999996 5571425.35, 404938.7999999998 5571398.960000001, 404930.48000000045 5571377.3100000005, 404937.7400000002 5571374.279999999, 404950.13999999966 5571369.09, 404960.48000000045 5571364.779999999, 404962.7599999998 5571363.83, 404968.4900000002 5571361.4399999995, 404961.71999999974 5571353.99, 404950.2000000002 5571340.49, 404938.63999999966 5571326.93, 404934.6799999997 5571322.68, 404927.1299999999 5571314.57, 404917.8499999996 5571304.609999999, 404913.21999999974 5571300.35, 404909.5099999998 5571296.92, 404907.9900000002 5571295.529999999, 404905.96999999974 5571294.01, 404902.7999999998 5571291.619999999, 404899.5499999998 5571289.18, 404895.04000000004 5571286.359999999, 404891.0599999996 5571283.869999999, 404885.61000000034 5571281.08, 404881.9500000002 5571279.199999999, 404878.08999999985 5571277.220000001, 404871.8799999999 5571274.82, 404866.1200000001 5571272.970000001, 404861.28000000026 5571271.68, 404857.0499999998 5571270.77, 404852 5571269.85, 404846.5099999998 5571269.050000001, 404839.83999999985 5571268.41, 404833.5 5571268.1, 404826.96999999974 5571267.859999999, 404818.8499999996 5571267.73, 404812.73000000045 5571267.789999999, 404807.4400000004 5571267.859999999, 404801.0700000003 5571268, 404795.9000000004 5571268.25, 404792.2000000002 5571268.539999999, 404788.03000000026 5571268.789999999, 404782.8799999999 5571269.279999999, 404780.03000000026 5571269.59, 404775.9400000004 5571270.23, 404770.7400000002 5571271.220000001, 404766.3799999999 5571272.039999999, 404762.3300000001 5571273.130000001, 404758.2999999998 5571274.09, 404754.6200000001 5571275.18, 404751.1799999997 5571276.24, 404747.5800000001 5571277.4399999995, 404744.33999999985 5571278.57, 404741.1699999999 5571279.84, 404737.6699999999 5571281.279999999, 404725.2599999998 5571286.8100000005, 404721.23000000045 5571288.619999999, 404717.66000000015 5571290.24, 404715.33999999985 5571291.279999999, 404712.5700000003 5571292.470000001, 404709.6200000001 5571293.83, 404706.4199999999 5571295.050000001, 404702.7999999998 5571296.24, 404699.5700000003 5571297.01, 404696.0700000003 5571297.5, 404692.9000000004 5571297.76, 404688.9400000004 5571297.710000001, 404686.11000000034 5571297.279999999, 404681.66000000015 5571296.300000001, 404678 5571295.199999999, 404674.6299999999 5571293.67, 404671.45999999996 5571291.83, 404669.1699999999 5571290.25, 404666.2000000002 5571287.710000001, 404663.0499999998 5571284.640000001, 404661.41000000015 5571282.6899999995, 404659.0099999998 5571279.51, 404657.29000000004 5571276.75, 404655.2999999998 5571272.550000001, 404653.98000000045 5571268.74, 404653.48000000045 5571266.699999999, 404653.36000000034 5571266.16, 404653 5571263.630000001, 404652.8799999999 5571260.890000001, 404652.8799999999 5571257.67, 404653.0700000003 5571254.91, 404653.4299999997 5571252.33, 404653.8300000001 5571250.050000001, 404654.8700000001 5571245.5600000005, 404656.01999999955 5571241.779999999, 404659.5700000003 5571230.6899999995, 404661.33999999985 5571224.550000001, 404662.0599999996 5571222.050000001, 404662.9500000002 5571218.9399999995, 404663.5099999998 5571216.16, 404664.25 5571212.380000001, 404664.41000000015 5571209.470000001, 404664.5999999996 5571206.92, 404664.41000000015 5571204.220000001, 404664.1900000004 5571201.99, 404663.8300000001 5571199.710000001, 404663.29000000004 5571197.67, 404662.41000000015 5571195.26, 404661.4900000002 5571193.140000001, 404660.03000000026 5571190.369999999, 404658.4299999997 5571187.75, 404656.45999999996 5571184.92, 404654.4900000002 5571182.4, 404652.0999999996 5571179.84, 404649.8799999999 5571177.869999999, 404648.0700000003 5571176.4399999995, 404646.20999999996 5571175.08, 404644.0700000003 5571173.6899999995, 404642.01999999955 5571172.52, 404640.1299999999 5571171.460000001, 404634.98000000045 5571168.640000001, 404632.2400000002 5571167.27, 404618.29000000004 5571160.289999999, 404615.33999999985 5571158.8100000005, 404612.6200000001 5571157.460000001, 404609.78000000026 5571155.970000001, 404607.70999999996 5571154.75, 404605.5099999998 5571153.300000001, 404603.9299999997 5571152.17, 404602.6200000001 5571151.119999999, 404600.79000000004 5571149.6, 404598.46999999974 5571147.460000001, 404596.9900000002 5571146, 404595.95999999996 5571144.91, 404594.9000000004 5571143.65, 404593.7599999998 5571142.25, 404591.66000000015 5571139.49, 404590.4900000002 5571137.710000001, 404588.71999999974 5571134.59, 404587.73000000045 5571132.51, 404586.8200000003 5571130.460000001, 404585.98000000045 5571128.23, 404584.6699999999 5571124.789999999, 404581.1799999997 5571114.08, 404580.1500000004 5571110.789999999, 404579.33999999985 5571108.199999999, 404578.5599999996 5571105.92, 404577.5499999998 5571103.41, 404576.63999999966 5571101.390000001, 404575.8200000003 5571099.699999999, 404574.75 5571097.77, 404573.7999999998 5571096.26, 404572.6799999997 5571094.630000001, 404571.28000000026 5571092.949999999, 404570 5571091.5600000005, 404568.8200000003 5571090.41, 404567.58999999985 5571089.380000001, 404565.6799999997 5571087.859999999, 404564.26999999955 5571086.84, 404562.6299999999 5571085.85, 404560.8099999996 5571084.9399999995, 404558.6799999997 5571084, 404556.08999999985 5571083.0600000005, 404553.58999999985 5571082.42, 404551.3799999999 5571082.029999999, 404549.1799999997 5571081.75, 404547.38999999966 5571081.619999999, 404544.8200000003 5571081.6899999995, 404542.79000000004 5571081.970000001, 404540.6699999999 5571082.449999999, 404538.8799999999 5571082.960000001, 404537.16000000015 5571083.539999999, 404535.1699999999 5571084.300000001, 404532.1299999999 5571085.77, 404529.54000000004 5571087.17, 404526.91000000015 5571089.01, 404524.1799999997 5571091.050000001, 404522 5571093.01, 404520.9000000004 5571094.15, 404519.79000000004 5571095.630000001, 404518.71999999974 5571097.359999999, 404517.7400000002 5571099.01, 404516.78000000026 5571101.1, 404515.8200000003 5571103.77, 404501 5571157.58, 404483.9500000002 5571219.43, 404481.9400000004 5571226.75, 404480.3099999996 5571232.76, 404476.0700000003 5571248.4399999995, 404473.53000000026 5571257.800000001, 404472.5800000001 5571260.970000001, 404471.0599999996 5571264.710000001, 404470.03000000026 5571266.9, 404468.76999999955 5571269.07, 404467.73000000045 5571270.85, 404466.2999999998 5571272.960000001, 404464.71999999974 5571274.960000001, 404460.78000000026 5571278.58, 404458.7599999998 5571280.140000001, 404456.21999999974 5571281.789999999, 404453.8799999999 5571282.970000001, 404451.6500000004 5571283.800000001, 404449.3300000001 5571284.48, 404447.88999999966 5571284.83, 404446.61000000034 5571285.15, 404444.2400000002 5571285.289999999, 404443.51999999955 5571285.34, 404440.9900000002 5571285.27, 404438.5999999996 5571285.07, 404435.9900000002 5571284.65, 404433.2999999998 5571284.0600000005, 404430.6699999999 5571283.33, 404428.04000000004 5571282.289999999, 404425.6900000004 5571281.359999999, 404421.45999999996 5571279.279999999, 404418.5800000001 5571277.369999999, 404414.5800000001 5571274.699999999, 404411.5499999998 5571272.15, 404373.41000000015 5571235.130000001, 404369.8200000003 5571231.289999999, 404367.5599999996 5571228.5600000005, 404365.2999999998 5571225.630000001, 404362.9900000002 5571222.630000001, 404361.1200000001 5571219.220000001, 404358.63999999966 5571214.710000001, 404318.8799999999 5571142.199999999, 404315.63999999966 5571135.92, 404313.53000000026 5571130.99, 404311.96999999974 5571127.02, 404310.6799999997 5571123.039999999, 404309.5800000001 5571119.01, 404308.54000000004 5571114.0600000005, 404307.8700000001 5571109.380000001, 404307.38999999966 5571104.4399999995, 404306.96999999974 5571095.51, 404306.5499999998 5571091.720000001, 404305.6799999997 5571086.789999999, 404304.5 5571082.119999999, 404302.83999999985 5571076.5600000005, 404299.88999999966 5571069.199999999, 404298.2999999998 5571065.51, 404297.0499999998 5571062.289999999, 404295.79000000004 5571058.890000001, 404294.54000000004 5571055.199999999, 404293.21999999974 5571050.66, 404291.9000000004 5571045.380000001, 404291.08999999985 5571041.18, 404290.4500000002 5571036.449999999, 404290.0599999996 5571030.960000001, 404290.08999999985 5571025.710000001, 404290.4199999999 5571021.33, 404290.8200000003 5571017.960000001, 404291.7599999998 5571013.609999999, 404292.3499999996 5571009.52, 404292.6900000004 5571004.73, 404292.6900000004 5570999.970000001, 404292.4400000004 5570994.27, 404291.9299999997 5570989.619999999, 404291.0099999998 5570983.84, 404290.0599999996 5570978.6899999995, 404287.9199999999 5570970.6, 404287.0499999998 5570964.6899999995, 404286.53000000026 5570959.710000001, 404286.5099999998 5570955.449999999, 404286.6699999999 5570951.84, 404287.4299999997 5570947.199999999, 404295.54000000004 5570908.029999999, 404296.6299999999 5570903.609999999, 404297.7999999998 5570898.470000001, 404305.1699999999 5570867.380000001, 404306.33999999985 5570861.779999999, 404307.41000000015 5570855.1, 404308.13999999966 5570848.029999999, 404308.26999999955 5570841.109999999, 404307.96999999974 5570836.08, 404307.86000000034 5570831.029999999, 404308.03000000026 5570827.16, 404308.3099999996 5570823.880000001, 404308.83999999985 5570819.970000001, 404310 5570814.34, 404311.6799999997 5570809.0600000005, 404317.0999999996 5570797.380000001, 404320.5 5570790.960000001, 404324.08999999985 5570784.630000001, 404328.9900000002 5570776.9399999995, 404329.51999999955 5570776.26, 404333.03000000026 5570771.65, 404337.1500000004 5570766.85, 404378.26999999955 5570721.800000001, 404392.8200000003 5570706.35, 404422.29000000004 5570682.4, 404444.8200000003 5570661.23, 404462.1699999999 5570642.109999999, 404474.48000000045 5570625.85, 404483.1200000001 5570612.85, 404488.7000000002 5570603.59, 404490.7999999998 5570597.68, 404491.6200000001 5570593.449999999, 404491.96999999974 5570589.85, 404492.0999999996 5570585.630000001, 404491.6299999999 5570580.390000001, 404490.8700000001 5570575.9, 404488.5599999996 5570567.869999999, 404486.79000000004 5570562.09, 404484.54000000004 5570556.029999999, 404482.4400000004 5570550.93, 404480.1799999997 5570545.42, 404476.5800000001 5570538.34, 404475.0800000001 5570535.960000001, 404473.3099999996 5570533.300000001, 404471.4000000004 5570531.26, 404469.29000000004 5570529.15, 404466.4400000004 5570526.83, 404462.21999999974 5570524.380000001, 404457.25 5570522.210000001, 404454.73000000045 5570520.91, 404451.9400000004 5570518.949999999, 404449.4199999999 5570516.289999999, 404448.3300000001 5570514.380000001, 404447.21999999974 5570512.210000001, 404446.51999999955 5570510.75, 404445.7000000002 5570507.25, 404445.3200000003 5570504.59, 404445.2599999998 5570500.17, 404445.9900000002 5570492.289999999, 404451.1799999997 5570459.15, 404455.58999999985 5570433.15, 404458.16000000015 5570419.75, 404458.51999999955 5570417.699999999, 404458.9299999997 5570415.75, 404459.28000000026 5570413.67, 404459.63999999966 5570411.6, 404460.03000000026 5570409.369999999, 404460.3200000003 5570407.66, 404460.70999999996 5570405.93, 404461.1200000001 5570403.48, 404461.5 5570401.52, 404461.7400000002 5570399.65, 404462.04000000004 5570397.67, 404462.26999999955 5570395.77, 404462.38999999966 5570393.720000001, 404462.36000000034 5570391.699999999, 404462.2000000002 5570389.57, 404461.96999999974 5570387.77, 404461.61000000034 5570386.07, 404461.16000000015 5570384.449999999, 404460.5099999998 5570382.16, 404459.5 5570380.17, 404458.5499999998 5570378.16, 404457.6299999999 5570376.619999999, 404456.3799999999 5570375.02, 404455.0999999996 5570373.57, 404453.9199999999 5570372.08, 404452.6200000001 5570370.539999999, 404451.5800000001 5570369.09, 404450.54000000004 5570367.52, 404449.73000000045 5570366.119999999, 404449.2000000002 5570364.640000001, 404448.9000000004 5570362.98, 404448.75 5570361.23, 404448.8799999999 5570359.77, 404449.29000000004 5570358.33, 404450 5570357.08, 404451.1200000001 5570355.75, 404452.16000000015 5570354.65, 404453.45999999996 5570353.789999999, 404454.91000000015 5570353.109999999, 404456.78000000026 5570352.57, 404458.5599999996 5570352.279999999, 404460.0999999996 5570352.25, 404461.7000000002 5570352.42, 404462.86000000034 5570352.75, 404464.4500000002 5570353.369999999, 404465.9900000002 5570354.58, 404467.0700000003 5570356.16, 404467.9500000002 5570357.75, 404468.9900000002 5570360.119999999, 404470.51999999955 5570364.720000001, 404471.5599999996 5570368.15, 404472.46999999974 5570373.3100000005, 404472.96999999974 5570377.52, 404473.2000000002 5570381.640000001, 404474.6200000001 5570397.470000001, 404475.3499999996 5570403.8100000005, 404475.8799999999 5570407.869999999, 404476.3200000003 5570412.15, 404476.8200000003 5570416.619999999, 404477.6500000004 5570420.83, 404478.66000000015 5570425.43, 404479.1200000001 5570427.73, 404479.54000000004 5570429.83, 404480.0099999998 5570432.17, 404480.4000000004 5570434.17, 404480.79000000004 5570436.24, 404481.0599999996 5570438.279999999, 404481.51999999955 5570440.57, 404481.8200000003 5570442.67, 404482.0499999998 5570444.630000001, 404482.3200000003 5570446.85, 404482.5599999996 5570449.16, 404482.73000000045 5570451.15, 404482.91000000015 5570453.460000001, 404483.0499999998 5570455.529999999, 404483.20999999996 5570457.539999999, 404483.3799999999 5570459.51, 404483.6500000004 5570461.880000001, 404483.8099999996 5570463.949999999, 404484.2000000002 5570466.210000001, 404484.6200000001 5570468.369999999, 404484.9500000002 5570470.4399999995, 404485.3799999999 5570472.66, 404485.8300000001 5570474.789999999, 404486.26999999955 5570476.99, 404487.0099999998 5570478.83, 404487.8700000001 5570480.6899999995, 404489 5570482.619999999, 404490.36000000034 5570484.199999999, 404491.83999999985 5570485.68, 404493.4400000004 5570486.98, 404495.0999999996 5570488.35, 404496.7599999998 5570489.5, 404498.5599999996 5570490.359999999, 404500.4000000004 5570491.130000001, 404502.2400000002 5570491.779999999, 404504.0800000001 5570492.17, 404505.76999999955 5570492.470000001, 404507.3099999996 5570492.59, 404509.1799999997 5570492.58, 404511.2400000002 5570492.289999999, 404512.71999999974 5570491.960000001, 404514.6500000004 5570491.48, 404516.9900000002 5570490.75, 404519.0599999996 5570489.73, 404521.0599999996 5570488.550000001, 404522.98000000045 5570487.119999999, 404524.8200000003 5570485.74, 404526.13999999966 5570484.34, 404527.1799999997 5570482.970000001, 404528.48000000045 5570481.140000001, 404529.5499999998 5570479.16, 404530.29000000004 5570477.369999999, 404530.7400000002 5570475.66, 404531.03000000026 5570473.4, 404531.2400000002 5570470.58, 404530.0099999998 5570456.77, 404529.6200000001 5570453.15, 404529.48000000045 5570449.710000001, 404529.48000000045 5570442.75, 404530.08999999985 5570437.82, 404530.9400000004 5570432.51, 404531.95999999996 5570427.369999999, 404533.83999999985 5570427.85, 404534.23000000045 5570427.960000001, 404542.16000000015 5570430.609999999, 404546.33999999985 5570432.15, 404552.63999999966 5570414.34, 404562.5999999996 5570417.859999999, 404568.7999999998 5570400.34, 404563.1699999999 5570397.470000001, 404568.8099999996 5570385.3100000005, 404577.0800000001 5570367.460000001, 404566.4900000002 5570361.710000001, 404576.6200000001 5570342.0600000005, 404582.1200000001 5570328.98, 404586.1200000001 5570320.35, 404589.9900000002 5570312.449999999, 404600.1900000004 5570316.42, 404614.03000000026 5570319.24, 404620.8200000003 5570319.8100000005, 404633.8499999996 5570320.91, 404633.9400000004 5570319.619999999, 404634.4400000004 5570313.449999999, 404635 5570306.289999999, 404636.0999999996 5570303.35, 404641.11000000034 5570290, 404647.13999999966 5570276, 404650.6799999997 5570273.32, 404655.0499999998 5570272.41, 404664.2000000002 5570273.51, 404667.9000000004 5570273.949999999, 404678.0999999996 5570271.380000001, 404677.3499999996 5570270.07, 404679.6900000004 5570259, 404681.20999999996 5570256.58, 404684.20999999996 5570251.84, 404682.75 5570243.4, 404682.3799999999 5570241.23, 404681.2000000002 5570234.369999999, 404677.8300000001 5570214.859999999, 404676.8799999999 5570209.33, 404681.73000000045 5570207.73, 404694.29000000004 5570203.630000001, 404694.3799999999 5570201.869999999, 404703.73000000045 5570207.710000001, 404721.38999999966 5570218.800000001, 404722.53000000026 5570211.02, 404721.8300000001 5570200.25, 404723.3700000001 5570186.26, 404719.0999999996 5570171.859999999, 404715.8099999996 5570157.76, 404709.45999999996 5570148.539999999, 404708.6200000001 5570147.33, 404706.03000000026 5570138.93, 404706.0999999996 5570123.539999999, 404712.4299999997 5570107.279999999, 404722.9199999999 5570088.390000001, 404725.0599999996 5570078.59, 404722.5999999996 5570077.0600000005, 404722.9500000002 5570076.74, 404736.76999999955 5570071.029999999, 404747.3799999999 5570066.65, 404755.36000000034 5570063.34, 404774.2000000002 5570064.74, 404763.20999999996 5570060.07, 404757.36000000034 5570057.58, 404755.3300000001 5570055.67, 404735.45999999996 5570042.949999999, 404729.54000000004 5570039.8100000005, 404718.2999999998 5570036.960000001, 404707.9400000004 5570036.9399999995, 404707.45999999996 5570029.630000001, 404736.28000000026 5570009.25, 404705.33999999985 5569974.84, 404686.6799999997 5569952.699999999, 404680.26999999955 5569949.5600000005, 404666.2999999998 5569942.710000001, 404653 5569936.1899999995, 404640.8700000001 5569930.279999999, 404631.75 5569925.82, 404625.53000000026 5569956.5600000005, 404604.8799999999 5570033.550000001, 404596.0700000003 5570069.26, 404592.7599999998 5570084.9399999995, 404587.5499999998 5570109.6, 404567.7000000002 5570126.220000001, 404554.75 5570138.43, 404554.04000000004 5570143.970000001, 404540.0099999998 5570159.34, 404532.0499999998 5570161.880000001, 404520.6900000004 5570159.16, 404456.3799999999 5570123.84, 404451.5999999996 5570123.17, 404433.6900000004 5570092.42, 404441.4000000004 5570083.8100000005, 404421.5499999998 5570054.800000001, 404400.79000000004 5570023.99, 404376.3200000003 5569999.449999999, 404352.4900000002 5569982.74, 404332.3200000003 5569972.789999999, 404328.4299999997 5569970.880000001, 404287.9299999997 5569956.199999999, 404279.7599999998 5569954.720000001, 404282.6699999999 5569947.029999999, 404271.0599999996 5569942.82, 404268 5569951.58, 404190.0999999996 5569921.91, 404186.5 5569931.859999999, 404170.46999999974 5569922.880000001, 404130.9400000004 5569934.619999999, 404126.9199999999 5569936.52, 404121.5800000001 5569937.470000001, 404095.8300000001 5569948.9399999995, 404094.63999999966 5569949.32, 404075.6900000004 5569951.380000001, 404066.1500000004 5569954.99, 404035.0800000001 5569957.68, 404034.3200000003 5569953.8100000005, 404032.0099999998 5569942.199999999, 404030.9000000004 5569936.640000001, 404026.96999999974 5569916.890000001, 404026.48000000045 5569914.380000001, 404011.0099999998 5569836.550000001, 404008.3799999999 5569836.640000001, 404007.549999</t>
   </si>
   <si>
     <t>https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=5711-401</t>
   </si>
   <si>
     <t>https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg5711-401</t>
   </si>
   <si>
-    <t>https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/vsg_sdb_5711-401.pdf</t>
+    <t>https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/vsg_sdb_5711-401.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -510,90 +510,90 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vogelschutzgebiet&amp;layers=vogelschutzgebiet&amp;qid=VSG-7000-016" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=5711-401" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg5711-401" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/vsg_sdb_5711-401.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vogelschutzgebiet&amp;layers=vogelschutzgebiet&amp;qid=VSG-7000-016" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=5711-401" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg5711-401" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/vsg_sdb_5711-401.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:X2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="35.7109375" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="8" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="13.42578125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="178.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="15.5703125" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="42.42578125" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="178" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="81.85546875" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="76.28515625" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="73.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -664,51 +664,51 @@
       <c r="E2" t="s">
         <v>27</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>28</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>29</v>
       </c>
       <c r="J2" t="s">
         <v>30</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>31</v>
       </c>
       <c r="N2">
         <v>109723</v>
       </c>
       <c r="O2" s="3">
-        <v>45970.60133304496</v>
+        <v>46045.47015223721</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2" t="s">
         <v>35</v>
       </c>
       <c r="T2" t="s">
         <v>36</v>
       </c>
       <c r="U2" t="s">
         <v>37</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>38</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>39</v>
       </c>