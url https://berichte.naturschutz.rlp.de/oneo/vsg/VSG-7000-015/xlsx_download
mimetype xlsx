--- v0 (2025-11-12)
+++ v1 (2025-11-12)
@@ -664,51 +664,51 @@
       <c r="E2" t="s">
         <v>27</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>28</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>29</v>
       </c>
       <c r="J2" t="s">
         <v>30</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>31</v>
       </c>
       <c r="N2">
         <v>109722</v>
       </c>
       <c r="O2" s="3">
-        <v>45973.17234085134</v>
+        <v>45973.3394118896</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2" t="s">
         <v>35</v>
       </c>
       <c r="T2" t="s">
         <v>36</v>
       </c>
       <c r="U2" t="s">
         <v>37</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>38</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>39</v>
       </c>