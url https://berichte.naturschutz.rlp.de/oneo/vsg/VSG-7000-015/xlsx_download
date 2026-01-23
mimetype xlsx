--- v1 (2025-11-12)
+++ v2 (2026-01-23)
@@ -132,51 +132,51 @@
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>Naturschutz</t>
   </si>
   <si>
     <t>Vogelschutzgebiet besonderer Bedeutung (EG)</t>
   </si>
   <si>
     <t>Natura 2000</t>
   </si>
   <si>
     <t>DE-5709-401</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((378039.0099999998 5572834.039999999, 378024.01999999955 5572830.75, 377994.45999999996 5572824.25, 377970.53000000026 5572817.9, 377947.51999999955 5572812.609999999, 377937.5099999998 5572810.300000001, 377926.3099999996 5572807.720000001, 377918.4500000002 5572805.91, 377883.16000000015 5572800.199999999, 377878.8799999999 5572799.51, 377818.16000000015 5572789.6899999995, 377799.53000000026 5572786.68, 377772.46999999974 5572782.300000001, 377738.9900000002 5572771.48, 377717.01999999955 5572763.77, 377703.0099999998 5572758.85, 377692.51999999955 5572755.34, 377682.1799999997 5572751.869999999, 377651.83999999985 5572741.6899999995, 377640.91000000015 5572738.029999999, 377590.5700000003 5572721.140000001, 377585.3200000003 5572719.369999999, 377426.61000000034 5572666.130000001, 377422.0800000001 5572664.699999999, 377317.3200000003 5572631.369999999, 377300.26999999955 5572628.76, 377299.4299999997 5572628.630000001, 377295.8700000001 5572628.08, 377211.11000000034 5572614.800000001, 377151.5499999998 5572606.66, 377144.29000000004 5572605.67, 377112.1500000004 5572601.140000001, 377085.1799999997 5572597.35, 377085.0800000001 5572599.529999999, 377083.2400000002 5572599.33, 376943.6900000004 5572583.869999999, 376917.38999999966 5572580.619999999, 376917.0099999998 5572579.5600000005, 376911.2000000002 5572579.85, 376884.5099999998 5572576.74, 376851.6699999999 5572572.91, 376802.1799999997 5572567.130000001, 376774.4299999997 5572561.3100000005, 376731.8799999999 5572542.529999999, 376701.58999999985 5572529.17, 376691.73000000045 5572523.9399999995, 376617.0700000003 5572489.99, 376530.25 5572450.52, 376521.8099999996 5572442.210000001, 376520.0599999996 5572440.48, 376484.6200000001 5572422.67, 376465.13999999966 5572412.880000001, 376463.45999999996 5572407.4399999995, 376458.3300000001 5572404.460000001, 376458.36000000034 5572404.4, 376424.91000000015 5572397.59, 376408.1799999997 5572378.779999999, 376370.3799999999 5572351.109999999, 376329.13999999966 5572320.9399999995, 376325.8300000001 5572318.529999999, 376322.1299999999 5572316.029999999, 376288.0999999996 5572293.08, 376166.86000000034 5572199.23, 376162.83999999985 5572197.77, 376025.13999999966 5572090.02, 376013.98000000045 5572096.050000001, 375996.3200000003 5572081.59, 375989.76999999955 5572076.23, 375945 5572039.57, 375893.2000000002 5571997.16, 375890.3700000001 5571994.85, 375880.6200000001 5571990.9, 375876.2000000002 5571985.76, 375867.71999999974 5571974.720000001, 375843.01999999955 5571996.300000001, 375811.73000000045 5571974.960000001, 375753.88999999966 5571935.5, 375718.51999999955 5571911.369999999, 375708.2000000002 5571903.99, 375697.36000000034 5571896.24, 375693.5800000001 5571893.539999999, 375679.0099999998 5571883.1, 375647.8099999996 5571860.75, 375629.6900000004 5571847.789999999, 375606.0800000001 5571830.880000001, 375595.86000000034 5571823.5600000005, 375584.0800000001 5571815.65, 375555.3300000001 5571796.35, 375507.73000000045 5571764.390000001, 375493.4400000004 5571754.789999999, 375487.25 5571750.640000001, 375471.95999999996 5571739.289999999, 375401.8700000001 5571692.039999999, 375335.6299999999 5571649.710000001, 375271.5599999996 5571610.27, 375254.5499999998 5571601.539999999, 375251.6200000001 5571593.3100000005, 375273.36000000034 5571544.789999999, 375312.5599999996 5571457.220000001, 375320.4199999999 5571454.26, 375322.2999999998 5571450.109999999, 375317.54000000004 5571441.630000001, 375318.7000000002 5571430.91, 375329.5499999998 5571330.279999999, 375334.9400000004 5571280.42, 375335.1799999997 5571278.25, 375338.5999999996 5571247.380000001, 375347.6500000004 5571165.619999999, 375350.0999999996 5571141.699999999, 375351.4000000004 5571129.84, 375352 5571123.82, 375354.66000000015 5571100.09, 375356.2999999998 5571085.039999999, 375358.54000000004 5571064.470000001, 375357.2599999998 5571050.550000001, 375351.9400000004 5570992.449999999, 375349.5599999996 5570966.390000001, 375348.96999999974 5570960.01, 375343.78000000026 5570903.27, 375340.8200000003 5570870.949999999, 375363.21999999974 5570821.15, 375368.26999999955 5570809.93, 375377.1500000004 5570790.18, 375393.9199999999 5570752.92, 375401.73000000045 5570735.529999999, 375406.9000000004 5570724.0600000005, 375421.1500000004 5570715.050000001, 375440.0499999998 5570715.289999999, 375628.29000000004 5570717.640000001, 375629.8099999996 5570738.16, 375630.45999999996 5570746.85, 375638.0700000003 5570770.41, 375651.79000000004 5570783.68, 375655.5599999996 5570787.33, 375654 5570789.01, 375649.9000000004 5570793.32, 375640.11000000034 5570803.59, 375661.6799999997 5570824.6899999995, 375668.6799999997 5570824.66, 375763.8700000001 5570825.74, 375771.53000000026 5570794.710000001, 375780.7599999998 5570757.26, 375785.03000000026 5570739.949999999, 375785.71999999974 5570737.119999999, 375786.86000000034 5570732.52, 375782.2999999998 5570725.57, 375795.1299999999 5570727.880000001, 375806.95999999996 5570730.24, 376072.79000000004 5570784.3100000005, 376112.08999999985 5570792.300000001, 376131.3499999996 5570800.08, 376148.86000000034 5570786.5600000005, 376155.98000000045 5570772.609999999, 376178.9400000004 5570754.92, 376202.66000000015 5570736.640000001, 376215.1900000004 5570726.98, 376253.08999999985 5570697.789999999, 376259.2000000002 5570693.07, 376280.86000000034 5570676.390000001, 376291.78000000026 5570668.119999999, 376305.4400000004 5570657.460000001, 376316.11000000034 5570655.039999999, 376372.13999999966 5570666.58, 376416.0800000001 5570675.640000001, 376420.58999999985 5570682.779999999, 376415.91000000015 5570704.109999999, 376411.5099999998 5570724.199999999, 376410.2599999998 5570729.869999999, 376406.73000000045 5570746, 376410.53000000026 5570747.32, 376424.2000000002 5570752.07, 376516.8799999999 5570795.869999999, 376542.26999999955 5570807.869999999, 376620.0800000001 5570844.640000001, 376628.26999999955 5570848.51, 376632.7400000002 5570850.630000001, 376747.4000000004 5570904.82, 376791.4900000002 5570925.65, 376803.5800000001 5570932.74, 376829.4000000004 5570954.140000001, 376849.6900000004 5570970.9399999995, 376867.20999999996 5570985.449999999, 376929.88999999966 5571037.359999999, 376954.5700000003 5571048.93, 376985.2599999998 5571063.3100000005, 377013.1299999999 5571076.380000001, 377027.6799999997 5571083.199999999, 377035.71999999974 5571086.960000001, 377040.20999999996 5571089.07, 377078.26999999955 5571106.91, 377145.8799999999 5571138.59, 377148.5099999998 5571145.59, 377143.61000000034 5571160.52, 377138.13999999966 5571177.25, 377131.6900000004 5571196.869999999, 377123.5 5571221.890000001, 377121.33999999985 5571228.43, 377116.9400000004 5571241.8100000005, 377115.01999999955 5571247.619999999, 377112.4000000004 5571255.539999999, 377103.88999999966 5571281.289999999, 377100.5999999996 5571291.289999999, 377095.26999999955 5571307.43, 377087.4500000002 5571331.1, 377081.25 5571334.119999999, 377081.2999999998 5571340.73, 377083.01999999955 5571345.109999999, 377070.3499999996 5571383.5600000005, 377063.3499999996 5571405.130000001, 377056.2400000002 5571427.02, 377050.4000000004 5571444.98, 377047.6500000004 5571453.43, 377041.96999999974 5571470.92, 377033.9199999999 5571495.699999999, 377016.9400000004 5571548, 377011.98000000045 5571550.380000001, 377010.98000000045 5571559.039999999, 377012.4199999999 5571560.8100000005, 377013 5571562.09, 377003.4900000002 5571602.68, 377002.4500000002 5571607.140000001, 377001.1799999997 5571632.27, 377000.91000000015 5571637.369999999, 377010.63999999966 5571661.16, 377018.0099999998 5571666.26, 377054.1500000004 5571673.460000001, 377153.8700000001 5571693.33, 377158.9900000002 5571699.49, 377158.16000000015 5571690.880000001, 377162.3099999996 5571691.529999999, 377208.2999999998 5571693.98, 377216.4400000004 5571700.029999999, 377239.01999999955 5571716.82, 377244.98000000045 5571721.26, 377280.1900000004 5571735.49, 377290.1299999999 5571739.51, 377357.73000000045 5571783.66, 377379.3499999996 5571817.640000001, 377382.4400000004 5571826.779999999, 377382.45999999996 5571826.83, 377387.6699999999 5571834.92, 377391.7000000002 5571832.52, 377452.08999999985 5571866.9399999995, 377596.5800000001 5571884.029999999, 377611.3099999996 5571885.77, 377646.86000000034 5571890.32, 377656.79000000004 5571891.59, 377668.7000000002 5571894.960000001, 377691.6500000004 5571902.380000001, 377711.91000000015 5571908.93, 377733.08999999985 5571915.77, 377759.86000000034 5571924.42, 377785.73000000045 5571932.77, 377808.88999999966 5571940.26, 377834.29000000004 5571948.48, 377848.6799999997 5571953.130000001, 377862.1900000004 5571964.210000001, 377881.9299999997 5571980.43, 377886.33999999985 5571986.789999999, 377894.1200000001 5572011.27, 377901.1699999999 5572014.07, 378056.03000000026 5572047.039999999, 378063.76999999955 5572048.6899999995, 378110.86000000034 5572058.77, 378233.63999999966 5572085.199999999, 378236.6799999997 5572089.73, 378228.4299999997 5572125.039999999, 378221.95999999996 5572152.699999999, 378206.76999999955 5572198.279999999, 378205.53000000026 5572202.9, 378197.21999999974 5572228.5, 378176.61000000034 5572291.92, 378175.4500000002 5572295.77, 378175.79000000004 5572298.6899999995, 378182.76999999955 5572356.630000001, 378184.2599999998 5572369.699999999, 378196.9900000002 5572481.18, 378197.5 5572485.67, 378195.75 5572493.02, 378189.3099999996 5572519.970000001, 378185.3099999996 5572536.710000001, 378176.4900000002 5572573.640000001, 378171.5 5572594.08, 378168.9299999997 5572604.58, 378160.7000000002 5572638.279999999, 378151.58999999985 5572675.58, 378149.8300000001 5572682.800000001, 378145.21999999974 5572701.68, 378128.58999999985 5572769.74, 378119.13999999966 5572807.93, 378112.33999999985 5572835.4, 378108.8099999996 5572849.630000001, 378051.9400000004 5572836.92, 378039.0099999998 5572834.039999999)), ((378270.3499999996 5569388.07, 378266.75 5569380.550000001, 378250.1200000001 5569345.869999999, 378235.73000000045 5569330.51, 378232.51999999955 5569336.75, 378231.6799999997 5569338.6, 378164.6500000004 5569334.75, 378104.4400000004 5569317.76, 378099.5099999998 5569320.84, 378072.76999999955 5569320.33, 378054.9000000004 5569319.99, 377990.4199999999 5569336.779999999, 377987.0800000001 5569337.66, 377975.16000000015 5569336.26, 377970.8799999999 5569335.76, 377965.1699999999 5569335.09, 377949.3200000003 5569333.23, 377942.53000000026 5569331.630000001, 377936.4900000002 5569330.199999999, 377914.6799999997 5569325.0600000005, 377891.0999999996 5569319.49, 377886.71999999974 5569318.65, 377878.75 5569317.01, 377793.9900000002 5569298.210000001, 377794.4199999999 5569294.210000001, 377781.8099999996 5569291.470000001, 377774.6299999999 5569289.92, 377696.45999999996 5569273, 377693.08999999985 5569270.119999999, 377670.6900000004 5569291.779999999, 377663.38999999966 5569220.529999999, 377597.03000000026 5569184.58, 377552.48000000045 5569160.359999999, 377513.66000000015 5569139.279999999, 377508.6500000004 5569136.83, 377507 5569137.34, 377392.25 5569172.92, 377388.08999999985 5569122.25, 377386.3499999996 5569101.02, 377385.23000000045 5569087.369999999, 377385.11000000034 5569085.9, 377384.01999999955 5569072.210000001, 377378.01999999955 5569072.82, 377372.8200000003 5569076.949999999, 377289.28000000026 5569048.619999999, 377249.5099999998 5569035.130000001, 377216.79000000004 5569024.02, 377205.8799999999 5569015.029999999, 377184.4299999997 5569007.779999999, 377117.5999999996 5568985.16, 377103.9199999999 5568980.539999999, 377067.1299999999 5568964.85, 377034.45999999996 5568947.98, 377027.8499999996 5568944.550000001, 377022.25 5568933.0600000005, 377023.8499999996 5568924.33, 377027.79000000004 5568902.76, 377029.3799999999 5568894.050000001, 377032.0800000001 5568879.26, 377036 5568857.83, 377040.25 5568834.5, 377044.4400000004 5568811.58, 377046.7999999998 5568798.6899999995, 377049.5999999996 5568783.380000001, 377054.0800000001 5568758.82, 377062.6799999997 5568744.699999999, 377060.28000000026 5568742.85, 377231.08999999985 5568524.779999999, 377233.48000000045 5568526.539999999, 377238.20999999996 5568511.43, 377238.5499999998 5568510.6, 377240.1799999997 5568506.699999999, 377242.5 5568501.15, 377244.6200000001 5568496.0600000005, 377246.6799999997 5568491.130000001, 377256.1200000001 5568468.52, 377258.9199999999 5568461.83, 377260.5 5568459, 377289.4900000002 5568407.3100000005, 377293.6299999999 5568399.960000001, 377299.6500000004 5568389.210000001, 377300.41000000015 5568387.92, 377308.5999999996 5568373.890000001, 377316.4900000002 5568360.359999999, 377321.66000000015 5568351.75, 377324.6500000004 5568346.529999999, 377341.2599999998 5568317.369999999, 377354.46999999974 5568296.65, 377364.0499999998 5568281.6, 377375.6299999999 5568263.619999999, 377376.45999999996 5568262.32, 377388.1699999999 5568243.99, 377399.63999999966 5568226.08, 377401.9199999999 5568222.529999999, 377405.25 5568217.4399999995, 377411.16000000015 5568208.17, 377422.6500000004 5568190.16, 377430 5568178.66, 377431.5099999998 5568176.289999999, 377438.0700000003 5568165.800000001, 377441.88999999966 5568159.720000001, 377450.8499999996 5568145.42, 377461.46999999974 5568128.449999999, 377474.3799999999 5568107.859999999, 377487.4400000004 5568105.699999999, 377517.98000000045 5568130.66, 377533.01999999955 5568143.17, 377577.0599999996 5568167.52, 377622.01999999955 5568188.26, 377705.5099999998 5568227.3100000005, 377719.4500000002 5568233.4, 377723 5568235.1, 377730.26999999955 5568238.640000001, 377772.6900000004 5568259.75, 377805.51999999955 5568276.07, 378002.5800000001 5568374.1, 378004.20999999996 5568381.529999999, 378009.03000000026 5568385.130000001, 378025.5999999996 5568364.34, 378034.9900000002 5568349.789999999, 378036.9000000004 5568347.26, 378111.7400000002 5568248.15, 378114.7400000002 5568244.18, 378120.28000000026 5568236.84, 378143.2000000002 5568206.5, 378155.86000000034 5568187.9399999995, 378195.8499999996 5568129.279999999, 378216.4299999997 5568099.09, 378226.28000000026 5568084.66, 378231.61000000034 5568076.83, 378233.91000000015 5568072.43, 378248.73000000045 5568044.130000001, 378255.8099999996 5568022.4399999995, 378258.4900000002 5568001.6, 378265.54000000004 5567946.539999999, 378269.2599999998 5567930.07, 378279.71999999974 5567883.85, 378286.20999999996 5567845.869999999, 378290.8300000001 5567824.6, 378328.45999999996 5567877.0600000005, 378332.95999999996 5567883.34, 378336.3499999996 5567881.17, 378336.1500000004 5567872.77, 378357.83999999985 5567838.449999999, 378371.29000000004 5567817.16, 378384.0599999996 5567796.779999999, 378393.46999999974 5567781.9, 378410.1799999997 5567755.470000001, 378432.04000000004 5567720.890000001, 378437.73000000045 5567711.9, 378447.45999999996 5567696.49, 378453.16000000015 5567696.390000001, 378458.66000000015 5567697.16, 378460.46999999974 5567690.52, 378474.5599999996 5567683.5600000005, 378496.20999999996 5567672.23, 378524.8499999996 5567657.58, 378537.53000000026 5567651.09, 378541.9500000002 5567648.6899999995, 378556.41000000015 5567639.75, 378580.9900000002 5567625, 378600.6299999999 5567613.199999999, 378617.86000000034 5567602.859999999, 378621.28000000026 5567600.800000001, 378624.58999999985 5567598.8100000005, 378648.1699999999 5567584.59, 378668.1799999997 5567572.52, 378680.29000000004 5567565.220000001, 378690.3499999996 5567560.970000001, 378701.0700000003 5567556.449999999, 378725.2400000002 5567550.66, 378739.1799999997 5567549.67, 378800.6699999999 5567552.640000001, 378841.45999999996 5567554.609999999, 378844.9299999997 5567555.710000001, 378876.8300000001 5567565.800000001, 378959.5599999996 5567591.9399999995, 378998.04000000004 5567603.0600000005, 379012.8499999996 5567612.51, 379054.11000000034 5567642.59, 379086.4900000002 5567662.369999999, 379096.23000000045 5567664.630000001, 379115.01999999955 5567671.300000001, 379134.7599999998 5567675.380000001, 379191.8700000001 5567687.26, 379202.79000000004 5567690.93, 379222.45999999996 5567697.51, 379232.46999999974 5567702.07, 379257.53000000026 5567713.5, 379283.8200000003 5567729.57, 379287.3799999999 5567731.75, 379291.5099999998 5567734.279999999, 379311.58999999985 5567746.59, 379314.5099999998 5567748.390000001, 379341.2400000002 5567762.41, 379343.73000000045 5567763.65, 379362.4000000004 5567771.970000001, 379379.0499999998 5567779.390000001, 379387.8300000001 5567783.300000001, 379412.1799999997 5567794.15, 379415.9400000004 5567795.82, 379426.7999999998 5567800.66, 379442.1900000004 5567807.550000001, 379448.8099999996 5567810.109999999, 379460.51999999955 5567815.880000001, 379482.7000000002 5567826.800000001, 379513 5567839.779999999, 379515.04000000004 5567840.66, 379516.6500000004 5567841.380000001, 379544.95999999996 5567851.59, 379549.6500000004 5567852.8100000005, 379558.46999999974 5567855.09, 379568.5099999998 5567857.68, 379573.70999999996 5567858.59, 379589.96999999974 5567861.42, 379599.41000000015 5567862.460000001, 379639.0099999998 5567866.859999999, 379651.1799999997 5567868.210000001, 379663.63999999966 5567869.59, 379701.9400000004 5567873.85, 379708 5567874.75, 379735.78000000026 5567879.359999999, 379738.3799999999 5567883.779999999, 379714.4000000004 5567953.630000001, 379725.71999999974 5567967.800000001, 379728.76999999955 5567980.98, 379711.0999999996 5567973.84, 379703.66000000015 5567970.84, 379695.53000000026 5567999.300000001, 379707.76999999955 5568004.42, 379708.61000000034 5568004.67, 379720.58999999985 5568008.27, 379724.9900000002 5568009.58, 379727.96999999974 5568010.48, 379744.3300000001 5568015.380000001, 379740.4400000004 5568030.9399999995, 379741.7400000002 5568029.529999999, 379740.5099999998 5568034.380000001, 379741.91000000015 5568038.029999999, 379752.88999999966 5568066.98, 379804.3700000001 5568202.6, 379801 5568202.82, 379801.08999999985 5568206.869999999, 379805.1799999997 5568211.470000001, 379794.41000000015 5568276.9399999995, 379780.11000000034 5568364.140000001, 379704.3499999996 5568372.550000001, 379698.3700000001 5568373.16, 379692.8200000003 5568373.800000001, 379693.4400000004 5568380.74, 379580.86000000034 5568551.640000001, 379553.9900000002 5568592.390000001, 379545.4199999999 5568604.57, 379542.20999999996 5568607.720000001, 379514.03000000026 5568635.5600000005, 379502.28000000026 5568647.16, 379493.1299999999 5568656.1899999995, 379484.8499999996 5568661.16, 379390.6799999997 5568689.550000001, 379384.5999999996 5568687.359999999, 379377.8300000001 5568688.449999999, 379375.8799999999 5568693.800000001, 379336.1200000001 5568704.859999999, 379218.76999999955 5568753.289999999, 379213.76999999955 5568754.77, 379196.4900000002 5568759.890000001, 379174.4500000002 5568766.43, 379165.76999999955 5568769.119999999, 379140.1900000004 5568776.970000001, 379102.1200000001 5568790.34, 379081.9299999997 5568807.029999999, 379067.86000000034 5568819.1899999995, 379055.8099999996 5568839.33, 379039.1699999999 5568882.76, 379026.73000000045 5568906.960000001, 378999.03000000026 5568960.779999999, 378977.3099999996 5568991.359999999, 378974.28000000026 5568995.369999999, 378955.4400000004 5569004.619999999, 378945.1799999997 5569003.960000001, 378905.5999999996 5568992.880000001, 378810.8300000001 5568966.34, 378801.0800000001 5568963.74, 378792.7599999998 5568969.26, 378757.45999999996 5568991.630000001, 378734.9900000002 5569000.16, 378707.04000000004 5569010.77, 378669.6699999999 5569024.970000001, 378608.3700000001 5569048.24, 378601.66000000015 5569047.300000001, 378529.83999999985 5568985.67, 378483.9500000002 5568946.3100000005, 378477.5 5568942.5, 378434.0499999998 5568916.84, 378432.11000000034 5568917.279999999, 378408.53000000026 5568903.75, 378400.7400000002 5568897.890000001, 378396.2000000002 5568894.470000001, 378393.13999999966 5568897.1, 378307.3799999999 5568929.029999999, 378312.33999999985 5568932.949999999, 378300.2400000002 5568953.779999999, 378286 5568978.32, 378274.9900000002 5568997.300000001, 378262.4400000004 5569018.9, 378222.38999999966 5569087.970000001, 378201.9900000002 5569123.119999999, 378195.61000000034 5569134.119999999, 378182.7599999998 5569156.26, 378177.7400000002 5569164.91, 378158.8300000001 5569197.5, 378145.16000000015 5569221.0600000005, 378136.23000000045 5569227.029999999, 378142.0700000003 5569229.369999999, 378153.0599999996 5569232.609999999, 378186.73000000045 5569256.289999999, 378214.01999999955 5569275.470000001, 378217.36000000034 5569277.82, 378284.1299999999 5569296.029999999, 378347.9299999997 5569321.1899999995, 378353.5800000001 5569323.42, 378360.0800000001 5569327.869999999, 378403.23000000045 5569378.74, 378370.3099999996 5569409.1, 378355.0499999998 5569423.1899999995, 378344.3099999996 5569433.140000001, 378326.86000000034 5569449.279999999, 378319.9299999997 5569449.01, 378302.83999999985 5569428.09, 378270.7999999998 5569388.83, 378270.3499999996 5569388.07)))</t>
   </si>
   <si>
     <t>https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=5709-401</t>
   </si>
   <si>
     <t>https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg5709-401</t>
   </si>
   <si>
-    <t>https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/vsg_sdb_5709-401.pdf</t>
+    <t>https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/vsg_sdb_5709-401.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -510,90 +510,90 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vogelschutzgebiet&amp;layers=vogelschutzgebiet&amp;qid=VSG-7000-015" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=5709-401" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg5709-401" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/vsg_sdb_5709-401.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vogelschutzgebiet&amp;layers=vogelschutzgebiet&amp;qid=VSG-7000-015" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=5709-401" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg5709-401" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/vsg_sdb_5709-401.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:X2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="36" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="6" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="22.5703125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="178.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="15.5703125" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="42.42578125" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="178" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="81.85546875" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="76.28515625" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="73.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -664,51 +664,51 @@
       <c r="E2" t="s">
         <v>27</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>28</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>29</v>
       </c>
       <c r="J2" t="s">
         <v>30</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>31</v>
       </c>
       <c r="N2">
         <v>109722</v>
       </c>
       <c r="O2" s="3">
-        <v>45973.3394118896</v>
+        <v>46045.55201761918</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2" t="s">
         <v>35</v>
       </c>
       <c r="T2" t="s">
         <v>36</v>
       </c>
       <c r="U2" t="s">
         <v>37</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>38</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>39</v>
       </c>