--- v0 (2025-11-09)
+++ v1 (2026-01-23)
@@ -132,51 +132,51 @@
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>Naturschutz</t>
   </si>
   <si>
     <t>Vogelschutzgebiet besonderer Bedeutung (EG)</t>
   </si>
   <si>
     <t>Natura 2000</t>
   </si>
   <si>
     <t>DE-5707-401</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((355702.5599999996 5564845.66, 355705.7999999998 5564839.26, 355707 5564836.890000001, 355713.21999999974 5564824.630000001, 355716.6299999999 5564817.91, 355721.9400000004 5564807.42, 355730.11000000034 5564791.33, 355734.26999999955 5564783.119999999, 355743.6900000004 5564764.539999999, 355749.0099999998 5564754.050000001, 355754.6299999999 5564742.970000001, 355756.11000000034 5564740.050000001, 355758.4199999999 5564734.85, 355762.4299999997 5564725.84, 355771.9400000004 5564704.470000001, 355776.63999999966 5564693.92, 355784.9199999999 5564675.300000001, 355785.8799999999 5564673.15, 355789.0499999998 5564663.4, 355792.6500000004 5564652.35, 355792.5499999998 5564650.98, 355791.0099999998 5564630.75, 355790.5 5564623.91, 355789.1299999999 5564605.890000001, 355788.54000000004 5564598.23, 355787.5499999998 5564585.02, 355786.8300000001 5564575.6, 355786.53000000026 5564571.52, 355787.11000000034 5564564.84, 355787.6900000004 5564558.039999999, 355788.7400000002 5564546.07, 355789.48000000045 5564537.539999999, 355790.3200000003 5564527.91, 355790.54000000004 5564525.43, 355790.20999999996 5564521.529999999, 355789.5599999996 5564513.960000001, 355789.2999999998 5564510.880000001, 355788.4900000002 5564501.43, 355787.20999999996 5564486.52, 355786.5999999996 5564479.359999999, 355785.5700000003 5564467.470000001, 355784.20999999996 5564451.67, 355783.5499999998 5564443.67, 355783.45999999996 5564442.5600000005, 355782.4400000004 5564431.050000001, 355780.6299999999 5564409.880000001, 355777.86000000034 5564377.609999999, 355776.5499999998 5564374.85, 355775.7000000002 5564373.07, 355775.26999999955 5564372.140000001, 355771.7400000002 5564364.720000001, 355765.5 5564351.58, 355758.9500000002 5564337.789999999, 355739.1200000001 5564295.99, 355747.4400000004 5564288.42, 355748.95999999996 5564287.199999999, 355759.70999999996 5564278.59, 355775.3200000003 5564274.050000001, 355786.9199999999 5564272.699999999, 355797.5599999996 5564271.470000001, 355808.6900000004 5564270.77, 355814.4500000002 5564270.4, 355823.48000000045 5564270.42, 355824.6299999999 5564270.51, 355833.5999999996 5564271.279999999, 355841.4000000004 5564274.82, 355845.8499999996 5564269.02, 355859.0099999998 5564272.5, 355860.96999999974 5564275.449999999, 355864.4299999997 5564271.43, 355872.5700000003 5564269.619999999, 355874.53000000026 5564264.52, 355876.9199999999 5564258.289999999, 355883.8300000001 5564258.279999999, 355884.0700000003 5564258.25, 355896.5099999998 5564259.27, 355907.41000000015 5564271.550000001, 355908.33999999985 5564271.9, 355910.4900000002 5564272.68, 355920.33999999985 5564276.279999999, 355944.9199999999 5564285.25, 355954.3200000003 5564296.039999999, 355956.8700000001 5564304.57, 355968.7999999998 5564323.1, 355974.8700000001 5564332.52, 355978.96999999974 5564338.84, 355985.38999999966 5564348.74, 355993.25 5564352.9399999995, 356037.2400000002 5564376.42, 356082.7400000002 5564400.73, 356088.70999999996 5564394.699999999, 356103.25 5564395.199999999, 356187.28000000026 5564398.1, 356193.88999999966 5564413.369999999, 356198.46999999974 5564423.9399999995, 356198.95999999996 5564425.07, 356201.0700000003 5564429.949999999, 356209.6799999997 5564449.82, 356218.61000000034 5564470.449999999, 356222.51999999955 5564479.460000001, 356230.1200000001 5564497.01, 356238.73000000045 5564516.9, 356239.21999999974 5564519.130000001, 356243.6299999999 5564538.949999999, 356245.8200000003 5564548.8100000005, 356258.23000000045 5564604.630000001, 356263.4900000002 5564604.710000001, 356314.5700000003 5564605.83, 356365.70999999996 5564606.949999999, 356367.1500000004 5564611.92, 356367.3099999996 5564612.449999999, 356363.58999999985 5564624.68, 356360.29000000004 5564635.52, 356356.48000000045 5564648.07, 356349.5499999998 5564670.91, 356347.6299999999 5564677.210000001, 356332.8799999999 5564725.77, 356328.4199999999 5564740.48, 356325.2599999998 5564751.960000001, 356322.11000000034 5564763.449999999, 356321.9199999999 5564764.16, 356317.9400000004 5564778.640000001, 356313.6799999997 5564794.210000001, 356311.2999999998 5564802.85, 356308.1299999999 5564814.42, 356301.71999999974 5564837.76, 356298.76999999955 5564848.5, 356294.28000000026 5564864.890000001, 356288.71999999974 5564885.140000001, 356230.13999999966 5564873.09, 356213.4000000004 5564869.640000001, 356202.66000000015 5564867.43, 356200.7000000002 5564867.029999999, 356194.8300000001 5564865.8100000005, 356193.41000000015 5564865.1, 356191.4400000004 5564868.539999999, 356188.73000000045 5564873.27, 356185.6299999999 5564878.68, 356181.71999999974 5564885.5, 356176.7599999998 5564890.24, 356171.46999999974 5564895.300000001, 356165.1200000001 5564901.380000001, 356158.21999999974 5564907.98, 356151.66000000015 5564914.26, 356139.1500000004 5564926.220000001, 356131.20999999996 5564933.289999999, 356123.3700000001 5564940.26, 356116.26999999955 5564946.58, 356110.3700000001 5564951.83, 356105.1200000001 5564956.51, 356102.8700000001 5564958.5, 356098.4500000002 5564962.4399999995, 356095.1500000004 5564971.48, 356092.7000000002 5564978.210000001, 356089.5999999996 5564986.699999999, 356082.8799999999 5565005.130000001, 356079.9500000002 5565013.16, 356075.1699999999 5565026.25, 356072.03000000026 5565034.880000001, 356069.8499999996 5565040.859999999, 356068.9000000004 5565052.0600000005, 356068.2999999998 5565059.050000001, 356068.1299999999 5565061.0600000005, 356068.1900000004 5565080.68, 356068.21999999974 5565090.27, 356068.2599999998 5565100.550000001, 356069.5800000001 5565125.609999999, 356071.6200000001 5565164.0600000005, 356070.63999999966 5565166.699999999, 356068.2999999998 5565173.0600000005, 356067.03000000026 5565174.130000001, 356061.79000000004 5565178.49, 356058.2000000002 5565181.48, 356054.28000000026 5565184.75, 356050.2000000002 5565188.140000001, 356033.03000000026 5565202.4399999995, 356028.83999999985 5565205.93, 356020.8300000001 5565212.609999999, 356013.4900000002 5565218.720000001, 356003.29000000004 5565227.220000001, 355996.88999999966 5565232.550000001, 355994.23000000045 5565234.76, 355989.03000000026 5565239.09, 355987.53000000026 5565240.35, 355981.7000000002 5565242.619999999, 355974.9299999997 5565243.65, 355967.83999999985 5565244.699999999, 355963.3700000001 5565245.369999999, 355959.4900000002 5565245.960000001, 355950.1799999997 5565247.35, 355949.25 5565247.49, 355933.8300000001 5565247.550000001, 355927.8099999996 5565247.57, 355926.16000000015 5565247.539999999, 355914.08999999985 5565247.6899999995, 355902.4299999997 5565247.83, 355885.5700000003 5565253.789999999, 355877.88999999966 5565256.380000001, 355874.70999999996 5565257.449999999, 355872.83999999985 5565257.75, 355864.7400000002 5565259.07, 355851.3300000001 5565261.25, 355839.5499999998 5565263.16, 355837.95999999996 5565262.960000001, 355814.11000000034 5565260.039999999, 355793.46999999974 5565257.51, 355791.54000000004 5565257.27, 355773.33999999985 5565255.029999999, 355770.04000000004 5565254.640000001, 355751.4500000002 5565249.470000001, 355722.6200000001 5565241.460000001, 355720.33999999985 5565240.82, 355699.3499999996 5565236.210000001, 355675.9500000002 5565231.07, 355674.3499999996 5565230.720000001, 355659.5700000003 5565221.74, 355634.6699999999 5565206.630000001, 355633.3700000001 5565205.859999999, 355606.51999999955 5565181.82, 355602.6299999999 5565178.34, 355591.28000000026 5565165.85, 355577.1900000004 5565150.34, 355576.11000000034 5565149.15, 355572.2000000002 5565144.85, 355568.0999999996 5565131.25, 355566.20999999996 5565124.98, 355563.5499999998 5565116.199999999, 355560.4900000002 5565106.07, 355558.53000000026 5565099.550000001, 355556.8099999996 5565093.85, 355552.16000000015 5565078.4399999995, 355551.41000000015 5565075.98, 355555.98000000045 5565066.470000001, 355561.6699999999 5565054.6, 355565.8499999996 5565045.91, 355568.45999999996 5565040.49, 355571.61000000034 5565033.93, 355576.46999999974 5565027.3100000005, 355584.51999999955 5565016.83, 355592.4400000004 5565006.539999999, 355594.3300000001 5565004.08, 355607.79000000004 5564986.5600000005, 355622.1699999999 5564967.84, 355652.03000000026 5564928.99, 355662.21999999974 5564913.460000001, 355672.6500000004 5564897.57, 355678.95999999996 5564887.960000001, 355684.8799999999 5564878.4, 355687.9299999997 5564872.779999999, 355690.0800000001 5564868.779999999, 355691.6200000001 5564865.93, 355697.04000000004 5564855.9, 355702.5599999996 5564845.66)))</t>
   </si>
   <si>
     <t>https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=5707-401</t>
   </si>
   <si>
     <t>https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg5707-401</t>
   </si>
   <si>
-    <t>https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/vsg_sdb_5707-401.pdf</t>
+    <t>https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/vsg_sdb_5707-401.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -510,90 +510,90 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vogelschutzgebiet&amp;layers=vogelschutzgebiet&amp;qid=VSG-7000-014" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=5707-401" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg5707-401" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/vsg_sdb_5707-401.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vogelschutzgebiet&amp;layers=vogelschutzgebiet&amp;qid=VSG-7000-014" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=5707-401" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg5707-401" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/vsg_sdb_5707-401.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:X2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="37" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="5" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="13.85546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="178.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="15.5703125" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="42.42578125" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="178" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="81.85546875" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="76.28515625" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="73.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -664,51 +664,51 @@
       <c r="E2" t="s">
         <v>27</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>28</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>29</v>
       </c>
       <c r="J2" t="s">
         <v>30</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>31</v>
       </c>
       <c r="N2">
         <v>109721</v>
       </c>
       <c r="O2" s="3">
-        <v>45970.98808751958</v>
+        <v>46045.45538733867</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2" t="s">
         <v>35</v>
       </c>
       <c r="T2" t="s">
         <v>36</v>
       </c>
       <c r="U2" t="s">
         <v>37</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>38</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>39</v>
       </c>