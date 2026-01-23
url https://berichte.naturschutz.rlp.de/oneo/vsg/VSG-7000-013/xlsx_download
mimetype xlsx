--- v0 (2025-11-08)
+++ v1 (2026-01-23)
@@ -132,51 +132,51 @@
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>Naturschutz</t>
   </si>
   <si>
     <t>Vogelschutzgebiet besonderer Bedeutung (EG)</t>
   </si>
   <si>
     <t>Natura 2000</t>
   </si>
   <si>
     <t>DE-5706-401</t>
   </si>
   <si>
     <t xml:space="preserve">MULTIPOLYGON (((338774.4400000004 5571410.289999999, 338790.0599999996 5571374.58, 338790.78000000026 5571373.26, 338792.8099999996 5571369.65, 338793.26999999955 5571368.800000001, 338793.9900000002 5571367.52, 338805.3300000001 5571342.82, 338825.26999999955 5571293.960000001, 338829.3700000001 5571284.17, 338830.73000000045 5571280.93, 338842.7000000002 5571252.300000001, 338844.2000000002 5571249.380000001, 338845.76999999955 5571246.33, 338846.36000000034 5571245.17, 338873.6200000001 5571181.050000001, 338883.78000000026 5571158.720000001, 338894.11000000034 5571136.109999999, 338902.5 5571122.67, 338904.63999999966 5571119.24, 338909.61000000034 5571111.27, 338924.4400000004 5571089.199999999, 338934.5099999998 5571071.58, 338940.8099999996 5571055.93, 338944.45999999996 5571039.77, 338944.8499999996 5571035.18, 338946.9299999997 5571010.220000001, 338948.5700000003 5570997.1, 338950.23000000045 5570983.789999999, 338955.26999999955 5570957.470000001, 338959.6500000004 5570940.050000001, 338961.20999999996 5570933.85, 338970.0999999996 5570908.029999999, 338980.76999999955 5570883.890000001, 338983.0599999996 5570878.6899999995, 339010.5700000003 5570823.35, 339022.5999999996 5570804.76, 339030.25 5570792.91, 339036 5570784.57, 339044.04000000004 5570772.93, 339045.1500000004 5570771.390000001, 339061.25 5570749.18, 339078.16000000015 5570724.01, 339096.83999999985 5570699.1899999995, 339109.08999999985 5570683.35, 339114.6200000001 5570676.210000001, 339142.54000000004 5570641.26, 339168.08999999985 5570607.65, 339173.9000000004 5570600.02, 339225.29000000004 5570530.16, 339239.6500000004 5570506.8100000005, 339244.1200000001 5570499.539999999, 339255.7400000002 5570481.92, 339262.9400000004 5570472.99, 339269.2000000002 5570466.67, 339270.98000000045 5570464.859999999, 339273.96999999974 5570462.67, 339278.9299999997 5570459.029999999, 339280.78000000026 5570457.66, 339294.3300000001 5570444.119999999, 339314.7999999998 5570423.3100000005, 339339.5700000003 5570400.09, 339353.91000000015 5570391.74, 339364.3300000001 5570385.68, 339371.95999999996 5570380.539999999, 339385.9199999999 5570371.119999999, 339399.23000000045 5570360.220000001, 339412.8700000001 5570345.57, 339423.9900000002 5570330.35, 339432.71999999974 5570313.16, 339440.75 5570292.98, 339445.5999999996 5570277.59, 339487.16000000015 5570266.73, 339496.8499999996 5570266.43, 339522.53000000026 5570271.199999999, 339531.78000000026 5570267.199999999, 339643.4000000004 5570216.07, 339775.04000000004 5570155.8100000005, 339797.53000000026 5570212.300000001, 339803.61000000034 5570227.5600000005, 339837.0700000003 5570281.859999999, 339835.6299999999 5570286.869999999, 339830.23000000045 5570289.470000001, 339828.6699999999 5570294.880000001, 339839.86000000034 5570298.48, 339854.70999999996 5570291.67, 340017.38999999966 5570217.119999999, 340038.51999999955 5570202.74, 340061.4500000002 5570185.25, 340074.98000000045 5570174.880000001, 340163.5499999998 5570107.08, 340296.0599999996 5570007.470000001, 340315.96999999974 5569998.470000001, 340340.0700000003 5569992.26, 340485.76999999955 5570103.84, 340507.33999999985 5570149.68, 340551.11000000034 5570201.380000001, 340552.8200000003 5570204.779999999, 340557.70999999996 5570203.289999999, 340621.4500000002 5570207.4399999995, 340649.11000000034 5570209.42, 340646.03000000026 5570256.92, 340642.29000000004 5570314.66, 340644.8700000001 5570319.1, 340647.79000000004 5570420.720000001, 340647.75 5570433.76, 340643.70999999996 5570590, 340638.9900000002 5570597.34, 340603.21999999974 5570650.279999999, 340572.3499999996 5570695.609999999, 340565.9900000002 5570702.119999999, 340568.4500000002 5570705.17, 340575.9299999997 5570705.59, 340606.1900000004 5570733.84, 340697.9299999997 5570819.380000001, 340700.78000000026 5570823.85, 340762.98000000045 5570810.859999999, 340770.45999999996 5570814.1, 340781.6900000004 5570830.01, 340803.1299999999 5570902.5600000005, 340809.04000000004 5570922.57, 340801.6699999999 5570945.3100000005, 340794.36000000034 5570950.98, 340777.04000000004 5570964.41, 340771.8499999996 5570975.48, 340725.4900000002 5570942.24, 340718.1200000001 5570936.949999999, 340679.58999999985 5570909.300000001, 340675.0800000001 5570903.109999999, 340667.54000000004 5570879.609999999, 340658.9900000002 5570852.9399999995, 340650.9400000004 5570850.65, 340615.5599999996 5570843.82, 340579.5499999998 5570826.140000001, 340567.21999999974 5570827.1, 340538.3799999999 5570842.1899999995, 340531.6200000001 5570842.970000001, 340529.21999999974 5570843.24, 340482.61000000034 5570830.720000001, 340433.4900000002 5570817.529999999, 340432.51999999955 5570812.17, 340424.51999999955 5570804.6899999995, 340372.0599999996 5570816.33, 340380.3099999996 5570821.76, 340390.5599999996 5570836.02, 340430.13999999966 5570891.119999999, 340432.1900000004 5570894.01, 340434.11000000034 5570898.279999999, 340450.76999999955 5570935.4, 340479.78000000026 5571000.02, 340487.4900000002 5571017.210000001, 340481.21999999974 5571073.4399999995, 340476.33999999985 5571117.949999999, 340470.28000000026 5571125.43, 340503.4299999997 5571170.279999999, 340521.6299999999 5571192.25, 340546.7000000002 5571220.83, 340559.6699999999 5571243.41, 340593.0599999996 5571312.3100000005, 340595.23000000045 5571316.779999999, 340620.5800000001 5571364.02, 340638.3300000001 5571396.140000001, 340646.2400000002 5571411.550000001, 340648.04000000004 5571415.09, 340711.2999999998 5571538.48, 340713.2400000002 5571542.289999999, 340718.4299999997 5571552.4, 340740.5800000001 5571595.609999999, 340742.1799999997 5571605.4399999995, 340733.1200000001 5571657.4, 340732.8300000001 5571673.25, 340735.96999999974 5571688.98, 340743.08999999985 5571724.58, 340747.8099999996 5571744.07, 340731.3099999996 5571722.83, 340721.9199999999 5571688.119999999, 340705.73000000045 5571657.32, 340691.79000000004 5571642.539999999, 340623.6299999999 5571599.359999999, 340608.58999999985 5571580.8100000005, 340601.8799999999 5571560.779999999, 340592.61000000034 5571552.8100000005, 340573.5499999998 5571545.529999999, 340543.7400000002 5571534.15, 340532.78000000026 5571529.970000001, 340527.6200000001 5571532.85, 340479.29000000004 5571522.630000001, 340450.1299999999 5571501.9, 340317.6200000001 5571450.98, 340262.5800000001 5571429.82, 340262.4500000002 5571430.300000001, 340254.21999999974 5571460.25, 340217.6299999999 5571453.16, 340206.79000000004 5571451.050000001, 340155.66000000015 5571442.16, 340002.41000000015 5571412.789999999, 339987.9000000004 5571410, 339934.51999999955 5571388.66, 339859.28000000026 5571358.58, 339849.23000000045 5571354.529999999, 339796.5499999998 5571333.449999999, 339794.91000000015 5571337.09, 339787.78000000026 5571333.65, 339779.38999999966 5571352.01, 339773.01999999955 5571377.640000001, 339774.38999999966 5571442.1, 339775.16000000015 5571445.76, 339780.6200000001 5571471.710000001, 339790.5700000003 5571519.050000001, 339798.6299999999 5571566.23, 339747.1900000004 5571574.75, 339758.4400000004 5571608.51, 339772.78000000026 5571662.390000001, 339774.4500000002 5571668.640000001, 339777.8300000001 5571678.609999999, 339802.03000000026 5571737.41, 339846.8099999996 5571792.83, 339886.4000000004 5571879.529999999, 339918.1799999997 5571949.800000001, 339940.8499999996 5572000.199999999, 339949.91000000015 5572020.32, 339948.96999999974 5572029.140000001, 339938.96999999974 5572123.5, 339937.73000000045 5572134.4399999995, 339925 5572139.460000001, 339892.2999999998 5572142.52, 339882.6500000004 5572139.93, 339861.13999999966 5572139.789999999, 339845.8300000001 5572144.41, 339816.9400000004 5572145.43, 339779.7599999998 5572142.83, 339742.7999999998 5572136.4, 339702.4199999999 5572130.699999999, 339631.5599999996 5572120.4, 339621.04000000004 5572118.869999999, 339559.2400000002 5572108.91, 339483.3799999999 5572095.609999999, 339410.96999999974 5572079.33, 339364.6799999997 5572064.67, 339306.29000000004 5572040.550000001, 339264.2000000002 5572023.15, 339230.76999999955 5572015.9, 339190.20999999996 5572007.73, 339186.1200000001 5572007.26, 339110.01999999955 5571999.3100000005, 339037.53000000026 5571994.390000001, 339031.1900000004 5571993.050000001, 339033.96999999974 5571988.76, 339026.8200000003 5571976.66, 338988.28000000026 5571898.449999999, 338965 5571843.960000001, 338968.08999999985 5571839.210000001, 338980.3099999996 5571820.380000001, 338992.2599999998 5571802, 338989.29000000004 5571799, 338972.4299999997 5571781.960000001, 338938.33999999985 5571747.49, 338926.61000000034 5571720.52, 338912.1200000001 5571666.119999999, 338911.0700000003 5571662.18, 338897.29000000004 5571667.48, 338888.45999999996 5571667.09, 338878.5599999996 5571666.65, 338845.96999999974 5571665.08, 338842.2400000002 5571664.84, 338840.01999999955 5571664.699999999, 338837.0800000001 5571664.51, 338855.45999999996 5571628.5, 338876.75 5571568.4, 338889.6299999999 5571532.0600000005, 338891.0700000003 5571528.27, 338882.6500000004 5571524.800000001, 338846.53000000026 5571509.85, 338816.33999999985 5571497.359999999, 338799.3799999999 5571490.369999999, 338748.5999999996 5571469.4399999995, 338774.4400000004 5571410.289999999)), ((334076.4000000004 5567001.65, 334047.38999999966 5566979.09, 334045.75 5566971.630000001, 334078.3200000003 5566907.42, 334128.53000000026 5566808.470000001, 334159.78000000026 5566746.880000001, 334178.1799999997 5566710.609999999, 334184.29000000004 5566695.83, 334183.88999999966 5566685.67, 334177.8799999999 5566699.9399999995, 334171.51999999955 5566702.140000001, 334063.3200000003 5566640.01, 334048.4299999997 5566632.460000001, 334043.58999999985 5566630, 334013.7999999998 5566616.300000001, 334007.13999999966 5566609.869999999, 333996.21999999974 5566586.32, 333889.75 5566538.66, 333862.29000000004 5566492.130000001, 333852.21999999974 5566475.07, 333842.11000000034 5566474.869999999, 333765.8099999996 5566473.3100000005, 333718.2599999998 5566528.4, 333711.2400000002 5566574.8100000005, 333567.61000000034 5566620.289999999, 333568.28000000026 5566615.91, 333560.83999999985 5566561.8100000005, 333557.25 5566565.109999999, 333525.13999999966 5566593, 333519.98000000045 5566593.970000001, 333509.9500000002 5566607.1, 333505.01999999955 5566612.49, 333482.01999999955 5566634, 333440.45999999996 5566665.49, 333425.5700000003 5566674.07, 333402.46999999974 5566681.17, 333388.75 5566681.58, 333388.8200000003 5566684.369999999, 333345.53000000026 5566693.92, 333338.9900000002 5566695.369999999, 333341.4000000004 5566731.890000001, 333337.2999999998 5566764.57, 333342.7000000002 5566777.26, 333347 5566779.9399999995, 333402.63999999966 5566814.85, 333421.5 5566814.09, 333427.63999999966 5566811.550000001, 333444.70999999996 5566804.49, 333493.4000000004 5566784.35, 333528.5599999996 5566772.6899999995, 333579.9299999997 5566759.84, 333588.54000000004 5566761.82, 333629.5700000003 5566797.109999999, 333637.29000000004 5566803.720000001, 333656.5 5566820.220000001, 333625.4500000002 5566922.65, 333572.9299999997 5566980.630000001, 333564.63999999966 5566985.15, 333477.6299999999 5567000.779999999, 333405.6699999999 5567013.710000001, 333398.75 5567009.9, 333389.2000000002 5567007.789999999, 333389.79000000004 5567017.15, 333385.8700000001 5567031.460000001, 333373.26999999955 5567077.32, 333369.86000000034 5567088.4, 333382.88999999966 5567215.460000001, 333451.2000000002 5567249.74, 333454.5800000001 5567253.42, 333526.6200000001 5567306.039999999, 333534.23000000045 5567313.460000001, 333557.45999999996 5567316.199999999, 333612.4500000002 5567347.460000001, 333634.25 5567351.33, 333608.8099999996 5567416.98, 333593.41000000015 5567404.84, 333563.25 5567381.07, 333495.4299999997 5567364.48, 333474.3099999996 5567362.65, 333472.6699999999 5567362.51, 333424.7000000002 5567358.34, 333412.83999999985 5567369.880000001, 333399.75 5567382.630000001, 333393.08999999985 5567382.4399999995, 333365.5999999996 5567377.210000001, 333367.3799999999 5567366.76, 333380.01999999955 5567292.65, 333297.1500000004 5567251.460000001, 333285.98000000045 5567302.73, 333282.0999999996 5567301.84, 333263.2400000002 5567297.779999999, 333166.0599999996 5567276.890000001, 333146.95999999996 5567272.82, 333104.2999999998 5567299.24, 333067.66000000015 5567315, 333025 5567316.449999999, 332998.3200000003 5567319.619999999, 332999.5700000003 5567309.84, 332991.08999999985 5567300.58, 332986.6200000001 5567286.51, 332990.71999999974 5567273.380000001, 333009.46999999974 5567244.8100000005, 333028.08999999985 5567216.43, 333052.6299999999 5567186.949999999, 333062.2599999998 5567155.789999999, 333057.1900000004 5567141.609999999, 333054.38999999966 5567133.800000001, 333030.2999999998 5567065.619999999, 333021.9000000004 5567066.119999999, 333008.4500000002 5567066.93, 332992.5599999996 5567046.470000001, 332988.6900000004 5567041.48, 332973.1500000004 5567030.289999999, 332958.21999999974 5567019.539999999, 332944.3799999999 5567009.57, 332929.8799999999 5566999.119999999, 332906.4400000004 5566982.24, 332891.9000000004 5566971.779999999, 332892.0499999998 5566944.34, 332814.41000000015 5566851.220000001, 332758.5599999996 5566741.92, 332738.0999999996 5566748.93, 332725.8099999996 5566753.15, 332718.5599999996 5566755.630000001, 332708.98000000045 5566758.91, 332689.5599999996 5566752.9399999995, 332682.5 5566750.77, 332675.28000000026 5566748.550000001, 332654.4000000004 5566742.130000001, 332647.5099999998 5566740.01, 332641.9900000002 5566738.32, 332635.75 5566736.390000001, 332632.1500000004 5566735.289999999, 332624.63999999966 5566734.84, 332612.29000000004 5566734.1, 332593.6799999997 5566732.99, 332585.9500000002 5566732.529999999, 332579.1299999999 5566732.119999999, 332574.88999999966 5566731.869999999, 332570.4000000004 5566731.6, 332566.0099999998 5566731.33, 332569.6900000004 5566716.84, 332547.7400000002 5566708.880000001, 332539.1200000001 5566705.76, 332507.36000000034 5566694.25, 332516.1500000004 5566669.789999999, 332529.1699999999 5566623.43, 332533.5 5566607.99, 332543.3700000001 5566590.67, 332554.01999999955 5566572.23, 332564.6799999997 5566553.779999999, 332566.6699999999 5566550.3100000005, 332574.25 5566537.130000001, 332579.46999999974 5566523.25, 332583.2999999998 5566513.039999999, 332586.91000000015 5566503.4399999995, 332593.23000000045 5566486.6, 332599.6500000004 5566469.640000001, 332600.9400000004 5566466.300000001, 332607.3099999996 5566449.18, 332612.4199999999 5566435.66, 332617.5099999998 5566422.15, 332623.8799999999 5566405.210000001, 332629.98000000045 5566389.01, 332746.48000000045 5566327.74, 332763.0800000001 5566319.02, 332763.11000000034 5566318.949999999, 332771.6500000004 5566319.380000001, 332788.4400000004 5566320.58, 332813.95999999996 5566324.140000001, 332834.83999999985 5566329.66, 332839.8300000001 5566330.98, 332843.75 5566331.859999999, 332846.29000000004 5566332.539999999, 332856.83999999985 5566334.82, 332857.1299999999 5566333.5600000005, 332864.96999999974 5566335.57, 332866.5 5566335.970000001, 332892.3300000001 5566342.6, 332899.5499999998 5566344.449999999, 332915.88999999966 5566349.289999999, 332938.0700000003 5566362.0600000005, 332955.38999999966 5566372.039999999, 332978.2999999998 5566385.23, 332980.4500000002 5566386.6899999995, 332993.5499999998 5566395.82, 333017.6500000004 5566407.6, 333035.63999999966 5566419.08, 333048.13999999966 5566428.869999999, 333054.0099999998 5566433.32, 333069.45999999996 5566450.6, 333077.8799999999 5566459.49, 333085.95999999996 5566468.01, 333096.63999999966 5566474.1899999995, 333119 5566487.1, 333129.25 5566490.220000001, 333161.95999999996 5566500.15, 333172.1200000001 5566507.18, 333201.3200000003 5566513.35, 333218.4000000004 5566516.93, 333225.58999999985 5566521, 333243.03000000026 5566515.8100000005, 333246.0700000003 5566514.9, 333246.8200000003 5566516.130000001, 333249.3099999996 5566520.15, 333261.76999999955 5566516.880000001, 333266.5499999998 5566517.119999999, 333266.51999999955 5566518.800000001, 333266.28000000026 5566528.970000001, 333305.9199999999 5566545.789999999, 333305.9199999999 5566545.92, 333327.0999999996 5566546.82, 333480.5800000001 5566553.4399999995, 333494.25 5566554.029999999, 333495.78000000026 5566508.210000001, 333496.9900000002 5566495.43, 333504.29000000004 5566484.07, 333540.98000000045 5566478.960000001, 333573.5999999996 5566466.5600000005, 333582.5099999998 5566463.17, 333690.38999999966 5566429.859999999, 333705.5800000001 5566425.18, 333762.76999999955 5566402.26, 333761.58999999985 5566394.23, 333760.38999999966 5566385.92, 333759.20999999996 5566377.75, 333757.6900000004 5566367.279999999, 333755.66000000015 5566352.92, 333763.03000000026 5566339.880000001, 333769.03000000026 5566339.09, 333768.6699999999 5566333.869999999, 333792.88999999966 5566334.710000001, 333817.1299999999 5566335.5600000005, 333816.0599999996 5566321.92, 333832.38999999966 5566322.48, 333830.3700000001 5566303.449999999, 333830.41000000015 5566302.82, 333831.3200000003 5566283.52, 333831.58999999985 5566277.77, 333833.8499999996 5566244.43, 333884.6299999999 5566264.92, 333902.7400000002 5566270.77, 333925.9199999999 5566278.25, 333953.9400000004 5566287.289999999, 333967.3700000001 5566285.539999999, 333970.3200000003 5566285.16, 333973.75 5566284.710000001, 334008.0800000001 5566280.25, 334044.29000000004 5566275.539999999, 334073.9199999999 5566272, 334100.6500000004 5566268.789999999, 334116.4299999997 5566266.91, 334116.0599999996 5566252.210000001, 334134.0099999998 5566249.24, 334151.9299999997 5566249.050000001, 334165.6299999999 5566253.449999999, 334178.0599999996 5566260.48, 334188.26999999955 5566269.58, 334205.78000000026 5566300.050000001, 334211.9400000004 5566325.75, 334215.8200000003 5566323.26, 334230.51999999955 5566351.82, 334254.6500000004 5566379.6899999995, 334294.7400000002 5566410.1, 334318.53000000026 5566430.93, 334339.21999999974 5566473.01, 334378.9299999997 5566519.720000001, 334383.0499999998 5566554.449999999, 334390.8300000001 5566577.35, 334390.96999999974 5566625.93, 334395.3499999996 5566641.8100000005, 334406.5800000001 5566658.6899999995, 334420.71999999974 5566670.960000001, 334441 5566683.8100000005, 334462.2000000002 5566691.3100000005, 334482.3499999996 5566704.789999999, 334495.46999999974 5566708.359999999, 334499.6200000001 5566717.130000001, 334510.6500000004 5566721.34, 334513.5999999996 5566738.220000001, 334530.16000000015 5566752.15, 334535.4299999997 5566756.550000001, 334547.95999999996 5566763.529999999, 334558.54000000004 5566769.640000001, 334561.20999999996 5566770.24, 334576.36000000034 5566774.33, 334614.79000000004 5566784.9, 334634.45999999996 5566792.449999999, 334632.8300000001 5566795, 334625.46999999974 5566799.6, 334616.03000000026 5566806.449999999, 334590.5099999998 5566804.48, 334582.46999999974 5566823.369999999, 334600.7400000002 5566830.869999999, 334671.29000000004 5566840.48, 334670.1799999997 5566850.17, 334703.28000000026 5566861.59, 334711.1900000004 5566870.390000001, 334722.7999999998 5566869.09, 334740.28000000026 5566863.41, 334772.58999999985 5566876.35, 334774.2400000002 5566874.6899999995, 334809.3300000001 5566878.630000001, 334848.75 5566894.27, 334854.20999999996 5566895.27, 334861.03000000026 5566899.49, 334862.95999999996 5566900.68, 334873.9400000004 5566907.470000001, 334882.8300000001 5566912.960000001, 334893.48000000045 5566930.43, 334908.63999999966 5566947.039999999, 334927.23000000045 5566971.720000001, 334938.78000000026 5566985.25, 334941.7400000002 5566988.720000001, 334945.1299999999 5567009.67, 334960.1200000001 5567049.630000001, 334967.7999999998 5567086.470000001, 334962.11000000034 5567092.16, 334956.4199999999 5567093.949999999, 334907.6500000004 5567063.82, 334904.5 5567065.039999999, 334893.63999999966 5567069.210000001, 334886.73000000045 5567075.130000001, 334880.6299999999 5567085.24, 334862.5999999996 5567125.529999999, 334844.2000000002 5567149.550000001, 334839.9400000004 5567155.050000001, 334830.21999999974 5567169.210000001, 334820.1900000004 5567182.960000001, 334819.0099999998 5567186.640000001, 334812.23000000045 5567207.76, 334803.54000000004 5567240.4, 334801.48000000045 5567258.07, 334801.11000000034 5567277.449999999, 334803.4500000002 5567290.9, 334808.8700000001 5567322, 334806.1799999997 5567323, 334789.88999999966 5567297.1, 334777.4500000002 5567287.449999999, 334772.3200000003 5567290.890000001, 334766.86000000034 5567297.02, 334769.6900000004 5567304.01, 334769.9000000004 5567312.17, 334781.3499999996 5567332.9, 334784.8700000001 5567348.699999999, 334785.71999999974 5567361.33, 334781.4199999999 5567394.58, 334785.70999999996 5567410.85, 334784.0800000001 5567426.029999999, 334774.78000000026 5567436.43, 334772.41000000015 5567437.67, 334762.58999999985 5567448.43, 334754.79000000004 5567467.470000001, 334752.4500000002 5567481.880000001, 334764.4000000004 5567508.49, 334801.04000000004 5567563.109999999, 334802.75 5567565.710000001, 334805.1500000004 5567568.91, 334810.58999999985 5567576.23, 334816.73000000045 5567584.470000001, 334846.78000000026 5567635.48, 334851.23000000045 5567658.9, 334851.71999999974 5567669.289999999, 334833.7000000002 5567655.26, 334819.0700000003 5567651.49, 334764.7400000002 5567658.34, 334756.1200000001 5567658.15, 334734.36000000034 5567657.6899999995, 334695.2999999998 5567643.98, 334673.0499999998 5567636.16, 334648.25 5567629.210000001, 334622.0499999998 5567623.52, 334617.7599999998 5567623.109999999, 334595.6200000001 5567620.93, 334587.1500000004 5567621.52, 334564.3300000001 5567623.109999999, 334539.5800000001 5567628.25, 334531.2000000002 5567630.43, 334519.3099999996 5567633.51, 334514.6200000001 5567635.4, 334490.7400000002 5567644.93, 334465.08999999985 5567657.5, 334462.3099999996 5567658.58, 334438.29000000004 5567667.9, 334424.01999999955 5567673.42, 334383.03000000026 5567682.140000001, 334361.26999999955 5567686.42, 334319.5800000001 5567690.390000001, 334312.83999999985 5567688.1, 334308.3300000001 5567682.49, 334296.2599999998 5567634.59, 334294.6699999999 5567628.289999999, 334289.2000000002 5567607.08, 334271.9500000002 5567538.43, 334266.23000000045 5567503.380000001, 334266.83999999985 5567474.779999999, 334266.9299999997 5567470.49, 334272.7599999998 5567385.449999999, 334274.9900000002 5567353.0600000005, 334272.28000000026 5567336.140000001, 334241.0599999996 5567279.300000001, 334231.1900000004 5567267.130000001, 334218.53000000026 5567258.41, 334187.61000000034 5567246.3100000005, 334175.1900000004 5567238.07, 334165.75 5567228.59, 334162.46999999974 5567178.119999999, 334158.1500000004 5567160.1899999995, 334087.1799999997 5567011.67, 334076.4000000004 5567001.65)), ((334218.4299999997 5570094.85, 334209.4199999999 5570099.359999999, 334173.6699999999 5570109.65, 334136.11000000034 5570100.130000001, 334112.0999999996 5570099.140000001, 334084.73000000045 5570107.140000001, 334083.25 5570104.51, 334145.01999999955 5570036.380000001, 334208.16000000015 5570003.07, 334230.66000000015 5569989.57, 334238.61000000034 5569984.789999999, 334251.63999999966 5569976.98, 334301.2400000002 5569947.1899999995, 334362.3799999999 5569910.48, 334364.96999999974 5569908.92, 334369.7999999998 5569906.119999999, 334374.8300000001 5569903.220000001, 334372.8300000001 5569899.75, 334366.91000000015 5569898.57, 334346.03000000026 5569871.5, 334343.4299999997 5569868.130000001, 334322.98000000045 5569844.65, 334303.6500000004 5569814.32, 334283.66000000015 5569782.960000001, 334263.8099999996 5569762.08, 334245.4000000004 5569742.710000001, 334202.54000000004 5569697.630000001, 334199.9299999997 5569700.52, 334104.1500000004 5569598.07, 334036.0800000001 5569525.42, 334029.2000000002 5569517.98, 334034.8700000001 5569511.07, 334055.88999999966 5569484.49, 334073.3499999996 5569459.369999999, 334085.11000000034 5569449.789999999, 334102.4199999999 5569422.6, 334113.1900000004 5569395.23, 334125.41000000015 5569366.17, 334139.4500000002 5569332.92, 334147.0499999998 5569308.83, 334154.0099999998 5569279.970000001, 334158.4900000002 5569261.93, 334165.0800000001 5569236.119999999, 334172.98000000045 5569203.039999999, 334178.2000000002 5569164.880000001, 334182.88999999966 5569135.859999999, 334189.41000000015 5569112.02, 334191.5099999998 5569090.68, 334194.5700000003 5569079.85, 334201.13999999966 5569063.59, 334206.8099999996 5569037.779999999, 334212.66000000015 5569014.800000001, 334217.0499999998 5569004.619999999, 334219.5499999998 5568991.08, 334217.48000000045 5568963.359999999, 334224.5999999996 5568935.09, 334233.96999999974 5568910.140000001, 334249.3200000003 5568883.49, 334266.45999999996 5568856.23, 334282.63999999966 5568833.68, 334315.6699999999 5568808.6899999995, 334318.53000000026 5568815.380000001, 334331.75 5568811.390000001, 334413.2599999998 5568766.1899999995, 334442.21999999974 5568756.26, 334504.4400000004 5568741.8100000005, 334575.5800000001 5568731.84, 334614.0599999996 5568731.539999999, 334629.96999999974 5568732.77, 334650.6799999997 5568733.98, 334733.76999999955 5568759.42, 334764.29000000004 5568787.859999999, 334800.26999999955 5568847.210000001, 334778.2000000002 5568907.720000001, 334776.4900000002 5568912.41, 334801.5800000001 5568952.539999999, 334833 5568991.779999999, 334896.63999999966 5569071.27, 334881.9900000002 5569105.9, 334869.01999999955 5569136.619999999, 334858.3300000001 5569161.9, 334846.8300000001 5569176.550000001, 334836.4000000004 5569189.85, 334828.23000000045 5569195.07, 334835.1299999999 5569198.92, 334841.2400000002 5569202.32, 334863.75 5569214.890000001, 334919.6200000001 5569236.039999999, 334992.33999999985 5569259.130000001, 334997.73000000045 5569264.07, 335015.9400000004 5569310.73, 335015.61000000034 5569321.529999999, 334997.5599999996 5569356.949999999, 334949.7599999998 5569430.01, 334955.96999999974 5569477.130000001, 334965.1299999999 5569499.220000001, 334964.4299999997 5569506.67, 334961.1299999999 5569513, 334954.23000000045 5569515.07, 334951.83999999985 5569519.470000001, 334972.5099999998 5569530.73, 334975.45999999996 5569535.4399999995, 334974.46999999974 5569541.359999999, 334970.1500000004 5569545.42, 334950.6299999999 5569545.24, 334937.3799999999 5569547.949999999, 334917.1200000001 5569562.050000001, 334887.91000000015 5569614.84, 334881.86000000034 5569631.23, 334878.9500000002 5569656.460000001, 334877.0700000003 5569672.710000001, 334863.16000000015 5569686.57, 334853.4299999997 5569690.35, 334827.4900000002 5569700.42, 334824.13999999966 5569701.720000001, 334776.46999999974 5569773.449999999, 334771.91000000015 5569774.49, 334770.7999999998 5569774.74, 334769.7599999998 5569778.199999999, 334770.2999999998 5569783.0600000005, 334773.2599999998 5569784.91, 334794.0700000003 5569795.15, 334840.29000000004 5569820.779999999, 334851.8300000001 5569831.76, 334856.7400000002 5569843.640000001, 334861.3700000001 5569927.279999999, 334852.76999999955 5569938.51, 334816.5800000001 5569917.0600000005, 334816.9900000002 5569924.35, 334821.8300000001 5570008.27, 334825.6699999999 5570074.82, 334823.58999999985 5570078.3100000005, 334821.96999999974 5570077.960000001, 334809.13999999966 5570075.23, 334780.8300000001 5570069.1899999995, 334762.66000000015 5570065.32, 334739.5599999996 5570060.4, 334710.13999999966 5570054.130000001, 334691.01999999955 5570050.039999999, 334645.41000000015 5570040.32, 334642.1299999999 5570039.630000001, 334641.08999999985 5570039.4, 334654.1900000004 5569995.99, 334666.0599999996 5569975, 334663.66000000015 5569974.48, 334656.36000000034 5569972.369999999, 334645.3799999999 5569981.76, 334642.3499999996 5569984.35, 334628.11000000034 5570035.699999999, 334620.51999999955 5570064.25, 334619.9500000002 5570066.43, 334607.70999999996 5570094.99, 334600.8200000003 5570101.359999999, 334573.20999999996 5570109.130000001, 334528.0999999996 5570111.359999999, 334460.1699999999 5570086.48, 334427.23000000045 5570063.970000001, 334388.95999999996 5570051.050000001, 334385.04000000004 5570050.6899999995, 334373.33999999985 5570049.65, 334366.2599999998 5570049.01, 334316.33999999985 5570073.4399999995, 334297.4500000002 5570072.98, 334263.6699999999 5570072.16, 334218.4299999997 5570094.85)), ((340338.16000000015 5562453.35, 340316.0099999998 5562437.4, 340311.6200000001 5562434.24, 340301.95999999996 5562429.279999999, 340291.96999999974 5562424.27, 340248.6900000004 5562402.550000001, 340228.70999999996 5562392.51, 340200.25 5562389.83, 340187.83999999985 5562388.66, 340120.86000000034 5562382.34, 340106.1699999999 5562379.48, 340047.76999999955 5562344.220000001, 340039.70999999996 5562339.359999999, 340011.23000000045 5562346.369999999, 340042.6500000004 5562297.08, 340044.46999999974 5562292.3100000005, 340033.5099999998 5562288.210000001, 339920.5099999998 5562245.859999999, 339896.4900000002 5562232.380000001, 339932.5800000001 5562224.619999999, 339935.79000000004 5562220.720000001, 339956.58999999985 5562195.42, 339943.88999999966 5562166.5, 339948.7000000002 5562107.890000001, 339944.8300000001 5562098.6899999995, 339939.91000000015 5562101.24, 339889.4299999997 5562077.92, 339886.6900000004 5562071.16, 339879.79000000004 5562054.1, 339838.2400000002 5561938.59, 339831.03000000026 5561937.6899999995, 339827.0999999996 5561928.65, 339827.76999999955 5561854.960000001, 339835.2599999998 5561843.039999999, 339849.75 5561833.1899999995, 339878.8499999996 5561832.119999999, 339896.6900000004 5561825.59, 339909.28000000026 5561815.640000001, 339917.9900000002 5561801.390000001, 339917.75 5561784.85, 339909.9400000004 5561746.65, 339908.3200000003 5561727.789999999, 339913.04000000004 5561715.640000001, 339931.9400000004 5561693.640000001, 339953.25 5561676.91, 339965.1900000004 5561662.9, 339959.7400000002 5561651.67, 339955.5800000001 5561632.460000001, 339958.7000000002 5561621.029999999, 339978.3200000003 5561590.630000001, 340024.6900000004 5561504.58, 340029.0599999996 5561504.26, 340036.70999999996 5561503.699999999, 340034.61000000034 5561499.0600000005, 340031.0499999998 5561495, 340037.9000000004 5561440.52, 340041.33999999985 5561428.66, 340045.2000000002 5561415.35, 340062.6500000004 5561394.199999999, 340073.21999999974 5561381.4, 340070.0700000003 5561378.800000001, 340034.6500000004 5561338.550000001, 340012.36000000034 5561308.76, 340015.0099999998 5561301.41, 340022.7400000002 5561295.8100000005, 340039.9400000004 5561291.83, 340044.1500000004 5561284.859999999, 340053.76999999955 5561268.93, 340059.7599999998 5561259.01, 340066.20999999996 5561256.09, 340062.6699999999 5561241.85, 340081.88999999966 5561225.390000001, 340106.96999999974 5561204.130000001, 340107.8099999996 5561203.4, 340118.8300000001 5561193.92, 340122.70999999996 5561190.57, 340119.21999999974 5561184.5600000005, 340112.83999999985 5561173.52, 340105.4400000004 5561160.75, 340102.13999999966 5561155.039999999, 340094.8700000001 5561142.460000001, 340082.36000000034 5561120.84, 340084.0800000001 5561113.640000001, 340129.8200000003 5561087.42, 340153.36000000034 5561073.92, 340163.5599999996 5561067.91, 340167 5561065.92, 340211.1699999999 5561040.449999999, 340251.9199999999 5560997.57, 340300.6900000004 5560956.52, 340333.7599999998 5560937.85, 340358.4000000004 5560923.93, 340372.5800000001 5560918.140000001, 340445.53000000026 5560894.6, 340449.08999999985 5560893.449999999, 340528.2599999998 5560867.960000001, 340532.0099999998 5560866.74, 340622.7999999998 5560837.5, 340656.3099999996 5560826.710000001, 340652.01999999955 5560844.27, 340647.75 5560861.84, 340641.79000000004 5560886.289999999, 340639.9199999999 5560893.960000001, 340644.0999999996 5560907.15, 340665.3200000003 5560974.02, 340664.75 5561089.789999999, 340664.73000000045 5561093.529999999, 340664.66000000015 5561108.68, 340671.6200000001 5561130.4, 340677.28000000026 5561148.07, 340694.0800000001 5561200.48, 340694.20999999996 5561211.08, 340659.58999999985 5561274.619999999, 340672.3099999996 5561317.91, 340670.1299999999 5561319.630000001, 340668.5599999996 5561322.6899999995, 340671.0999999996 5561324.300000001, 340672.48000000045 5561328.710000001, 340675.70999999996 5561329.93, 340676.66000000015 5561327.8100000005, 340698.13999999966 5561339.279999999, 340699.3300000001 5561339.93, 340718.04000000004 5561349.91, 340735.16000000015 5561359.02, 340769.70999999996 5561377.4, 340769.91000000015 5561379.48, 340780.7400000002 5561379.52, 340787.9199999999 5561387.32, 340790.13999999966 5561392.52, 340792.7000000002 5561399.359999999, 340754.0700000003 5561400.83, 340723.4500000002 5561420.960000001, 340700.3499999996 5561443.300000001, 340681.95999999996 5561444.34, 340639.4000000004 5561435.109999999, 340635.4400000004 5561434.25, 340574.1799999997 5561420.970000001, 340540.0700000003 </t>
   </si>
   <si>
     <t>https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=5706-401</t>
   </si>
   <si>
     <t>https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg5706-401</t>
   </si>
   <si>
-    <t>https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/vsg_sdb_5706-401.pdf</t>
+    <t>https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/vsg_sdb_5706-401.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -510,90 +510,90 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vogelschutzgebiet&amp;layers=vogelschutzgebiet&amp;qid=VSG-7000-013" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=5706-401" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg5706-401" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/vsg_sdb_5706-401.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vogelschutzgebiet&amp;layers=vogelschutzgebiet&amp;qid=VSG-7000-013" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=5706-401" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg5706-401" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/vsg_sdb_5706-401.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:X2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="35.7109375" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="7" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="12.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="178.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="15.5703125" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="42.42578125" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="178" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="81.85546875" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="76.28515625" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="73.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -664,51 +664,51 @@
       <c r="E2" t="s">
         <v>27</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>28</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>29</v>
       </c>
       <c r="J2" t="s">
         <v>30</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>31</v>
       </c>
       <c r="N2">
         <v>109720</v>
       </c>
       <c r="O2" s="3">
-        <v>45969.47773868014</v>
+        <v>46045.55054435527</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2" t="s">
         <v>35</v>
       </c>
       <c r="T2" t="s">
         <v>36</v>
       </c>
       <c r="U2" t="s">
         <v>37</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>38</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>39</v>
       </c>