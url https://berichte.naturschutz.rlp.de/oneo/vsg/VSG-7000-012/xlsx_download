--- v0 (2025-11-09)
+++ v1 (2026-01-23)
@@ -132,51 +132,51 @@
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>Naturschutz</t>
   </si>
   <si>
     <t>Vogelschutzgebiet besonderer Bedeutung (EG)</t>
   </si>
   <si>
     <t>Natura 2000</t>
   </si>
   <si>
     <t>DE-5611-401</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((403661.9199999999 5577593.3100000005, 403653.1699999999 5577604.82, 403627.45999999996 5577626.83, 403603.21999999974 5577643.710000001, 403574.0800000001 5577663.65, 403537.75 5577689.27, 403502.01999999955 5577710.27, 403447.63999999966 5577740.58, 403413.0599999996 5577769.6899999995, 403364.11000000034 5577802.49, 403335.9000000004 5577828.050000001, 403310.04000000004 5577846.99, 403268.04000000004 5577874.01, 403185.5800000001 5577885.5, 403096.03000000026 5577905.66, 403031.8200000003 5577939.869999999, 403007.9500000002 5577947.720000001, 402977.3200000003 5577961.92, 402964.9299999997 5577972.16, 402952.7999999998 5577982.140000001, 402918.7999999998 5577967.890000001, 402896.54000000004 5577944.57, 402887.1200000001 5577933.529999999, 402882.70999999996 5577928.380000001, 402875.75 5577938.65, 402858.26999999955 5577954.27, 402848.8300000001 5577961.26, 402839.1900000004 5577966.59, 402833.33999999985 5577968.380000001, 402831.4400000004 5577968.970000001, 402825.53000000026 5577968.960000001, 402820.88999999966 5577968.029999999, 402816.28000000026 5577967.109999999, 402799.9500000002 5577962.16, 402784.9199999999 5577957.609999999, 402780.1299999999 5577956.16, 402763.0700000003 5577951, 402745.3300000001 5577945.619999999, 402711.45999999996 5577935.359999999, 402702.6299999999 5577932.34, 402670.5800000001 5577921.33, 402627.4900000002 5577903.91, 402609.21999999974 5577899.34, 402602.7400000002 5577897.73, 402595.4299999997 5577895.91, 402593.1200000001 5577895.33, 402583.1299999999 5577889.9399999995, 402581.9299999997 5577889.300000001, 402568.2999999998 5577882.8100000005, 402556.5 5577877.1899999995, 402549.75 5577873.99, 402545.25 5577869.890000001, 402538.96999999974 5577864.1899999995, 402532.66000000015 5577858.48, 402525.83999999985 5577852.289999999, 402517.91000000015 5577845.08, 402516.8200000003 5577844.1, 402508.9500000002 5577836.779999999, 402496.76999999955 5577825.470000001, 402491.0700000003 5577817.630000001, 402468.75 5577786.949999999, 402455.0599999996 5577767.949999999, 402424.9900000002 5577734.27, 402387.96999999974 5577698.76, 402373.4299999997 5577684.82, 402338.7000000002 5577654.199999999, 402325.3300000001 5577639.119999999, 402325.95999999996 5577632.67, 402323.8200000003 5577630.52, 402315.2400000002 5577621.91, 402309.6699999999 5577616.3100000005, 402303.9199999999 5577618.49, 402292.4199999999 5577622.869999999, 402281.7599999998 5577622.23, 402273.0499999998 5577625.050000001, 402250.61000000034 5577600.630000001, 402246.9199999999 5577598.17, 402238.1500000004 5577592.33, 402234.7400000002 5577579.9399999995, 402236 5577576.09, 402233.3499999996 5577570.74, 402232.28000000026 5577573.9, 402230.5599999996 5577570.470000001, 402229.2999999998 5577567.960000001, 402226.1200000001 5577561.619999999, 402217.2400000002 5577550.82, 402211.86000000034 5577544.289999999, 402198.0800000001 5577527.539999999, 402198.5 5577527.02, 402164.21999999974 5577485.359999999, 402157.5499999998 5577477.25, 402147.9900000002 5577466.789999999, 402143.8799999999 5577462.32, 402113.5800000001 5577421.949999999, 402108.5499999998 5577415.25, 402103.33999999985 5577408.32, 402086.61000000034 5577402.35, 402059.9500000002 5577375.050000001, 402034.3499999996 5577345.3100000005, 402023.29000000004 5577330.800000001, 402014.1299999999 5577330.41, 402009.88999999966 5577330.23, 402003.11000000034 5577324.32, 402001.7999999998 5577323.1899999995, 401997.4400000004 5577319.390000001, 401994.7999999998 5577317.1, 401985.79000000004 5577309.24, 401975.83999999985 5577292.859999999, 401938.01999999955 5577251.59, 401897.4400000004 5577203.640000001, 401885.8200000003 5577188.699999999, 401862.88999999966 5577159.24, 401844.98000000045 5577128.640000001, 401841.4500000002 5577110.390000001, 401820.9500000002 5577067.300000001, 401814.86000000034 5577051.279999999, 401804.7400000002 5577025, 401803.3200000003 5577021.300000001, 401778.2400000002 5576967.42, 401758.75 5576916.35, 401758.5499999998 5576915.800000001, 401756.78000000026 5576899.09, 401754.1699999999 5576874.449999999, 401769.3499999996 5576840.539999999, 401774.0800000001 5576829.99, 401790.6799999997 5576809.390000001, 401788.0499999998 5576805.699999999, 401773.26999999955 5576784.9399999995, 401751.3200000003 5576761.1899999995, 401750.7000000002 5576760.52, 401747.20999999996 5576762.710000001, 401738.4000000004 5576768.26, 401730.5700000003 5576766.380000001, 401725.86000000034 5576765.26, 401720.78000000026 5576763.93, 401715.91000000015 5576762.970000001, 401711 5576762.23, 401705.45999999996 5576748.18, 401696.76999999955 5576728.66, 401684.3099999996 5576706.4399999995, 401671.71999999974 5576688.26, 401666.6900000004 5576681.300000001, 401659.6299999999 5576670.15, 401653.3300000001 5576660.16, 401641.54000000004 5576645.57, 401629.8300000001 5576633.619999999, 401616.95999999996 5576621.35, 401608.3799999999 5576613.68, 401603.96999999974 5576609.83, 401594.1299999999 5576602.5600000005, 401579.8799999999 5576592.8100000005, 401566.5 5576584.550000001, 401548.5999999996 5576574.35, 401531.5999999996 5576565.42, 401524.48000000045 5576561.82, 401519.1900000004 5576559, 401514.26999999955 5576555.609999999, 401510.7999999998 5576552.41, 401506.3799999999 5576547.300000001, 401501.7400000002 5576541.380000001, 401498.46999999974 5576536.050000001, 401495.1900000004 5576529.859999999, 401493.3499999996 5576525.699999999, 401491.1200000001 5576519.5, 401489.3799999999 5576514.279999999, 401488.4000000004 5576509.699999999, 401487.04000000004 5576504.58, 401485.5700000003 5576500.6899999995, 401482.6500000004 5576495.220000001, 401479.0700000003 5576490.33, 401475.3099999996 5576486.52, 401471.75 5576483.75, 401467.1299999999 5576481.539999999, 401465.8200000003 5576481.1, 401460.91000000015 5576479.9, 401455.9199999999 5576479.08, 401450.7599999998 5576479.220000001, 401445.63999999966 5576479.91, 401440.6200000001 5576481.119999999, 401404.7400000002 5576492.26, 401398.0800000001 5576494.1899999995, 401391.3099999996 5576495.609999999, 401387.33999999985 5576496.130000001, 401383.33999999985 5576496.35, 401380.23000000045 5576495.74, 401377.3200000003 5576494.51, 401374.71999999974 5576492.699999999, 401369.8499999996 5576487.23, 401369 5576484.74, 401384.8099999996 5576490.220000001, 401405.2599999998 5576479.539999999, 401451.78000000026 5576454.5600000005, 401442.8799999999 5576442.119999999, 401407.51999999955 5576424.23, 401395.0999999996 5576404.869999999, 401393.5 5576402.380000001, 401388.20999999996 5576394.119999999, 401366.2400000002 5576357.609999999, 401363.4299999997 5576347.07, 401361.4299999997 5576339.550000001, 401359.63999999966 5576303.5, 401355.95999999996 5576281.84, 401351.7599999998 5576273.369999999, 401351.0999999996 5576272.029999999, 401350.25 5576270.32, 401348.51999999955 5576266.82, 401335.9299999997 5576241.43, 401339.5099999998 5576214.52, 401326.5700000003 5576162.76, 401326.1799999997 5576156.25, 401324.5499999998 5576129.01, 401324 5576119.83, 401323.53000000026 5576111.75, 401327.5099999998 5576110.91, 401356.1500000004 5576104.85, 401359.7400000002 5576104.09, 401360.38999999966 5576102.359999999, 401365.7999999998 5576090.23, 401397.7999999998 5576076.24, 401403.2599999998 5576073.82, 401396.2999999998 5576036.3100000005, 401392.04000000004 5576020.9, 401383.71999999974 5575991.039999999, 401379.53000000026 5575973.460000001, 401375.6299999999 5575956.67, 401373.91000000015 5575949.99, 401370.9299999997 5575938.77, 401363.9000000004 5575911.960000001, 401362.25 5575905.720000001, 401348.5 5575836.34, 401345.8200000003 5575822.880000001, 401336.8099999996 5575802, 401335.95999999996 5575800.07, 401335.3200000003 5575798.619999999, 401313.4199999999 5575763.5600000005, 401305.20999999996 5575765.6899999995, 401301.04000000004 5575757.720000001, 401286.98000000045 5575730.800000001, 401285.5599999996 5575728.09, 401254.08999999985 5575728.84, 401251.75 5575713.1899999995, 401215.9299999997 5575715.4399999995, 401207.86000000034 5575683.51, 401182.1699999999 5575687.789999999, 401181.8300000001 5575671.52, 401181.2400000002 5575666.109999999, 401185.9299999997 5575665.92, 401218.6200000001 5575664.630000001, 401264.1200000001 5575662.83, 401270.13999999966 5575638.1, 401278.4400000004 5575604.050000001, 401278.5700000003 5575603.5, 401281.23000000045 5575580.050000001, 401284.63999999966 5575550.029999999, 401262.29000000004 5575544.08, 401262.4199999999 5575541.08, 401262.9900000002 5575528.699999999, 401263.13999999966 5575525.140000001, 401263.96999999974 5575506.83, 401264.0599999996 5575505.140000001, 401269.9000000004 5575482.550000001, 401276.0999999996 5575458.59, 401282.3099999996 5575434.630000001, 401287.76999999955 5575413.52, 401289.5700000003 5575410.869999999, 401305.8099999996 5575386.859999999, 401307 5575385.09, 401319.5800000001 5575366.51, 401331.5499999998 5575348.8100000005, 401343.54000000004 5575331.1, 401352.51999999955 5575317.83, 401358.5 5575308.98, 401370.48000000045 5575291.279999999, 401384.25 5575270.92, 401395.0099999998 5575255.02, 401396 5575253.17, 401405.63999999966 5575234.93, 401410.73000000045 5575225.33, 401406.1299999999 5575207.699999999, 401408.45999999996 5575174.34, 401410.1900000004 5575165.050000001, 401411.23000000045 5575159.41, 401411.4900000002 5575157.949999999, 401414.9400000004 5575139.25, 401418.4000000004 5575120.539999999, 401420.98000000045 5575106.58, 401421.20999999996 5575105.33, 401424.5700000003 5575087.109999999, 401437.9199999999 5575090.369999999, 401437.8300000001 5575087.6899999995, 401437.26999999955 5575070.42, 401437.0800000001 5575064.460000001, 401436.9299999997 5575059.539999999, 401437.6299999999 5575041.98, 401437.9900000002 5575032.9, 401437.0800000001 5575018.279999999, 401437.01999999955 5575017.25, 401434.3099999996 5574994.949999999, 401432.7999999998 5574982.57, 401433.0999999996 5574970.859999999, 401433.3700000001 5574960.91, 401439.79000000004 5574936.76, 401444.9299999997 5574917.4, 401449.71999999974 5574899.390000001, 401450.36000000034 5574897.029999999, 401450.1900000004 5574879.18, 401450.0499999998 5574863.65, 401450.25 5574859.98, 401451.5999999996 5574833.8100000005, 401452.66000000015 5574813.58, 401453.66000000015 5574794.5, 401454.88999999966 5574770.73, 401457.23000000045 5574725.800000001, 401459.8499999996 5574716.59, 401462.21999999974 5574708.23, 401462.9299999997 5574705.73, 401470 5574684.609999999, 401482.48000000045 5574653.1, 401494.53000000026 5574622.68, 401498.4900000002 5574613.720000001, 401508.1799999997 5574591.77, 401517.0999999996 5574571.5600000005, 401521.53000000026 5574561.550000001, 401530.3700000001 5574552.65, 401543.6299999999 5574499.18, 401541.83999999985 5574488.99, 401530.4500000002 5574479.390000001, 401507.98000000045 5574464.91, 401502.5999999996 5574459.699999999, 401464.63999999966 5574392.369999999, 401488.5999999996 5574406.59, 401507.75 5574417.550000001, 401527.8300000001 5574426.449999999, 401545.5499999998 5574431.33, 401555.1799999997 5574433.08, 401570.6500000004 5574431.970000001, 401587.8700000001 5574431.99, 401597.7000000002 5574432.8100000005, 401605.2999999998 5574433.82, 401614.9400000004 5574436.32, 401626.88999999966 5574435.390000001, 401627.9199999999 5574435.35, 401629.1200000001 5574435.27, 401630.9000000004 5574435.1899999995, 401632.51999999955 5574435.07, 401634.5599999996 5574434.9, 401636.5599999996 5574434.710000001, 401638.8300000001 5574434.32, 401640.3700000001 5574434.220000001, 401642.4299999997 5574433.619999999, 401648 5574435.470000001, 401651.4400000004 5574429.32, 401670.7999999998 5574394.8100000005, 401695.2000000002 5574349.33, 401698.54000000004 5574343.09, 401702.9199999999 5574334.92, 401701.0800000001 5574333.460000001, 401700.16000000015 5574328.130000001, 401686.3799999999 5574303.460000001, 401684.48000000045 5574288.710000001, 401676.2599999998 5574270.6899999995, 401667.1699999999 5574266.609999999, 401634.83999999985 5574258.26, 401630.8799999999 5574257.24, 401610.3200000003 5574228.699999999, 401609.6500000004 5574223.390000001, 401608.63999999966 5574215.220000001, 401599.66000000015 5574220.029999999, 401616.51999999955 5574185.17, 401627.51999999955 5574171.119999999, 401653.9500000002 5574137.390000001, 401660.66000000015 5574143.470000001, 401687.46999999974 5574162.98, 401699.20999999996 5574174.92, 401756.2599999998 5574232.93, 401771.66000000015 5574253.619999999, 401799.28000000026 5574305.01, 401836.9400000004 5574414.6899999995, 401846.45999999996 5574442.800000001, 401857.53000000026 5574467.93, 401860.20999999996 5574472.57, 401862.1799999997 5574475.99, 401871.3099999996 5574491.85, 401886.5999999996 5574513.9, 401890.5499999998 5574518.83, 401894.36000000034 5574523.58, 401905.61000000034 5574537.609999999, 401908.26999999955 5574540.9399999995, 401933.4400000004 5574569.640000001, 401950.79000000004 5574583.67, 401961.41000000015 5574591.49, 401963.1799999997 5574592.800000001, 401968.96999999974 5574594.720000001, 402004.8700000001 5574616.210000001, 402017.9199999999 5574624.02, 402061.61000000034 5574650.18, 402126.48000000045 5574687.17, 402143.7599999998 5574695.119999999, 402147.51999999955 5574696.84, 402181.4900000002 5574709.91, 402194.0700000003 5574714.76, 402210.29000000004 5574726.01, 402216.2599999998 5574727.18, 402246.1900000004 5574733.0600000005, 402263.6900000004 5574731.199999999, 402328.1699999999 5574737.09, 402351.4000000004 5574737.67, 402374.2000000002 5574738.25, 402374.9900000002 5574738.25, 402446.21999999974 5574738.0600000005, 402518.03000000026 5574737.460000001, 402548.11000000034 5574736, 402561.7599999998 5574735.34, 402580.71999999974 5574733.74, 402600.2400000002 5574732.09, 402650.0499999998 5574723.68, 402693.58999999985 5574714.1, 402714.9400000004 5574708.4, 402732.71999999974 5574703.5600000005, 402775.0700000003 5574688.210000001, 402815.53000000026 5574669.73, 402845.21999999974 5574652.07, 402873.38999999966 5574635.35, 402879.41000000015 5574631.779999999, 402924.0700000003 5574601.5, 402930.91000000015 5574596.85, 402944.61000000034 5574587.550000001, 402974.45999999996 5574563.5, 402980.71999999974 5574558.43, 402994.4500000002 5574547.27, 403032.75 5574500.66, 403069.5 5574455.92, 403081.5599999996 5574436.890000001, 403111.48000000045 5574384.050000001, 403132.54000000004 5574341.67, 403145.03000000026 5574308.34, 403166.83999999985 5574241.83, 403171.4000000004 5574190.07, 403183.96999999974 5574127.539999999, 403189.20999999996 5574107.85, 403197.04000000004 5574087.789999999, 403206.0800000001 5574067.52, 403239.3200000003 5574018.58, 403250.7000000002 5574008.34, 403267.4900000002 5573996.1899999995, 403286.63999999966 5573984.18, 403305.6799999997 5573975.5, 403325.1500000004 5573968.220000001, 403345.96999999974 5573962.9, 403364.6799999997 5573960.1, 403381.86000000034 5573958.449999999, 403402 5573958.9, 403422.0999999996 5573960.9, 403439.4000000004 5573964.33, 403481.03000000026 5573979.41, 403503.79000000004 5573990.5600000005, 403516.7400000002 5573998.699999999, 403536.73000000045 5574012.49, 403555.79000000004 5574028.49, 403576.20999999996 5574047.77, 403593.51999999955 5574069.27, 403608.1699999999 5574088.300000001, 403624.73000000045 5574109.800000001, 403634.25 5574123.869999999, 403637.1299999999 5574128.17, 403646.79000000004 5574142.58, 403655.2599999998 5574155.18, 403674.9000000004 5574198.029999999, 403695.2999999998 5574249.390000001, 403720.5700000003 5574334.869999999, 403767.88999999966 5574504.880000001, 403797.4900000002 5574583.970000001, 403825.8700000001 5574658.0600000005, 403859.0099999998 5574732.890000001, 403876.7000000002 5574772.83, 403906.25 5574844.9, 403931.6500000004 5574896.92, 403966.26999999955 5574960.09, 403987.8700000001 5574999.5, 404021.8099999996 5575054.789999999, 404051.46999999974 5575101.33, 404054.1900000004 5575099.35, 404069.9500000002 5575124.83, 404098.36000000034 5575168.84, 404106.2000000002 5575179.289999999, 404120.5700000003 5575198.48, 404126.1799999997 5575204.73, 404134.48000000045 5575214.01, 404144.25 5575224.92, 404156.4199999999 5575237.16, 404169.54000000004 5575249.119999999, 404183.88999999966 5575260.83, 404197.0099999998 5575271.529999999, 404210.9199999999 5575281.43, 404224.0999999996 5575289.92, 404239.33999999985 5575298.619999999, 404256.6799999997 5575307.25, 404267.3099999996 5575312.529999999, 404282.3499999996 5575319.15, 404296.5499999998 5575324.74, 404314.48000000045 5575330.699999999, 404330.13999999966 5575335.380000001, 404353.9900000002 5575341.8100000005, 404463.0499999998 5575367.109999999, 404676.86000000034 5575416.73, 404692.5700000003 5575420.380000001, 404711.58999999985 5575425.35, 404730.73000000045 5575431.210000001, 404739.48000000045 5575434.359999999, 404756.9500000002 5575441.67, 404768.91000000015 5575447.449999999, 404778.28000000026 5575452.4, 404787.3200000003 5575457.710000001, 404796.8300000001 5575463.91, 404807.5999999996 5575471.35, 404818.9000000004 5575479.9, 404827.5599999996 5575487.5600000005, 404836.1299999999 5575495.130000001, 404845.8799999999 5575504.6899999995, 404856.96999999974 5575516.789999999, 404861.3099999996 5575522.27, 404869.08999999985 5575532.07, 404876.3799999999 5575542.26, 404881.0700000003 5575549.449999999, 404888.5800000001 5575561.359999999, 404895.5800000001 5575573.619999999, 404900.8300000001 5575584.9399999995, 404905.7000000002 5575595.43, 404911.96999999974 5575611.119999999, 404912.28000000026 5575612.15, 404914.46999999974 5575619.24, 404921.9500000002 5575643.529999999, 404927.04000000004 5575671.41, 404937.04000000004 5575789.49, 404941.5099999998 5575825.720000001, 404948.4400000004 5575860.470000001, 404955.5099999998 5575889.449999999, 404960.4400000004 5575906.6899999995, 404964.63999999966 5575919.279999999, 404982.63999999966 5575973.26, 404994.5099999998 5576005.609999999, 404992.7000000002 5576007.039999999, 404991.03000000026 5576008.369999999, 404986.70999999996 5576014.35, 405003.13999999966 5576061.43, 405006.1900000004 5576084.109999999, 405009.5 5576108.82, 405002.9199999999 5576124.42, 405001.8700000001 5576126.91, 404996.5800000001 5576139.26, 404986.0800000001 5576163.73, 404983.7599999998 5576176.57, 404977.61000000034 5576210.51, 404977.2000000002 5576212.76, 404975.3300000001 5576214.23, 404964.4000000004 5576222.83, 404978.61000000034 5576234.039999999, 404987.9000000004 5576248.16, 404991.7000000002 5576253.92, 405021.98000000045 5576289.460000001, 405022.98000000045 5576290.640000001, 405051.53000000026 5576324.15, 405050.29000000004 5576325.0600000005, 405040.8200000003 5576332.18, 405033.0999999996 5576337.98, 405080.6200000001 5576394.890000001, 405115.2000000002 5576441.02, 405117.61000000034 5576444.18, 405119.6200000001 5576442.5, 405137.5 5576463.609999999, 405145.7400000002 5576473.32, 405149.4199999999 5576477.65, 405123.11000000034 5576499.880000001, 405136.0599999996 5576519.01, 405141.8799999999 5576527.640000001, 405139.1799999997 5576530.02, 405148.08999999985 5576539.16, 405164.13999999966 5576555.619999999, 405181.28000000026 5576573.18, 405184.8799999999 5576576.880000001, 405189.38999999966 5576581.369999999, 405197.5599999996 5576589.470000001, 405210.4299999997 5576602.27, 405226.21999999974 5576617.9399999995, 405228.16000000015 5576620.300000001, 405238.8499999996 5576633.289999999, 405250.1799999997 5576647.07, 405253.04000000004 5576649.550000001, 405269.88999999966 5576630.960000001, 405279.6699999999 5576620.210000001, 405319.5599999996 5576662.77, 405332.6299999999 5576676.73, 405339.0099999998 5576670.4, 405340.0800000001 5576671.460000001, 405393.25 5576727.550000001, 405447.5700000003 5576782.59, 405449.28000000026 5576780.9399999995, 405472.08999999985 5576806.27, 405496.54000000004 5576833.42, 405510.3300000001 5576848.74, 405499.04000000004 5576851.300000001, 405489.54000000004 5576855.16, 405480.8799999999 5576858.59, 405483.20999999996 5576863.65, 405485.5 5576868.630000001, 405502.0700000003 5576888.59, 405524.6900000004 5576902.91, 405560.01999999955 5576925.539999999, 405578.5800000001 5576897.789999999, 405602.95999999996 5576913.77, 405626.6900000004 5576929.279999999, 405649.61000000034 5576944.26, 405677.8499999996 5576962.720000001, 405695.91000000015 5576973.6899999995, 405746.33999999985 5577004.34, 405760.91000000015 5576985.3100000005, 405776.91000000015 5576997.5, 405782.16000000015 5576991.48, 405792.8200000003 5577003.300000001, 405810.63999999966 5577028.4, 405819.73000000045 5577024.82, 405844.1500000004 5577061.380000001, 405838.1200000001 5577071.9, 405873.6799999997 5577121.8100000005, 405880.4400000004 5577131.18, 405891.73000000045 5577147.17, 405894.75 5577150.33, 405925.3499999996 5577182.199999999, 405966.9400000004 5577207.609999999, 405992.2999999998 5577224.17, 405995.4500000002 5577225.34, 405998.2999999998 5577226.4, 405996.5499999998 5577229.630000001, 406013.0599999996 5577234.17, 406015.96999999974 5577234.98, 406007.98000000045 5577251.789999999, 406013.33999999985 5577255.58, 406023.3300000001 5577262.65, 406026.8499999996 5577258.23, 406031.1799999997 5577260.789999999, 406025.70999999996 5577271.800000001, 406045.6200000001 5577283.32, 406061.8499999996 5577292.710000001, 406062 5577293.970000001, 406063.0999999996 5577294.859999999, 406063.5499999998 5577295.220000001, 406066.6699999999 5577297.3100000005, 406068.61000000034 5577298.27, 406075.21999999974 5577302.119999999, 406076.36000000034 5577302.460000001, 406086.5499999998 5577305.33, 406090.20999999996 5577300.119999999, 406094.75 5577300.85, 406095.91000000015 5577301.300000001, 406097.25 5577297.960000001, 406099.6900000004 5577298.74, 406106.1200000001 5577303.83, 406108.8200000003 5577305.07, 406121.1500000004 5577310.18, 406124.1900000004 5577311.4399999995, 406124.6799999997 5577311.640000001, 406126.9400000004 5577305.98, 406141.25 5577310.34, 406146.3799999999 5577311.83, 406148.13999999966 5577312.390000001, 406145.1699999999 5577323.16, 406173.7400000002 5577327.51, 406174.0499999998 5577324.789999999, 406174.0800000001 5577324.51, 406177.2599999998 5577325, 406189.78000000026 5577326.949999999, 406197.01999999955 5577326.029999999, 406198.7000000002 5577326.279999999, 406202.9199999999 5577326.82, 406205.0599999996 5577326.970000001, 406220.5800000001 5577328.08, 406222.0800000001 5577328.1899999995, 406232.78000000026 5577327.779999999, 406238.6699999999 5577327.57, 406247.16000000015 5577327.25, 406256.0099999998 5577327.24, 406267.9500000002 5577327.199999999, 406273.45999999996 5577327.199999999, 406273.98000000045 5577327.199999999, 406277.75 5577327.199999999, 406281.1200000001 5577327.199999999, 406282.08999999985 5577327.210000001, 406292.8200000003 5577327.35, 406298.13999999966 5577327.529999999, 406308.8200000003 5577327.93, 406320.58999999985 5577329.18, 406328.36000000034 5577329.65, 406332.5599999996 5577329.91, 406336.91000000015 5577330.18, 406341.5800000001 5577330.460000001, 406348.98000000045 5577330.77, 406349.28000000026 5577330.779999999, 406349.0599999996 5577335.449999999, 406355.63999999966 5577336.390000001, 406355.63999999966 5577339.76, 406359.21999999974 5577340.300000001, 406367.83999999985 5577342.65, 406367.6299999999 5577348.9399999995, 406373.51999999955 5577348.960000001, 406395.20999999996 5577344.25, 406395.83999999985 5577331.52, 406408.79000000004 5577332.289999999, 406413.1200000001 5577332.550000001, 406414.38999999966 5577332.779999999, 406425.23000000045 5577334.77, 406435.8700000001 5577335.8100000005, 406441.9900000002 5577336.41, 406446.96999999974 5577336.16, 406462.48000000045 5577335.57, 406473.61000000034 5577335.17, 406476.6299999999 5577334.880000001, 406477.26999999955 5577334.8100000005, 406479.3099999996 5577334.6, 406487.36000000034 5577333.8100000005, 406487.66000000015 5577335.050000001, 406490.6299999999 5577334.300000001, 406493.7599999998 5577333.49, 406501.88999999966 5577329.16, 406504.01999999955 5577327.34, 406512.76999999955 5577325.16, 406519.73000000045 5577324.109999999, 406521.28000000026 5577324.289999999, 406522.28000000026 5577324.17, 406542.1799999997 5577320.199999999, 406554.6200000001 5577317.73, 406565.6200000001 5577315.550000001, 406567.0099999998 5577315.27, 406568.1699999999 5577326.16, 406569.5099999998 5577338.779999999, 406573.5099999998 5577338.050000001, 406585.6299999999 5577335.539999999, 406589.33999999985 5577334.789999999, 406592.45999999996 5577334.16, 406596.03000000026 5577334.300000001, 406605.5099999998 5577332.77, 406608.79000000004 5577332.6, 406610.46999999974 5577331.630000001, 406616.5800000001 5577329.58, 406620.86000000034 5577328.82, 406634.1299999999 5577326.48, 406638.8499999996 5577325.65, 406642.75 5577324.880000001, 406650.7999999998 5577322.84, 406653.83999999985 5577321.550000001, 406654.91000000015 5577321.1, 406664.8799999999 5577316.550000001, 406665.16000000015 5577316.16, 406669.29000000004 5577310.48, 406675.7400000002 5577304.369999999, 406683.3200000003 5577298.99, 406687.0099999998 5577297.18, 406688.6900000004 5577296.199999999, 406690.6699999999 5577294.93, 406696.03000000026 5577291.02, 406701.2999999998 5577285.98, 406711.5499999998 5577306.98, 406717.0700000003 5577304.0600000005, 406718.5800000001 5577306.66, 406721.33999999985 5577304.779999999, 406724.75 5577302.470000001, 406727.4400000004 5577300.640000001, 406735.36000000034 5577295.25, 406726.53000000026 5577285.470000001, 406727.28000000026 5577284.91, 406732.1299999999 5577281.34, 406736.63999999966 5577277.59, 406725.86000000034 5577262.6, 406730.88999999966 5577258.460000001, 406736.3200000003 5577253.99, 406736.73000000045 5577253.65, 406737.79000000004 5577252.779999999, 406739.4500000002 5577251.42, 406740.98000000045 5577250.17, 406741.5999999996 5577249.65, 406742.7000000002 5577248.75, 406744.0999999996 5577247.609999999, 406745.58999999985 5577246.380000001, 406750.2999999998 5577242.41, 406751.1200000001 5577241.720000001, 406751.9900000002 5577240.99, 406753.28000000026 5577239.91, 406754.54000000004 5577238.859999999, 406755.38999999966 5577238.140000001, 406761.78000000026 5577245.49, 406784.71999999974 5577226.449999999, 406792.98000000045 5577235.01, 406813.41000000015 5577255.710000001, 406829.2599999998 5577268.210000001, 406803.9400000004 5577298.75, 406745.8099999996 5577369.01, 406718.6799999997 5577394.25, 406721.9000000004 5577397.93, 406732.6799999997 5577426.49, 406738.9900000002 5577443.23, 406762.0800000001 5577420.57, 406763.5700000003 5577419.720000001, 406792.5999999996 5577403.27, 406814.61000000034 5577393.210000001, 406823.9299999997 5577388.9399999995, 406874.88999999966 5577384.99, 406882.7400000002 5577387.16, 406891.8700000001 5577383.130000001, 406894.0099999998 5577385.039999999, 406841.6200000001 5577407.539999999, 406780.4199999999 5577454.68, 406791.83999999985 5577477.77, 406767.03000000026 5577511.609999999, 406743.20999999996 5577544.82, 406732.61000000034 5577582.529999999, 406746.9199999999 5577586.380000001, 406749.0999999996 5577586.960000001, 406766.75 5577591.460000001, 406767.3700000001 5577591.6899999995, 406769.6699999999 5577592.58, 406765.98000000045 5577603.09, 406762.8700000001 5577660.289999999, 406763.41000000015 5577663.83, 406764.2400000002 5577669.25, 406768.75 5577698.529999999, 406768.9000000004 5577700.25, 406776.3300000001 5577721.16, 406789.3300000001 5577757.800000001, 406790.66000000015 5577760.51, 406793.9500000002 5577767.289999999, 406834.6299999999 5577851.029999999, 406835.1900000004 5577851.859999999, 406837.3799999999 5577855.199999999, 406840.3200000003 5577859.67, 406846.98000000045 5577869.779999999, 406852.21999999974 5577877.73, 406853.6799999997 5577879.9399999995, 406856.0599999996 5577883.59, 406857.1699999999 5577885.26, 406867.0800000001 5577900.33, 406870.16000000015 5577903.26, 406871.26999999955 5577904.3100000005, 406888.63999999966 5577920.91, 406963.4900000002 5577992.34, 407000.6500000004 5578014.51, 407006.6900000004 5578020.58, 407008.91000000015 5578022.82, 407011.45999999996 5578025.369999999, 407038.5700000003 5578052.640000001, 407043.9400000004 5578058.039999999, 407055.28000000026 5578069.460000001, 407120.70999999996 5578124.66, 407178.7599999998 5578168.4399999995, 407192.29000000004 5578178.9, 407194.48000000045 5578180.59, 407201.5599999996 5578186.07, 407202.29000000004 5578193.23, 407202.5 5578195.210000001, 407203.61000000034 5578206.1, 407204.0599999996 5578210.51, 407205.5800000001 5578225.42, 407218.95999999996 5578271.550000001, 407222.9199999999 5578285.09, 407227.8499999996 5578302.09, 407232.8099999996 5578319.210000001, 407233.78000000026 5578322.539999999, 407234.5999999996 5578325.67, 407255.5700000003 5578365.720000001, 407261.0599999996 5578376.039999999, 407297.76999999955 5578405.59, 407308.7999999998 5578415.99, 407340.45999999996 5578444.57, 407344.21999999974 5578454.9, 407350.4500000002 5578471.99, 407350.6500000004 5578473.210000001, 407351.0599999996 5578475.5, 407355 5578497.67, 407345.41000000015 5578534.27, 407364.21999999974 5578585.18, 407391.0999999996 5578620.529999999, 407413.95999999996 5578655.960000001, 407397.9400000004 5578737.67, 407398.04000000004 5578786.07, 407409.6699999999 5578828.949999999, 407425.0800000001 5578854.300000001, 407427.45999999996 5578858.380000001, 407448.5800000001 5578882.26, 407473 5578918.289999999, 407495.88999999966 5578943.609999999, 407531.5800000001 5578967.65, 407574.16000000015 5578999, 407600.1900000004 5579031.91, 407642.1799999997 5579068.220000001, 407669.2000000002 5579092.82, 407698.73000000045 5579137.720000001, 407673.6200000001 5579160.9399999995, 407646.0800000001 5579135.24, 407627.4900000002 5579127.050000001, 407610.0499999998 5579130.9399999995, 407560.1299999999 5579163.279999999, 407530.41000000015 5579173.4399999995, 407468.5 5579194.57, 407469.8200000003 5579198.470000001, 407470.6699999999 5579201.01, 407475.5599999996 5579215.5, 407367.25 5579258.92, 407314.48000000045 5579283.32, 407293.08999999985 5579299.109999999, 407266.4500000002 5579321.640000001, 407206.75 5579372.08, 407154.61000000034 5579417.4, 407132.5599999996 5579436.93, 407028.5800000001 5579528.470000001, 406980.3499999996 5579535.02, 406935.51999999955 5579580.550000001, 406929.8700000001 5579564.380000001, 406923.4500000002 5579546, 406922.36000000034 5579542.890000001, 406920.1900000004 5579536.68, 406894.25 5579495.0600000005, 406881.1200000001 5579473.01, 406864.2000000002 5579468.73, 406831.8700000001 5579420.67, 406830.4299999997 5579418.539999999, 406806.04000000004 5579388.050000001, 406766.6500000004 5579366.68, 406731.73000000045 5579347.73, 406721.2599999998 5579342.98, 406720.53000000026 5579342.859999999, 406668.3300000001 5579318.3100000005, 406644.6799999997 5579302.84, 406621.23000000045 5579281.75, 406618.16000000015 5579279.01, 406620.04000000004 5579276.3100000005, 406608.1299999999 5579269.99, 406590.5999999996 5579257.4, 406573.1500000004 5579246.5, 406536.75 5579229.9, 406479.0099999998 5579202.02, 406470.16000000015 5579197.75, 406463.03000000026 5579191.9, 406456.0800000001 5579182.550000001, 406451.16000000015 5579174.050000001, 406447.8300000001 5579164.84, 406446.3300000001 5579156.32, 406443.6799999997 5579078.26, 406441.3499999996 5579009.609999999, 406441.1799999997 5579004.76, 406436.86000000034 5578964.68, 406431.23000000045 5578927.42, 406422.1799999997 5578887.720000001, 406411.96999999974 5578850.43, 406397.3300000001 5578799.869999999, 406382.25 5578752.32, 406372.66000000015 5578727.5, 406362.76999999955 5578709.039999999, 406353.8200000003 5578695.359999999, 406349.54000000004 5578688.789999999, 406333.11000000034 5578668.91, 406321.0700000003 5578656.01, 406306.23000000045 5578640.130000001, 406230.6500000004 5578562.619999999, 406200.9900000002 5578535.539999999, 406180.8099999996 5578520.57, 406158.83999999985 5578504.27, 406149.0999999996 5578497.050000001, 406089.2599999998 5578452.640000001, 406054.3700000001 5578423.82, 406029.4500000002 5578399.23, 406025.41000000015 5578394.73, 406012.5700000003 5578380.43, 406011.5499999998 5578379.109999999, 405992.26999999955 5578354.119999999, 405981.58999999985 5578340.289999999, 405960.5700000003 5578316.49, 405933.95999999996 5578290.23, 405892.20999999996 5578252.449999999, 405831.6900000004 5578203.550000001, 405828.53000000026 5578206.970000001, 405768.5099999998 5578158.619999999, 405718.8499999996 5578116.5, 405707.6500000004 5578106.460000001, 405696.4400000004 5578096.43, 405686.25 5578085.57, 405675.5700000003 5578072.59, 405664.5 5578058.0600000005, 405654.25 5578044.630000001, 405645.51999999955 5578029.24, 405640.66000000015 5578019.1899999995, 405636.4000000004 5578010.35, 405633.0099999998 5578001.41, 405630.38999999966 5577992.279999999, 405627.38999999966 5577981.84, 405624.78000000026 55</t>
   </si>
   <si>
     <t>https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=5611-401</t>
   </si>
   <si>
     <t>https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg5611-401</t>
   </si>
   <si>
-    <t>https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/vsg_sdb_5611-401.pdf</t>
+    <t>https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/vsg_sdb_5611-401.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -510,90 +510,90 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vogelschutzgebiet&amp;layers=vogelschutzgebiet&amp;qid=VSG-7000-012" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=5611-401" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg5611-401" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/vsg_sdb_5611-401.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vogelschutzgebiet&amp;layers=vogelschutzgebiet&amp;qid=VSG-7000-012" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=5611-401" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg5611-401" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/vsg_sdb_5611-401.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:X2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="35.140625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="7" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="12.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="178.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="15.5703125" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="42.42578125" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="178" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="81.85546875" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="76.28515625" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="73.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -664,51 +664,51 @@
       <c r="E2" t="s">
         <v>27</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>28</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>29</v>
       </c>
       <c r="J2" t="s">
         <v>30</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>31</v>
       </c>
       <c r="N2">
         <v>109719</v>
       </c>
       <c r="O2" s="3">
-        <v>45970.60132257733</v>
+        <v>46045.47079008949</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2" t="s">
         <v>35</v>
       </c>
       <c r="T2" t="s">
         <v>36</v>
       </c>
       <c r="U2" t="s">
         <v>37</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>38</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>39</v>
       </c>