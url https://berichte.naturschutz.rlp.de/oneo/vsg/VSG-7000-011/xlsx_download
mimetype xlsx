--- v0 (2025-11-09)
+++ v1 (2026-01-23)
@@ -132,51 +132,51 @@
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>Naturschutz</t>
   </si>
   <si>
     <t>Vogelschutzgebiet besonderer Bedeutung (EG)</t>
   </si>
   <si>
     <t>Natura 2000</t>
   </si>
   <si>
     <t>DE-5610-401</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((381905.78000000026 5572438.15, 381907.25 5572441.199999999, 381916.46999999974 5572438.01, 381921.1500000004 5572434.970000001, 381932.6699999999 5572427.5, 381975.7400000002 5572399.5600000005, 382015.6900000004 5572373.65, 382019.1299999999 5572371.42, 382019.9500000002 5572370.67, 382027.0499999998 5572365.199999999, 382024.58999999985 5572363.07, 382021.03000000026 5572362.029999999, 382014.29000000004 5572347.369999999, 382008.2999999998 5572334.300000001, 382005.29000000004 5572327.76, 382002.8700000001 5572322.380000001, 381997.4500000002 5572310.43, 381993.6900000004 5572302.09, 381990.0099999998 5572293.960000001, 381991.20999999996 5572289.35, 382020.5499999998 5572265.210000001, 382067.48000000045 5572226.609999999, 382101.36000000034 5572198.76, 382105.36000000034 5572199.09, 382107.75 5572196.5, 382107.5099999998 5572192.960000001, 382107.41000000015 5572191.34, 382109.78000000026 5572187.699999999, 382125.78000000026 5572163.16, 382129 5572158.220000001, 382134.3499999996 5572150.01, 382148.3799999999 5572128.48, 382142.28000000026 5572114.630000001, 382130.4299999997 5572098.3100000005, 382131.3700000001 5572093.76, 382139.4000000004 5572087.550000001, 382180.0499999998 5572150.9399999995, 382210.1799999997 5572115.029999999, 382227.91000000015 5572094.359999999, 382234.41000000015 5572086.699999999, 382240.41000000015 5572079.640000001, 382227.0999999996 5572059.880000001, 382232.1699999999 5572055.98, 382244.54000000004 5572074.3100000005, 382246.9299999997 5572072.0600000005, 382278.01999999955 5572050.75, 382285.3499999996 5572064.539999999, 382292.9900000002 5572077.48, 382302.6200000001 5572094.949999999, 382320.76999999955 5572124.43, 382325.4000000004 5572133.58, 382327.38999999966 5572144.449999999, 382334.70999999996 5572150.75, 382344.2000000002 5572149.710000001, 382358.61000000034 5572131.92, 382365.8499999996 5572124.07, 382376.13999999966 5572112.890000001, 382393.4299999997 5572103.630000001, 382402.4299999997 5572101.33, 382410.38999999966 5572099.279999999, 382432.45999999996 5572099.109999999, 382457.38999999966 5572097.6899999995, 382473.1900000004 5572093.9, 382491.88999999966 5572089.390000001, 382511.54000000004 5572085.279999999, 382530.41000000015 5572079.16, 382539.0700000003 5572075.779999999, 382552.7400000002 5572078.869999999, 382560.48000000045 5572083.6899999995, 382569.9500000002 5572093.85, 382591.04000000004 5572116.4399999995, 382592.73000000045 5572118.25, 382598.79000000004 5572124.74, 382604.11000000034 5572130.449999999, 382606.20999999996 5572135.050000001, 382610.1799999997 5572143.85, 382613.03000000026 5572154.68, 382613.4299999997 5572156.18, 382614.1200000001 5572162.35, 382620.5499999998 5572174.449999999, 382621.2000000002 5572179.85, 382614.26999999955 5572205.1899999995, 382606.79000000004 5572237.529999999, 382603.08999999985 5572244.18, 382610.61000000034 5572244.1899999995, 382616.1500000004 5572245.35, 382654.6200000001 5572347.09, 382673.29000000004 5572396.220000001, 382678.1900000004 5572401.41, 382680.3499999996 5572397.289999999, 382691.96999999974 5572392.52, 382711.83999999985 5572384.369999999, 382726.1799999997 5572378.48, 382742.0099999998 5572371.98, 382758.61000000034 5572365.16, 382761.45999999996 5572363.99, 382763.41000000015 5572359.59, 382770.83999999985 5572342.84, 382778.45999999996 5572339.85, 382812.71999999974 5572326.4399999995, 382826.6200000001 5572317.66, 382857.95999999996 5572297.880000001, 382864.38999999966 5572297.8100000005, 382916 5572297.279999999, 382921.9900000002 5572294.98, 382922.4500000002 5572302.18, 382923.04000000004 5572311.720000001, 382977.2599999998 5572327.6899999995, 383049.79000000004 5572349.0600000005, 383050.7400000002 5572349.33, 383051.58999999985 5572342.9399999995, 383069.08999999985 5572333.25, 383083.2999999998 5572331.93, 383098.9000000004 5572324.85, 383104.1799999997 5572315.35, 383106.73000000045 5572313.300000001, 383133.2400000002 5572291.800000001, 383140.20999999996 5572286.140000001, 383170.83999999985 5572261.18, 383178.5999999996 5572261.08, 383192.6699999999 5572272.699999999, 383207.4000000004 5572284.859999999, 383212.2999999998 5572288.91, 383214.86000000034 5572288.33, 383240.5599999996 5572282.539999999, 383245.29000000004 5572277.630000001, 383254.36000000034 5572268.23, 383255.1500000004 5572259.58, 383261.5599999996 5572252.59, 383342.96999999974 5572239.01, 383389.88999999966 5572231.18, 383399.6299999999 5572228.859999999, 383433.01999999955 5572207.029999999, 383474.38999999966 5572179.98, 383495.9500000002 5572165.890000001, 383518.3200000003 5572164.460000001, 383550.1500000004 5572173.789999999, 383638.73000000045 5572199.75, 383671.9299999997 5572208.98, 383709.9199999999 5572206.210000001, 383724.0599999996 5572210.59, 383779.26999999955 5572252.65, 383826.0599999996 5572288.3100000005, 383855.7999999998 5572311.140000001, 383924.9400000004 5572364.210000001, 383924.98000000045 5572368.35, 383908.9299999997 5572384.41, 383892.83999999985 5572400.529999999, 383847.6500000004 5572445.77, 383806.3200000003 5572487.130000001, 383756.78000000026 5572536.73, 383752.48000000045 5572537.35, 383749.4900000002 5572540.77, 383757.2000000002 5572547.630000001, 383828.3300000001 5572630.41, 383830.8799999999 5572633.380000001, 383855.11000000034 5572661.49, 383866.6200000001 5572674.76, 383849.45999999996 5572684, 383847.6799999997 5572692.949999999, 383847.3200000003 5572705.609999999, 383839.7599999998 5572714.210000001, 383841.0700000003 5572715.74, 383831.54000000004 5572723.9, 383811.13999999966 5572736.869999999, 383810.46999999974 5572736.0600000005, 383807.2400000002 5572737.74, 383808.25 5572739.1899999995, 383811.7400000002 5572744.17, 383812.8499999996 5572747.050000001, 383818.5599999996 5572744.449999999, 383827.6299999999 5572739.3100000005, 383845.5099999998 5572751.050000001, 383825.29000000004 5572793.359999999, 383827.9299999997 5572794.779999999, 383838.54000000004 5572800.49, 383845.0599999996 5572798.289999999, 383884.29000000004 5572820.15, 383901.63999999966 5572829.8100000005, 383913.3300000001 5572836.32, 383926.66000000015 5572843.76, 383943.1299999999 5572852.93, 383961.0499999998 5572868.3100000005, 383966.2400000002 5572872.18, 383976.36000000034 5572859.3100000005, 384001.5099999998 5572846.15, 384006.6200000001 5572843.470000001, 384017.4500000002 5572838.390000001, 384053.63999999966 5572824.58, 384063.33999999985 5572819.630000001, 384068.26999999955 5572813.99, 384077.75 5572803.140000001, 384081.5499999998 5572798.779999999, 384085.2000000002 5572794.6, 384110.4500000002 5572765.699999999, 384113.33999999985 5572763.039999999, 384130.9500000002 5572746.84, 384139.36000000034 5572739.1, 384145.6299999999 5572733.32, 384155.8300000001 5572727.970000001, 384169.0700000003 5572724.58, 384191.1200000001 5572718.83, 384205.9500000002 5572714.960000001, 384217.5700000003 5572714.5, 384240.61000000034 5572719.050000001, 384266.23000000045 5572724.109999999, 384305.5800000001 5572726.1, 384330.58999999985 5572727.380000001, 384335.54000000004 5572720.779999999, 384341.21999999974 5572713.18, 384346.5099999998 5572706.119999999, 384350.5599999996 5572700.699999999, 384362.3499999996 5572684.960000001, 384383.75 5572656.380000001, 384390.79000000004 5572655.369999999, 384394.1900000004 5572649.199999999, 384393.8499999996 5572644.23, 384497.16000000015 5572555.8100000005, 384506 5572547.949999999, 384538.98000000045 5572519.77, 384586.4000000004 5572479.25, 384600.48000000045 5572467.210000001, 384604.3700000001 5572466.1899999995, 384606.6900000004 5572466.59, 384621.4400000004 5572481.8100000005, 384629.1299999999 5572489.41, 384638.2599999998 5572498.48, 384650.5999999996 5572510.92, 384663.33999999985 5572523.17, 384679.5499999998 5572538.73, 384691.8200000003 5572550.65, 384698.2999999998 5572556.93, 384707.04000000004 5572565.41, 384722.8300000001 5572583.43, 384735.6299999999 5572600.82, 384745.7000000002 5572618.01, 384751.3799999999 5572627.68, 384759.45999999996 5572646.960000001, 384761.9500000002 5572652.890000001, 384766.7000000002 5572668.75, 384772.1500000004 5572694.98, 384775.75 5572722.859999999, 384779.2000000002 5572757.289999999, 384779.4000000004 5572778.1899999995, 384779.5499999998 5572793.65, 384779.98000000045 5572839.619999999, 384780.26999999955 5572869.869999999, 384780.45999999996 5572889.699999999, 384782.2400000002 5572925.4, 384783.29000000004 5572946.58, 384785.0700000003 5572966.33, 384787.58999999985 5572995.960000001, 384788.3700000001 5573002.67, 384794.91000000015 5573058.77, 384810.28000000026 5573144.5, 384818.75 5573203.029999999, 384819.25 5573206.460000001, 384827.9000000004 5573228.41, 384839.48000000045 5573264.800000001, 384846.61000000034 5573290.83, 384848.3300000001 5573300.970000001, 384852.08999999985 5573323.109999999, 384858.88999999966 5573363.09, 384872.11000000034 5573393.3100000005, 384884.8200000003 5573419.550000001, 384895.01999999955 5573436.210000001, 384911.5700000003 5573459.460000001, 384926.3200000003 5573476.52, 384936.6699999999 5573487.33, 384938.95999999996 5573489.73, 384953.11000000034 5573500.57, 384965.76999999955 5573510.25, 384990.25 5573527.49, 385019.51999999955 5573544.58, 385040.28000000026 5573556.119999999, 385063.5599999996 5573569.050000001, 385087.8300000001 5573580.449999999, 385135.9199999999 5573596.640000001, 385139.51999999955 5573597.84, 385147.4500000002 5573601.43, 385156.46999999974 5573604.18, 385193.75 5573620.970000001, 385220.75 5573634.4, 385267.61000000034 5573660.01, 385301.4900000002 5573679.8100000005, 385305.4000000004 5573681.6899999995, 385348.5 5573706.029999999, 385374.2000000002 5573722.130000001, 385398.0599999996 5573737.130000001, 385425.83999999985 5573756.5600000005, 385447.4199999999 5573772.119999999, 385456.71999999974 5573778.76, 385459.9400000004 5573782.33, 385503.3099999996 5573812.529999999, 385535.5 5573832.76, 385574.5700000003 5573858.390000001, 385580.0099999998 5573861.470000001, 385613.48000000045 5573880.359999999, 385664.9400000004 5573910.99, 385718.20999999996 5573944.859999999, 385767.26999999955 5573976.050000001, 385790.5499999998 5573990.050000001, 385804.45999999996 5574000, 385809.5599999996 5574003.279999999, 385813.5700000003 5574005.85, 385836.1799999997 5574020.390000001, 385871 5574045.1, 385894.96999999974 5574062.119999999, 385917.3799999999 5574079.369999999, 385944.9500000002 5574104.5600000005, 385947.8499999996 5574106.57, 385951.38999999966 5574109.01, 385952.5499999998 5574109.8100000005, 385979.0599999996 5574135.539999999, 385993.5700000003 5574151.9, 385999.53000000026 5574162.26, 386007.5700000003 5574168.9399999995, 386018.36000000034 5574180.630000001, 386028.11000000034 5574191.210000001, 386041.70999999996 5574205.960000001, 386051.71999999974 5574216.8100000005, 386059.48000000045 5574225.23, 386061.9900000002 5574227.949999999, 386073.4000000004 5574239.76, 386085.26999999955 5574252.859999999, 386099.6299999999 5574268.6899999995, 386109.53000000026 5574279.609999999, 386129.1699999999 5574303.369999999, 386143.5700000003 5574321.65, 386148.7000000002 5574328.3100000005, 386129.33999999985 5574361.17, 386119.0999999996 5574378.51, 386108.6699999999 5574396.16, 386098.0099999998 5574414.25, 386087.8499999996 5574431.470000001, 386070.20999999996 5574461.34, 386070.66000000015 5574471.619999999, 386087.13999999966 5574471.039999999, 386090.66000000015 5574470.92, 386091.2599999998 5574491.789999999, 386091.7999999998 5574511, 386092.66000000015 5574541.460000001, 386094 5574588.460000001, 386091.0099999998 5574592.84, 386095.6799999997 5574595.130000001, 386098.1500000004 5574594.02, 386211.3799999999 5574542.9399999995, 386230.01999999955 5574534.52, 386236.79000000004 5574535.35, 386242.8499999996 5574540.4, 386243.4199999999 5574544.68, 386248.7999999998 5574547.75, 386272.58999999985 5574517.51, 386278.66000000015 5574511.199999999, 386326.76999999955 5574509.470000001, 386340.3200000003 5574540.380000001, 386342.7400000002 5574545.880000001, 386361.4900000002 5574588.65, 386363.41000000015 5574593.039999999, 386347.01999999955 5574597.140000001, 386342.98000000045 5574598.16, 386343 5574598.24, 386344.2000000002 5574603.02, 386346.0800000001 5574610.52, 386347.1200000001 5574614.619999999, 386349.5700000003 5574624.41, 386374.5999999996 5574618.210000001, 386377.33999999985 5574624.75, 386382.5099999998 5574636.1899999995, 386384.1699999999 5574640.220000001, 386394.78000000026 5574648.09, 386441.8700000001 5574683.02, 386451.7599999998 5574690.35, 386479.9500000002 5574711.26, 386484.5 5574714.619999999, 386542.63999999966 5574757.73, 386547.61000000034 5574761.42, 386559.63999999966 5574774.52, 386574.0800000001 5574790.369999999, 386586.01999999955 5574803.42, 386592.2000000002 5574808.24, 386621.1799999997 5574837.27, 386620.5099999998 5574846.23, 386620.33999999985 5574848.4399999995, 386619.73000000045 5574860.43, 386619.5700000003 5574862.27, 386619.5599999996 5574862.390000001, 386619.36000000034 5574864.32, 386618.78000000026 5574866.34, 386617.79000000004 5574868.199999999, 386616.9900000002 5574869.359999999, 386616.0700000003 5574870.43, 386614.58999999985 5574871.800000001, 386613.58999999985 5574872.9399999995, 386612.26999999955 5574874.23, 386610.7400000002 5574875.24, 386610.73000000045 5574876.23, 386610.6500000004 5574889.84, 386610.63999999966 5574890.73, 386612.25 5574891.710000001, 386613.6500000004 5574892.970000001, 386614.7000000002 5574894.050000001, 386615.8300000001 5574895.1, 386616.98000000045 5574896.08, 386618.78000000026 5574898.18, 386619.9299999997 5574900.68, 386620.3499999996 5574902.119999999, 386620.6500000004 5574904.140000001, 386619.6799999997 5574944.029999999, 386619.3200000003 5574949.5600000005, 386616.7999999998 5574989.01, 386614.71999999974 5575016.3100000005, 386612.51999999955 5575045.949999999, 386611.91000000015 5575052.99, 386609.2599999998 5575082.74, 386608.6799999997 5575089.41, 386604.91000000015 5575131.960000001, 386602.5800000001 5575158.17, 386602.6299999999 5575180.82, 386604.20999999996 5575200.199999999, 386605.1699999999 5575206.68, 386612.3799999999 5575255.449999999, 386616.61000000034 5575283.99, 386620.16000000015 5575307.99, 386624.13999999966 5575334.92, 386627.45999999996 5575357.34, 386628.3700000001 5575363.5, 386637.6299999999 5575426.09, 386640.3799999999 5575444.67, 386641.9500000002 5575456.4399999995, 386646.01999999955 5575486.85, 386646.7999999998 5575496.77, 386648.45999999996 5575517.9, 386649.2000000002 5575538.630000001, 386648.2000000002 5575557, 386648.7999999998 5575565.779999999, 386649.4400000004 5575575.210000001, 386649.4500000002 5575601.51, 386649.45999999996 5575629.789999999, 386649.45999999996 5575656.5600000005, 386649.46999999974 5575685.449999999, 386649.46999999974 5575716.859999999, 386649.6200000001 5575744.84, 386649.46999999974 5575755.27, 386649.46999999974 5575759.800000001, 386651.8300000001 5575758.550000001, 386652.4000000004 5575813.789999999, 386650.9199999999 5575813.789999999, 386651.1900000004 5575852.3100000005, 386651.23000000045 5575870.699999999, 386651.29000000004 5575882.77, 386651.36000000034 5575894.890000001, 386651.7599999998 5575946.6899999995, 386651.73000000045 5575950.74, 386652 5575973.050000001, 386652.20999999996 5575989.51, 386652.1900000004 5576008.880000001, 386652.66000000015 5576025.93, 386649.3099999996 5576105.41, 386649.20999999996 5576107.83, 386649.0499999998 5576112.16, 386648.9199999999 5576115.890000001, 386646.0999999996 5576141.98, 386641.6299999999 5576167.8100000005, 386634 5576202.199999999, 386631.58999999985 5576208.210000001, 386627.9400000004 5576213.5600000005, 386622.5599999996 5576217.24, 386616.0999999996 5576218.359999999, 386609.6500000004 5576218.02, 386603.3099999996 5576216.32, 386615.6299999999 5576222.1, 386626.2000000002 5576227.07, 386634.38999999966 5576230.92, 386630.0599999996 5576245.640000001, 386629.13999999966 5576248.76, 386632.7000000002 5576250.83, 386652.96999999974 5576261.82, 386685.83999999985 5576280.1, 386732.4400000004 5576307.48, 386735.36000000034 5576309.52, 386738.6299999999 5576311.8100000005, 386770.20999999996 5576333.91, 386806.7999999998 5576361.710000001, 386842.23000000045 5576391.109999999, 386875.23000000045 5576423.5600000005, 386891.6200000001 5576441.460000001, 386867.83999999985 5576459.869999999, 386852.91000000015 5576444.73, 386830.8499999996 5576431.3100000005, 386806.48000000045 5576422.25, 386779.88999999966 5576418.41, 386731.4299999997 5576413.6899999995, 386692.78000000026 5576401.859999999, 386656.26999999955 5576383.449999999, 386595.0700000003 5576349.76, 386597.4199999999 5576344.74, 386567.45999999996 5576327.960000001, 386514.28000000026 5576301.720000001, 386469.5800000001 5576284.369999999, 386418.71999999974 5576268.8100000005, 386370.63999999966 5576254.800000001, 386332.20999999996 5576242.58, 386320.2400000002 5576239.390000001, 386315.23000000045 5576238.0600000005, 386309.7599999998 5576238.57, 386273.46999999974 5576234.74, 386207.1299999999 5576228.02, 386177.03000000026 5576226.029999999, 386146.9900000002 5576225.43, 386116.6699999999 5576226.199999999, 386112.66000000015 5576226.4, 386104.63999999966 5576226.779999999, 386089.8700000001 5576227.5, 386055.66000000015 5576230.619999999, 386021.5999999996 5576235.470000001, 386008.7999999998 5576237.6899999995, 385983.21999999974 5576242.130000001, 385954.9299999997 5576248.34, 385950.4000000004 5576249.34, 385945.6799999997 5576250.390000001, 385927.0099999998 5576255.43, 385901.4299999997 5576263.220000001, 385839.53000000026 5576282.84, 385826.5700000003 5576285.859999999, 385813.6299999999 5576287.16, 385804.04000000004 5576287.300000001, 385794.66000000015 5576287.1899999995, 385790.6799999997 5576286.550000001, 385787.2000000002 5576284.539999999, 385782.9500000002 5576287.960000001, 385782.46999999974 5576290.07, 385781.95999999996 5576292.390000001, 385776.1200000001 5576292.640000001, 385741.7999999998 5576294.109999999, 385710.0700000003 5576297.68, 385613.91000000015 5576315.26, 385551.8700000001 5576324.6, 385520.20999999996 5576329.35, 385518.28000000026 5576329.640000001, 385511.26999999955 5576326.48, 385509.04000000004 5576326.369999999, 385507.1900000004 5576326.99, 385429.23000000045 5576335.640000001, 385333.8300000001 5576348.369999999, 385266.4500000002 5576356.27, 385256.8799999999 5576357.17, 385253.7000000002 5576357.470000001, 385241.36000000034 5576357.4, 385229.1900000004 5576355.789999999, 385218.4500000002 5576353.359999999, 385197.7400000002 5576348.67, 385148.63999999966 5576342.630000001, 385142.41000000015 5576341.720000001, 385136.23000000045 5576340.82, 385123.9500000002 5576339.02, 385094.75 5576333.800000001, 385075.4900000002 5576331.33, 385008.66000000015 5576322.789999999, 385006.2599999998 5576320.57, 385005.79000000004 5576317.4399999995, 385000.6900000004 5576315.59, 384994.3099999996 5576315.43, 384954.29000000004 5576314.4, 384943.2999999998 5576314.109999999, 384930.6699999999 5576314.23, 384923.96999999974 5576315.09, 384921.4900000002 5576315.41, 384915.13999999966 5576317.16, 384901.76999999955 5576320.82, 384893.8300000001 5576322.52, 384857.4199999999 5576330.3100000005, 384844.4500000002 5576331.33, 384824.0499999998 5576331.460000001, 384808.0800000001 5576331.15, 384803.54000000004 5576331.07, 384802.1500000004 5576330.960000001, 384789.41000000015 5576329.93, 384775.4299999997 5576328.16, 384754.78000000026 5576323.35, 384751.5999999996 5576321.880000001, 384750.7000000002 5576320.1899999995, 384750.23000000045 5576319.3100000005, 384751.1799999997 5576316.029999999, 384744.1699999999 5576317.15, 384740.63999999966 5576318.51, 384736.8099999996 5576318.4399999995, 384733.9900000002 5576317.91, 384723.2999999998 5576314.720000001, 384645.54000000004 5576293.470000001, 384627.5800000001 5576287.77, 384625.08999999985 5576284.630000001, 384621.7400000002 5576281.640000001, 384600.95999999996 5576263.220000001, 384593.8799999999 5576258.68, 384575.11000000034 5576246.65, 384568.33999999985 5576242.33, 384565.58999999985 5576241.119999999, 384534.2999999998 5576227.390000001, 384502.53000000026 5576217.33, 384434.95999999996 5576195.9, 384425.4500000002 5576192.890000001, 384398.6900000004 5576184.42, 384380.36000000034 5576178.609999999, 384375.29000000004 5576177, 384335.3799999999 5576163.460000001, 384330.16000000015 5576161.75, 384301.29000000004 5576150.539999999, 384298.5999999996 5576149.220000001, 384292.5800000001 5576146.35, 384278.78000000026 5576139.58, 384253.98000000045 5576127.85, 384236.98000000045 5576114.18, 384232.0700000003 5576110.17, 384228.1699999999 5576105.5, 384212.88999999966 5576088.15, 384205.2999999998 5576079.1, 384197.63999999966 5576070.74, 384194 5576066.140000001, 384192.38999999966 5576063.42, 384187.75 5576055.07, 384185.6500000004 5576050.75, 384185.28000000026 5576049.52, 384184.4000000004 5576041.279999999, 384184.46999999974 5576039.5, 384184.6500000004 5576028.1899999995, 384183.41000000015 5576011.98, 384189.6699999999 5576003.140000001, 384188.23000000045 5575994.039999999, 384187.8799999999 5575976.85, 384194.5 5575941.5600000005, 384194.73000000045 5575939.98, 384199.16000000015 5575909.33, 384199.88999999966 5575896.550000001, 384200.5800000001 5575882.52, 384200.33999999985 5575868.4, 384198.6200000001 5575851.210000001, 384198.33999999985 5575848.949999999, 384196.3700000001 5575833.6, 384193.5599999996 5575821.369999999, 384191.5499999998 5575812.66, 384183.13999999966 5575782.15, 384180.2999999998 5575775.25, 384171.73000000045 5575754.470000001, 384167.0999999996 5575745.92, 384156.26999999955 5575725.83, 384147.11000000034 5575712.35, 384142.95999999996 5575705.050000001, 384140.03000000026 5575699.52, 384124.0499999998 5575682.48, 384100.2999999998 5575659.67, 384080.51999999955 5575643.76, 384056.4199999999 5575626.18, 384034.8499999996 5575612.82, 384031.8700000001 5575611.16, 384013.28000000026 5575600.8100000005, 384002.9900000002 5575595.59, 384000.36000000034 5575594.25, 383985.36000000034 5575588.6, 383964.4199999999 5575568.630000001, 383935.20999999996 5575559, 383930.9000000004 5575556.25, 383927.08999999985 5575558.289999999, 383888.51999999955 5575551.779999999, 383881.61000000034 5575551.02, 383881.2599999998 5575554, 383884.9900000002 5575556.529999999, 383878.54000000004 5575568.800000001, 383881.58999999985 5575574.48, 383854.7400000002 5575570.25, 383832.0599999996 5575566.16, 383801.0599999996 5575560.41, 383780.13999999966 5575556.25, 383757.98000000045 5575552.640000001, 383722.9299999997 5575545.550000001, 383693.8300000001 5575537.220000001, 383663.7999999998 5575524.42, 383650.0499999998 5575516.83, 383631.53000000026 5575505.720000001, 383609.6200000001 5575489.59, 383594.28000000026 5575475.199999999, 383579.71999999974 5575461.279999999, 383565.3200000003 5575445.359999999, 383552.6699999999 5575429.359999999, 383542.2999999998 5575414.27, 383529.5800000001 5575390.27, 383520.8200000003 5575371.619999999, 383515.79000000004 5575358.3100000005, 383508.9299999997 5575337.08, 383507.9500000002 5575324.91, 383505.8300000001 5575320.02, 383501.76999999955 5575302.35, 383498.4400000004 5575275.470000001, 383500.36000000034 5575230.43, 383502.0800000001 5575216.800000001, 383506.8300000001 5575192.1, 383517.9400000004 5575151.130000001, 383530.5 5575121.609999999, 383540.01999999955 5575097.210000001, 383554.5800000001 5575042.6, 383558.4500000002 5575014.43, 383559.66000000015 5574994.869999999, 383558.1500000004 5574958.57, 383553.5599999996 5574930.59, 383552.11000000034 5574925.17, 383543.54000000004 5574892.98, 383536.7999999998 5574874.74, 383523.0700000003 5574844.279999999, 383504.38999999966 5574809.01, 383511.98000000045 5574807.25, 383516.4000000004 5574805, 383508.70999999996 5574795.779999999, 383493.5700000003 5574772.8100000005, 383481.4000000004 5574752.380000001, 383471.3799999999 5574738.08, 383464.0099999998 5574724.25, 383459.0999999996 5574715.0600000005, 383444.3499999996 5574669.07, 383441.6699999999 5574654.84, 383435.53000000026 5574629, 383437.6500000004 5574623.66, 383431.71999999974 5574590.52, 383429.9000000004 5574581.35, 383429.5099999998 5574579.41, 383422.66000000015 5574545.93, 383417.21999999974 5574522.65, 383411.9000000004 5574483.48, 383411.5499999998 5574481.359999999, 383405.58999999985 5574444.199999999, 383403.21999999974 5574433.859999999, 383399.3700000001 5574417.02, 383402.75 5574413.07, 383401.78000000026 5574409.3100000005, 383396.70999999996 5574405.960000001, 383391.1799999997 5574382.43, 383382.21999999974 5574351.43, 383377.83999999985 5574336.24, 383374.7999999998 5574323.24, 383370.3700000001 5574304.289999999, 383368.1799999997 5574294.5, 383366.4299999997 5574274.23, 383366.0099999998 5574269.4399999995, 383366.3700000001 5574266.550000001, 383364.4500000002 5574243.07, 383361.1299999999 5574220.1899999995, 383360.2599999998 5574214.140000001, 383355.4000000004 5574187.4399999995, 383350.8700000001 5574170.390000001, 383352.1699999999 5574163.699999999, 383350.5 5574159.800000001, 383337.9400000004 5574130.359999999, 383327.1200000001 5574111.0600000005, 383326.1900000004 5574107.66, 383318.20999999996 5574100.33, 383303.91000000015 5574078.869999999, 383291.51999999955 5574063.130000001, 383290.08999999985 5574061.539999999, 383276.71999999974 5574046.779999999, 383265.0099999998 5574035.1, 383263.4900000002 5574033.58, 383238.54000000004 5574013.119999999, 383222.25 5574002.01, 383220.6500000004 5574000.91, 383206.73000000045 5573992.119999999, 383187.2599999998 5573982.640000001, 383166.58999999985 5573973.33, 383147.7000000002 5573967.08, 383143.9299999997 5573966.18, 383136.73000000045 5573964.460000001, 383117.61000000034 5573960.470000001, 383100.6299999999 5573956.26, 383094.46999999974 5573954.73, 383063.48000000045 5573947.029999999, 383032.63999999966 5573946.869999999, 383019.9500000002 5573947.42, 383017.6299999999 5573943.789999999, 383013.4299999997 5573942.039999999, 383008.46999999974 5573946.5, 382986.5999999996 5573949.380000001, 382982.76999999955 5573950.52, 382960.26999999955 5573957.16, 382954.0999999996 5573960.25, 382946.03000000026 5573964.27, 382927.98000000045 5573968.24, 382914.5599999996 5573974.029999999, 382901.78000000026 5573982.140000001, 382892.6799999997 5573990.300000001, 382882.26999999955 5573999.609999999, 382850.5499999998 5574021.720000001, 382833.48000000045 5574037.119999999, 382812.45999999996 5574058.99, 382797.29000000004 5574072.5600000005, 382794.4299999997 5574075.119999999, 382784.6200000001 5574087.130000001, 382780.78000000026 5574092.65, 382773.2999999998 5574103.4399999995, 382762.71999999974 5574124.050000001, 382747.20999999996 5574154.33, 382725.0700000003 5574197.050000001, 382714.5099999998 5574216.85, 382713.03000000026 5574217.41, 382692.45999999996 5574192.880000001, 382676.7400000002 5574175.16, 382651.6200000001 5574151.68, 382636.4299999997 5574135.460000001, 382606.3799999999 5574100.210000001, 382597 5574089.23, 382588.53000000026 5574079.35, 382574.71999999974 5574062.890000001, 382553.4500000002 5574036.51, 382528.1200000001 5574010.699999999, 382494.46999999974 5573982.119999999, 382459.41000000015 5573950.949999999, 382436.04000000004 5573930.17, 382426.8499999996 5573921.57, 382413.5599999996 5573909.140000001, 382401.0499999998 5573897.43, 382398.61000000034 5573895.3100000005, 382379.6699999999 5573874.119999999, 382361.03000000026 5573853.83, 382341.01999999955 5573831.359999999, 382325.5800000001 5573812.210000001, 382322.5499999998 5573807.65, 382298.8700000001 5573772.050000001, 382293.4900000002 5573763.970000001, 382268.58999999985 5573725.210000001, 382255.1200000001 5573704.26, 382252.48000000045 5573700.09, 382235.86000000034 5573676.42, 382225.7999999998 5573662.1, 382196.11000000034 5573619.789999999, 382143.48000000045 5573553.17, 382133.78000000026 5573540.91, 382125.33999999985 5573525.609999999, 382120.5700000003 5573519.49, 382115.9199999999 5573502.1, 382105.29000000004 5573470.01, 382098.4000000004 5573454.0600000005, 382089.61000000034 5573435.76, 382086.88999999966 5573431.119999999, 382081.71999999974 5573422.279999999, 382068.9500000002 5573403.24, 382054.61000000034 5573384.300000001, 382040.4299999997 5573372.640000001, 382021.98000000045 5573355.289999999, 382008.0700000003 5573345.210000001, 381998.03000000026 5573337.92, 381985.86000000034 5573329.1, 381959.4900000002 5573308.800000001, 381955.61000000034 5573305.8100000005, 381955.0999999996 5573304.5, 381976.54000000004 5573259.91, 381993.9000000004 5573223.800000001, 382007.03000000026 5573196.51, 382034.75 5573138.960000001, 382038.41000000015 5573130.76, 382042.38999999966 5573122.369999999, 382058.5999999996 5573088.27, 382064.88999999966 5573075.029999999, 382087.28000000026 5573027.949999999, 382103.8799999999 5573020.83, 382113.0800000001 5573016.880000001, 382117.28000000026 5573015.07, 382126.11000000034 5573011.300000001, 382143.41000000015 5573003.869999999, 382154.7599999998 5572999, 382162.3700000001 5572995.74, 382175.0800000001 5572990.279999999, 382214.2400000002 5572973.51, 382257.66000000015 5572954.9, 382300.9400000004 5572936.789999999, 382316.4000000004 5572930.32, 382321.36000000034 5572931.01, 382325.3099999996 5572928.630000001, 382321.45999999996 5572924.289999999, 382319.1500000004 5572921.6899999995, 382282.28000000026 5572880.16, 382278.8200000003 5572878.5600000005, 382271.8200000003 5572875.32, 382265.25 5572872.279999999, 382243.01999999955 5572877.720000001, 382190.9299999997 5572890.58, 382178.4500000002 5572893.66, 382164.8499999996 5572897.279999999, 382153.26999999955 5572900.640000001, 382118.16000000015 5572912.9, 382093.58999999985 5572923.640000001, 382080.25 5572930.83, 382068.13999999966 5572915.449999999, 382061.3799999999 5572906.859999999, 382051.58999999985 5572894.27, 382031.04000000004 5572867.85, 382025.0099999998 5572860.15, 382021.76999999955 5572863.949999999, 382021.0599999996 5572868.119999999, 381998.9400000004 5572882.32, 381974.1200000001 5572898.25, 381955.8099999996 5572912.9, 381902.8700000001 5572944.3100000005, 381812.79000000004 5572997.75, 381808.7599999998 5572996.949999999, 381804.54000000004 5572997.470000001, 381803.58999999985 5573001.609999999, 381766.3099999996 5573020.91, 381732.91000000015 5573038.210000001, 381722.70999999996 5573043.49, 381719.8799999999 5573044.960000001, 381696.0700000003 5573057.289999999, 381643.6799999997 5573027.67, 381584.86000000034 5572994.5600000005, 381545.6500000004 5572972.470000001, 381512.8799999999 5572962.710000001, 381479.5499999998 5572952.800000001, 381482.7400000002 5572941.449999999, 381491.2000000002 5572911.460000001, 381487.86000000034 5572910.98, 381484.0999999996 5572912.869999999, 381453.4000000004 5572903.720000001, 381411.33999999985 5572891.18, 381366.91000000015 5572877.93, 381353.78000000026 5572874.029999999, 381347.0800000001 5572872.029999999, 381342.70999999996 5572870.65, 381339.03000000026 5572868.550000001, 381340.08999999985 5572864.640000001, 381355.2999999998 5572850.76, 381368.86000000034 5572838.359999999, 381383.54000000004 5572824.960000001, 381385.0099999998 5572822.369999999, 381386.28000000026 5572820.109999999, 381396.63999999966 5572801.83, 381407.7599999998 5572782.18, 381419.8700000001 5572760.82, 381437.3499999996 5572729.960000001, 381443.96999999974 5572718.27, 381460.2400000002 5572689.539999999, 381464.75 5572688.01, 381466.5 5572684.8100000005, 381462.3799999999 5572681, 381456.25 5572667.18, 381436.75 5572618.880000001, 381431.6500000004 5572606.279999999, 381425.4900000002 5572591.02, 381421.2599999998 5572580.550000001, 381416.1299999999 5572567.84, 381410.2000000002 5572553.17, 381412.28000000026 5572549.529999999, 381423.3799999999 5572546.039999999, 381455.26999999955 5572536.029999999, 381468.36000000034 5572531.91, 381500.16000000015 5572521.92, 381506.13999999966 5572520.039999999, 381506.53000000026 5572518.859999999, 381519.83999999985 5572478.67, 381525.46999999974 5572461.619999999, 381526.13999999966 5572459.6, 381527.6699999999 5572454.970000001, 381531.3300000001 5572443.92, 381542.8300000001 5572409.16, 381546.20999999996 5572408.51, 381579.46999999974 5572444.6, 381587.9000000004 5572448.710000001, 381634.41000000015 5572471.390000001, 381660.1900000004 5572472.289999999, 381670.45999999996 5572472.65, 381674.20999999996 5572475.779999999, 381678.20999999996 5572472.9, 381684.3799999999 5572452.6899999995, 381699.75 5572441.34, 381710.11000000034 5572439.01, 381724.3499999996 5572438.3100000005, 381754.29000000004 5572440.949999999, 381775.8499999996 5572435.960000001, 381785.5 5572432.029999999, 381803.01999999955 5572421.82, 381818.9299999997 5572410.01, 381833.53000000026 5572402.0600000005, 381863.8300000001 557240</t>
   </si>
   <si>
     <t>https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=5610-401</t>
   </si>
   <si>
     <t>https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg5610-401</t>
   </si>
   <si>
-    <t>https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/vsg_sdb_5610-401.pdf</t>
+    <t>https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/vsg_sdb_5610-401.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -510,90 +510,90 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vogelschutzgebiet&amp;layers=vogelschutzgebiet&amp;qid=VSG-7000-011" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=5610-401" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg5610-401" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/vsg_sdb_5610-401.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vogelschutzgebiet&amp;layers=vogelschutzgebiet&amp;qid=VSG-7000-011" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=5610-401" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg5610-401" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/vsg_sdb_5610-401.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:X2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="36.7109375" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="7" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="178.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="15.5703125" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="42.42578125" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="178" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="81.85546875" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="76.28515625" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="73.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -664,51 +664,51 @@
       <c r="E2" t="s">
         <v>27</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>28</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>29</v>
       </c>
       <c r="J2" t="s">
         <v>30</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>31</v>
       </c>
       <c r="N2">
         <v>109718</v>
       </c>
       <c r="O2" s="3">
-        <v>45970.323630743</v>
+        <v>46045.87680979375</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2" t="s">
         <v>35</v>
       </c>
       <c r="T2" t="s">
         <v>36</v>
       </c>
       <c r="U2" t="s">
         <v>37</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>38</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>39</v>
       </c>