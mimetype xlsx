--- v0 (2025-11-08)
+++ v1 (2026-01-23)
@@ -132,51 +132,51 @@
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>Naturschutz</t>
   </si>
   <si>
     <t>Vogelschutzgebiet besonderer Bedeutung (EG)</t>
   </si>
   <si>
     <t>Natura 2000</t>
   </si>
   <si>
     <t>DE-5511-401</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((393003.96999999974 5585702.68, 393001.6699999999 5585720.43, 393000.3700000001 5585730.5, 392998.08999999985 5585747.98, 393016.5 5585751.74, 393051.6299999999 5585760.65, 393070.5999999996 5585766.16, 393093.8799999999 5585773.279999999, 393141.0499999998 5585781.17, 393190.36000000034 5585791.220000001, 393219.3200000003 5585798.43, 393262.45999999996 5585808.6899999995, 393289.8099999996 5585816.140000001, 393296.2999999998 5585817.93, 393305.1200000001 5585820.3100000005, 393382.8700000001 5585841.539999999, 393440.9500000002 5585859.82, 393476.41000000015 5585869.619999999, 393497.54000000004 5585873.710000001, 393508.28000000026 5585876.66, 393560.2000000002 5585884.25, 393597.3099999996 5585895.630000001, 393658.01999999955 5585916.77, 393693.3099999996 5585931.539999999, 393730.51999999955 5585951.949999999, 393811.5499999998 5586001.9, 393959.0599999996 5586105.67, 393962.5099999998 5586107.98, 394019.1799999997 5586148.84, 394076.7400000002 5586184.75, 394124.5700000003 5586221.609999999, 394161.9400000004 5586249.07, 394172.1699999999 5586260.8100000005, 394170.4000000004 5586263.23, 394221.25 5586302.32, 394257.38999999966 5586327.779999999, 394282.3099999996 5586342.289999999, 394314.1299999999 5586363.449999999, 394387.13999999966 5586408.74, 394451.1699999999 5586445.65, 394511.4500000002 5586474.99, 394576.4299999997 5586509.27, 394649.4500000002 5586547.539999999, 394703.1900000004 5586569.800000001, 394712.5099999998 5586573.82, 394761.1200000001 5586594.77, 394814.73000000045 5586610.140000001, 394818.5700000003 5586611.25, 394822.6799999997 5586612.83, 394828.29000000004 5586615, 394834.53000000026 5586617.41, 394840.4199999999 5586619.6899999995, 394852.78000000026 5586624.470000001, 394859.63999999966 5586627.130000001, 394867.4900000002 5586630.16, 394869.1699999999 5586630.26, 394872.9000000004 5586630.5, 394876.2400000002 5586630.720000001, 394886.21999999974 5586631.369999999, 394891.9299999997 5586631.73, 394896.88999999966 5586633.33, 394901.13999999966 5586634.699999999, 394905.5 5586636.109999999, 394914.54000000004 5586639.029999999, 394928.96999999974 5586643.68, 394934.9900000002 5586645.619999999, 394940.0800000001 5586647.27, 394943.91000000015 5586648.5, 394944.61000000034 5586648.57, 394949.1699999999 5586649.029999999, 394953.2400000002 5586649.449999999, 394957.54000000004 5586649.880000001, 394962.79000000004 5586650.42, 394967.88999999966 5586650.960000001, 394972.88999999966 5586651.49, 394983.4000000004 5586652.58, 394988.8200000003 5586653.130000001, 394994.2999999998 5586653.67, 395004.5700000003 5586656.880000001, 395009.04000000004 5586658.279999999, 395013.98000000045 5586659.82, 395020.23000000045 5586661.77, 395026.3499999996 5586663.68, 395032.5999999996 5586665.630000001, 395040.5700000003 5586668.130000001, 395049.6299999999 5586670.960000001, 395053.6299999999 5586672.91, 395057.4400000004 5586674.76, 395062.7000000002 5586677.32, 395067.33999999985 5586679.59, 395071.9000000004 5586681.8100000005, 395072.7999999998 5586682.27, 395090.71999999974 5586691, 395097.96999999974 5586694.1899999995, 395103.8200000003 5586696.75, 395110.7400000002 5586699.77, 395118.13999999966 5586702.91, 395120.5099999998 5586705.02, 395123.8799999999 5586707.82, 395127.7400000002 5586711.029999999, 395131.6200000001 5586714.25, 395134.6699999999 5586716.77, 395141.9400000004 5586722.82, 395148.0599999996 5586725.210000001, 395153.36000000034 5586727.27, 395158.6699999999 5586729.34, 395169.3499999996 5586733.5, 395182.36000000034 5586738.57, 395194.13999999966 5586743.17, 395205.1799999997 5586747.359999999, 395212.2000000002 5586750.08, 395215.8799999999 5586751.51, 395219.58999999985 5586752.9399999995, 395223.8499999996 5586754.6, 395232.6799999997 5586758.02, 395232.7000000002 5586757.82, 395234.96999999974 5586738.880000001, 395237.61000000034 5586713.970000001, 395239.54000000004 5586696.73, 395258.25 5586526.369999999, 395312.21999999974 5586549.720000001, 395317.8200000003 5586551.619999999, 395316.0800000001 5586557.75, 395314.9900000002 5586561.57, 395292.98000000045 5586638.880000001, 395291.88999999966 5586642.73, 395271.83999999985 5586713.15, 395269.6200000001 5586720.99, 395267.6900000004 5586727.75, 395260.8499999996 5586751.77, 395260.54000000004 5586752.859999999, 395259.4500000002 5586756.710000001, 395256.4500000002 5586767.25, 395242.0800000001 5586815.07, 395235.7400000002 5586836.18, 395229.9199999999 5586855.5, 395229.21999999974 5586857.869999999, 395226.8700000001 5586865.66, 395225.5599999996 5586870.039999999, 395180.79000000004 5587033.8100000005, 395179.54000000004 5587038.449999999, 395169.1799999997 5587074.42, 395155.2999999998 5587115.6, 395111.70999999996 5587268.609999999, 395111.5599999996 5587269.07, 395095.2999999998 5587275.99, 395080.9199999999 5587282.109999999, 395072.3300000001 5587285.77, 395023.98000000045 5587306.619999999, 395002.8700000001 5587315.9, 394997.21999999974 5587318.380000001, 394996.9199999999 5587318.51, 394991.98000000045 5587320.74, 394979.3300000001 5587326.41, 394966.8799999999 5587332.02, 394966.4000000004 5587332.23, 394958.9199999999 5587335.59, 394953.41000000015 5587337.970000001, 394934.4900000002 5587346.140000001, 394928.6699999999 5587348.66, 394922.0800000001 5587351.52, 394920.8499999996 5587352.039999999, 394914.54000000004 5587354.76, 394903.7000000002 5587359.4399999995, 394891.6900000004 5587364.630000001, 394880.4500000002 5587369.48, 394868.7000000002 5587374.550000001, 394861.98000000045 5587377.470000001, 394855.29000000004 5587380.380000001, 394841.7599999998 5587386.24, 394837.51999999955 5587388.08, 394834.0700000003 5587389.57, 394813.70999999996 5587399.51, 394739.51999999955 5587441.789999999, 394664.4299999997 5587484.59, 394663.70999999996 5587485, 394663.2599999998 5587484.25, 394644.01999999955 5587494.380000001, 394636.21999999974 5587498.43, 394629.79000000004 5587501.779999999, 394622.41000000015 5587505.630000001, 394621.45999999996 5587506.02, 394607.98000000045 5587513.17, 394599.83999999985 5587517.84, 394592.86000000034 5587521.880000001, 394582.1200000001 5587528.09, 394578.0099999998 5587530.470000001, 394573.6500000004 5587532.99, 394569.63999999966 5587535.300000001, 394565.73000000045 5587537.5600000005, 394561.63999999966 5587539.91, 394554.9500000002 5587544.140000001, 394538.58999999985 5587554.630000001, 394537.7999999998 5587555.15, 394532.1799999997 5587558.6899999995, 394524.41000000015 5587563.33, 394508.98000000045 5587572.66, 394504.0599999996 5587575.6899999995, 394492.6699999999 5587582.699999999, 394479.95999999996 5587590.4399999995, 394480.6699999999 5587591.869999999, 394475.73000000045 5587594.84, 394470.4000000004 5587597.890000001, 394457.0599999996 5587605.720000001, 394443.91000000015 5587613.4, 394435.0499999998 5587618.57, 394424.7999999998 5587624.57, 394411.08999999985 5587632.59, 394401.20999999996 5587638.369999999, 394390.7000000002 5587644.42, 394386.5999999996 5587646.58, 394372.4199999999 5587654.779999999, 394367.13999999966 5587657.83, 394349.3099999996 5587668.140000001, 394339.03000000026 5587674.08, 394333.5599999996 5587677.66, 394327.6200000001 5587680.949999999, 394323.26999999955 5587683.359999999, 394319.33999999985 5587685.84, 394319.16000000015 5587685.24, 394313.79000000004 5587688.4399999995, 394313.8799999999 5587688.789999999, 394307.71999999974 5587691.83, 394301.0999999996 5587694.949999999, 394290.9199999999 5587699.550000001, 394278.76999999955 5587704.4, 394272.36000000034 5587707.09, 394264.70999999996 5587709.6899999995, 394246.46999999974 5587716.119999999, 394236.3099999996 5587719.6899999995, 394228.2000000002 5587722.539999999, 394218.7599999998 5587726.050000001, 394213.63999999966 5587727.9399999995, 394201.95999999996 5587731.99, 394193.03000000026 5587735.3100000005, 394186.7999999998 5587737.699999999, 394180.54000000004 5587740.039999999, 394166.5700000003 5587745.1899999995, 394157.23000000045 5587748.6, 394140.83999999985 5587754.59, 394124.98000000045 5587760.4, 394076.03000000026 5587778.470000001, 394069.8099999996 5587780.74, 394060.21999999974 5587784.220000001, 394050.4500000002 5587787.890000001, 394047.6500000004 5587762.99, 394039.45999999996 5587744.68, 394037.9400000004 5587737.859999999, 394016.41000000015 5587734.800000001, 393984.2000000002 5587730.66, 393985.7000000002 5587721.539999999, 393945.8099999996 5587715.220000001, 393921.2000000002 5587710.9, 393913.7999999998 5587709.619999999, 393897.5800000001 5587706.8100000005, 393885.0999999996 5587704.66, 393872.23000000045 5587702.43, 393868.61000000034 5587701.8100000005, 393860.6900000004 5587743.24, 393856.8099999996 5587763.529999999, 393850.1900000004 5587762.16, 393839.5999999996 5587759.49, 393838.70999999996 5587763.98, 393828.5599999996 5587761.609999999, 393829.6500000004 5587756.23, 393814.48000000045 5587753.029999999, 393812.9400000004 5587760.220000001, 393783.5 5587753.92, 393748.4199999999 5587746.380000001, 393744.1200000001 5587762.84, 393735.6699999999 5587795.23, 393726.6299999999 5587793.48, 393721.4000000004 5587792.470000001, 393713.6799999997 5587790.970000001, 393712.13999999966 5587796.619999999, 393698.21999999974 5587795.199999999, 393693.4199999999 5587794.52, 393693.5499999998 5587794.08, 393695.48000000045 5587787.4, 393685.79000000004 5587785.52, 393675.71999999974 5587783.5600000005, 393671.3300000001 5587782.710000001, 393666.8499999996 5587781.83, 393661.86000000034 5587780.859999999, 393660.4199999999 5587780.58, 393663.16000000015 5587771.35, 393665.01999999955 5587765.16, 393666.23000000045 5587760.85, 393672.2999999998 5587739.470000001, 393661.1900000004 5587736.5, 393650.8200000003 5587734.02, 393646.1799999997 5587732.9, 393653.9900000002 5587706.18, 393649.7000000002 5587704.880000001, 393645.0099999998 5587703.52, 393639.51999999955 5587702.029999999, 393638.4400000004 5587706.029999999, 393620.26999999955 5587702.289999999, 393618.3700000001 5587701.869999999, 393607.20999999996 5587734.25, 393593.96999999974 5587731.6899999995, 393562.28000000026 5587725.5600000005, 393505.1699999999 5587714.49, 393472.63999999966 5587708.16, 393474.4000000004 5587703.449999999, 393482.4299999997 5587681.890000001, 393448.20999999996 5587669.050000001, 393446.04000000004 5587674.3100000005, 393395.3799999999 5587654.59, 393389.9400000004 5587652.460000001, 393377.58999999985 5587682.0600000005, 393362.83999999985 5587722.74, 393359.9500000002 5587721.800000001, 393358.4000000004 5587721.300000001, 393354.9900000002 5587734.0600000005, 393353.2599999998 5587738.34, 393327.48000000045 5587733.199999999, 393320.8099999996 5587731.3100000005, 393302.58999999985 5587726.119999999, 393219.6500000004 5587702.4399999995, 393138.13999999966 5587679.17, 393122.6500000004 5587674.699999999, 393046.9500000002 5587652.92, 392971.08999999985 5587631.48, 392967.2599999998 5587630.4, 392950.0099999998 5587625.52, 392938.36000000034 5587622.23, 392923.1500000004 5587617.92, 392914.6299999999 5587615.51, 392901.71999999974 5587611.859999999, 392886.33999999985 5587607.51, 392867.8200000003 5587602.279999999, 392838.8099999996 5587594.07, 392827 5587590.73, 392816.3200000003 5587587.710000001, 392777.7599999998 5587576.800000001, 392767.33999999985 5587573.85, 392760.25 5587571.85, 392753.21999999974 5587569.859999999, 392746.0800000001 5587567.85, 392738.0599999996 5587564.4399999995, 392731.6699999999 5587559.130000001, 392726.98000000045 5587551.9, 392726.25 5587550.869999999, 392722.0599999996 5587545.029999999, 392717.2999999998 5587539.109999999, 392716.9900000002 5587517.33, 392717.0800000001 5587496.48, 392717.08999999985 5587491.9, 392718.6699999999 5587490.83, 392724.4299999997 5587486.93, 392734.45999999996 5587485.630000001, 392731.6500000004 5587481.960000001, 392729.58999999985 5587479.289999999, 392730.88999999966 5587436.02, 392731.26999999955 5587423.48, 392731.73000000045 5587407.98, 392731.86000000034 5587387.800000001, 392731.45999999996 5587366.93, 392731.28000000026 5587364.199999999, 392730.4299999997 5587351.84, 392726.95999999996 5587337.57, 392726.6799999997 5587336.41, 392722.36000000034 5587327.710000001, 392719.23000000045 5587321.42, 392716.79000000004 5587318.640000001, 392710.86000000034 5587311.869999999, 392709.13999999966 5587309.91, 392706.5700000003 5587307.6, 392702.4299999997 5587303.890000001, 392699.6699999999 5587301.42, 392697.6799999997 5587294.210000001, 392692.61000000034 5587303.77, 392687.88999999966 5587302.039999999, 392677.25 5587298.140000001, 392675.26999999955 5587297.550000001, 392669.2400000002 5587295.74, 392661.79000000004 5587293.48, 392656.53000000026 5587291.9, 392648.45999999996 5587289.460000001, 392638.1500000004 5587283.6, 392636.73000000045 5587281.99, 392631.3499999996 5587275.84, 392625.76999999955 5587266.6, 392623.1799999997 5587259.67, 392612.9500000002 5587232.33, 392606.01999999955 5587213.779999999, 392599.4400000004 5587196.199999999, 392587.4500000002 5587164.140000001, 392584.61000000034 5587156.5, 392582.23000000045 5587149.359999999, 392579.36000000034 5587140.710000001, 392576.5800000001 5587133.07, 392570.86000000034 5587117.27, 392568.5499999998 5587112.16, 392560.4199999999 5587094.16, 392557.6500000004 5587088.380000001, 392550.33999999985 5587073.08, 392544.8499999996 5587061.58, 392540.0599999996 5587049.49, 392537.6299999999 5587043.369999999, 392529.7000000002 5587023.449999999, 392525.7999999998 5587013.66, 392518.5 5586995.300000001, 392511.91000000015 5586978.550000001, 392509.8799999999 5586973.34, 392507.46999999974 5586967.42, 392498.8099999996 5586945.43, 392497.4000000004 5586942.130000001, 392493.3799999999 5586932.109999999, 392486.79000000004 5586916.98, 392486.6799999997 5586916.68, 392479.53000000026 5586901.65, 392474.8300000001 5586891.779999999, 392469.04000000004 5586879.74, 392461.9500000002 5586866.17, 392444.0099999998 5586831.880000001, 392436.53000000026 5586817.91, 392432.53000000026 5586810.58, 392420.5800000001 5586788.76, 392409.8499999996 5586769.880000001, 392404.23000000045 5586759.960000001, 392403.2400000002 5586758.4, 392396.41000000015 5586747.09, 392394.03000000026 5586743.140000001, 392383.4000000004 5586725.82, 392383.23000000045 5586725.5600000005, 392371.3099999996 5586707.15, 392361.7400000002 5586692.210000001, 392361.41000000015 5586691.74, 392355.9900000002 5586683.800000001, 392350.5099999998 5586675.67, 392346.45999999996 5586670.460000001, 392338.3200000003 5586659.869999999, 392331.16000000015 5586651.6, 392325.3200000003 5586644.77, 392317.8099999996 5586636.67, 392311.75 5586630.050000001, 392309.54000000004 5586628.4, 392301.0599999996 5586622.130000001, 392303.86000000034 5586619.5600000005, 392337.21999999974 5586544.75, 392360.4400000004 5586498.08, 392366 5586482.49, 392367.01999999955 5586465.59, 392365.21999999974 5586457.93, 392401.96999999974 5586456.85, 392411.5700000003 5586455.75, 392436.8099999996 5586452.85, 392477.03000000026 5586441.609999999, 392504.0700000003 5586434.039999999, 392542.4199999999 5586428.5600000005, 392578.7000000002 5586417.93, 392641.70999999996 5586403.68, 392699.4199999999 5586407.720000001, 392699.2999999998 5586402.15, 392698.7999999998 5586377.029999999, 392691.96999999974 5586271.609999999, 392692.7999999998 5586259.3100000005, 392625.5800000001 5586253.289999999, 392625.5499999998 5586252.050000001, 392591.3799999999 5586249.050000001, 392579.76999999955 5586248.09, 392571.2599999998 5586247.27, 392539.5099999998 5586244.539999999, 392501.45999999996 5586241.5, 392488.3700000001 5586240.02, 392465.3200000003 5586237.84, 392460.51999999955 5586237.279999999, 392377.51999999955 5586229.609999999, 392373.1299999999 5586229.109999999, 392365.9500000002 5586226.34, 392360.21999999974 5586222.09, 392354.8099999996 5586132.880000001, 392353.4500000002 5586104.33, 392349.28000000026 5586016.92, 392338.5599999996 5586016.84, 392335.83999999985 5586012.210000001, 392327.1500000004 5585978.0600000005, 392354.96999999974 5585946.02, 392345.6799999997 5585900.859999999, 392341.5999999996 5585880.99, 392333.3099999996 5585883.33, 392328.0099999998 5585884.880000001, 392332.6699999999 5585877.380000001, 392338.6500000004 5585867.76, 392383.41000000015 5585795.68, 392386.36000000034 5585790.01, 392387.4500000002 5585784.800000001, 392386.8499999996 5585779.68, 392384.41000000015 5585774.5, 392380.3200000003 5585770.4, 392359.73000000045 5585758.960000001, 392353.9500000002 5585755.74, 392335.6500000004 5585745.609999999, 392318.03000000026 5585747.99, 392267.83999999985 5585713.289999999, 392250.0099999998 5585715.119999999, 392248.41000000015 5585715.359999999, 392239.91000000015 5585710.85, 392187.13999999966 5585682.890000001, 392180.5099999998 5585676.779999999, 392178.2599999998 5585670.48, 392156.5999999996 5585555.3100000005, 392156.5700000003 5585555.130000001, 392269.88999999966 5585543.76, 392572.5499999998 5585513.960000001, 392750.0499999998 5585518.75, 392823.48000000045 5585520.73, 393022.13999999966 5585557.9399999995, 393004.9199999999 5585695.41, 393003.96999999974 5585702.68)))</t>
   </si>
   <si>
     <t>https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=5511-401</t>
   </si>
   <si>
     <t>https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg5511-401</t>
   </si>
   <si>
-    <t>https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/vsg_sdb_5511-401.pdf</t>
+    <t>https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/vsg_sdb_5511-401.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -510,90 +510,90 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vogelschutzgebiet&amp;layers=vogelschutzgebiet&amp;qid=VSG-7000-009" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=5511-401" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg5511-401" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/vsg_sdb_5511-401.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vogelschutzgebiet&amp;layers=vogelschutzgebiet&amp;qid=VSG-7000-009" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=5511-401" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg5511-401" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/vsg_sdb_5511-401.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:X2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="36.42578125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="6" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="13" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="178.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="15.5703125" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="42.42578125" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="178" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="81.85546875" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="76.28515625" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="73.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -664,51 +664,51 @@
       <c r="E2" t="s">
         <v>27</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>28</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>29</v>
       </c>
       <c r="J2" t="s">
         <v>30</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>31</v>
       </c>
       <c r="N2">
         <v>109716</v>
       </c>
       <c r="O2" s="3">
-        <v>45969.09232793985</v>
+        <v>46045.78241355787</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2" t="s">
         <v>35</v>
       </c>
       <c r="T2" t="s">
         <v>36</v>
       </c>
       <c r="U2" t="s">
         <v>37</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>38</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>39</v>
       </c>