--- v0 (2025-11-09)
+++ v1 (2026-01-23)
@@ -132,51 +132,51 @@
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>Naturschutz</t>
   </si>
   <si>
     <t>Vogelschutzgebiet besonderer Bedeutung (EG)</t>
   </si>
   <si>
     <t>Natura 2000</t>
   </si>
   <si>
     <t>DE-5509-401</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((377062.5999999996 5587069.34, 377016.04000000004 5587066.08, 376988.9299999997 5587060.57, 376948.3300000001 5587050.220000001, 376934.03000000026 5587046.65, 376903.1500000004 5587038.5600000005, 376888.9299999997 5587034.84, 376865.51999999955 5587023.16, 376833.01999999955 5587008.09, 376827.33999999985 5587008.130000001, 376824.21999999974 5587007.390000001, 376807.0099999998 5586996.25, 376794.66000000015 5586995, 376763.66000000015 5586967.25, 376748.21999999974 5586983.6899999995, 376745.21999999974 5586986.800000001, 376743.5800000001 5586988.5, 376732.2999999998 5586977.51, 376717.03000000026 5586961.52, 376713.73000000045 5586957.779999999, 376710.3499999996 5586954.17, 376665.8700000001 5586911.33, 376662.4000000004 5586908.35, 376644.11000000034 5586893.8100000005, 376616.4400000004 5586871.800000001, 376591.5700000003 5586865.23, 376584.0700000003 5586866.98, 376581.61000000034 5586867.550000001, 376576.8700000001 5586859.220000001, 376571.9199999999 5586850.51, 376568.6799999997 5586844.8100000005, 376551.91000000015 5586815.289999999, 376536.96999999974 5586789.58, 376544.29000000004 5586787.23, 376544.0700000003 5586786.800000001, 376560.7999999998 5586779.3100000005, 376525.6799999997 5586709.9, 376514.1500000004 5586674.609999999, 376509.16000000015 5586644.43, 376506.53000000026 5586563.300000001, 376475.66000000015 5586427.300000001, 376467.1200000001 5586389.699999999, 376448.26999999955 5586345.76, 376433.3200000003 5586281.16, 376421.2400000002 5586245.800000001, 376363.5 5586149.210000001, 376331.3499999996 5586113.4399999995, 376330.33999999985 5586112.33, 376251.33999999985 5586076.380000001, 376198.01999999955 5586052.109999999, 376180.13999999966 5586027.960000001, 376125.7000000002 5585943.65, 376099.2400000002 5585902.67, 376036.3799999999 5585794.3100000005, 376030.71999999974 5585773, 376041.71999999974 5585670.9, 376050.0999999996 5585612.1899999995, 376039.8799999999 5585564.800000001, 376034.04000000004 5585567.84, 376020.0599999996 5585522.199999999, 376002.01999999955 5585412.48, 376011.3300000001 5585388.460000001, 376033.4400000004 5585330.75, 376063.38999999966 5585252.550000001, 376065.1699999999 5585247.890000001, 376067.6200000001 5585241.49, 376071.63999999966 5585230.99, 376090.9000000004 5585199.1, 376101.1799999997 5585182.0600000005, 376112.7999999998 5585162.82, 376151.0599999996 5585099.449999999, 376153.66000000015 5585095.15, 376155.48000000045 5585092.140000001, 376229.3300000001 5584993.73, 376237.0999999996 5584983.49, 376273.4299999997 5585009.84, 376303.96999999974 5585032, 376320.7400000002 5585044.119999999, 376328.63999999966 5585052.710000001, 376333.9299999997 5585047.91, 376380.75 5584991.789999999, 376378.95999999996 5584927.99, 376401.8099999996 5584898.619999999, 376415.2400000002 5584894.85, 376447.51999999955 5584851.8100000005, 376533.9400000004 5584797.74, 376716.28000000026 5584783.890000001, 376722.1699999999 5584783.34, 376831.51999999955 5584780.609999999, 376836.83999999985 5584781.029999999, 376852.6900000004 5584782.289999999, 376922.1900000004 5584823.720000001, 377052.46999999974 5584904.74, 377057.3499999996 5584917.83, 377073.8099999996 5584927.9399999995, 377109.1299999999 5584950.48, 377118.83999999985 5584956.67, 377175.4400000004 5584993.300000001, 377292.0499999998 5585062.140000001, 377408.1200000001 5585133.73, 377419.8799999999 5585141.07, 377456.8099999996 5585164.15, 377501.8099999996 5585193.859999999, 377633.86000000034 5585270.369999999, 377637.9199999999 5585263.539999999, 377668.9000000004 5585259.77, 377645.6500000004 5585342.07, 377644.95999999996 5585405.529999999, 377653.66000000015 5585410.460000001, 377883.6900000004 5585399.640000001, 377947.70999999996 5585400.609999999, 377959.4299999997 5585406.220000001, 378011.71999999974 5585433.550000001, 378084.03000000026 5585516.789999999, 378188.79000000004 5585624.550000001, 378215.2999999998 5585709.359999999, 378208.11000000034 5585818.1, 378192.98000000045 5585861.66, 378207.7000000002 5585924.140000001, 378220.0800000001 5585961.949999999, 378231.53000000026 5585997.699999999, 378231.2400000002 5586053.390000001, 378219.21999999974 5586117.699999999, 378220.03000000026 5586233.15, 378215.3799999999 5586290.960000001, 378206.66000000015 5586360.720000001, 378181.6900000004 5586450.539999999, 378156.7000000002 5586489.390000001, 378145.5800000001 5586506.699999999, 378139.25 5586515.66, 378115.71999999974 5586545.619999999, 378085.8200000003 5586583.720000001, 377992.11000000034 5586680.300000001, 377919.9500000002 5586751.82, 377860.0099999998 5586787.970000001, 377796.16000000015 5586827.970000001, 377684.16000000015 5586880.369999999, 377590.86000000034 5586935.609999999, 377509.4900000002 5586973.9399999995, 377437.6799999997 5587001.5600000005, 377421.20999999996 5587007.890000001, 377350.7400000002 5587034.41, 377329.96999999974 5587041.279999999, 377319.1299999999 5587044.880000001, 377309.5999999996 5587020.279999999, 377252.0499999998 5587047.6, 377256.8099999996 5587059.41, 377206.5 5587077.25, 377160.4299999997 5587094.25, 377159.54000000004 5587087.8100000005, 377152.48000000045 5587091.23, 377110.03000000026 5587094.4, 377107.96999999974 5587089.99, 377087.0999999996 5587089.91, 377086.66000000015 5587070.369999999, 377069.3499999996 5587071.32, 377062.5999999996 5587069.34)))</t>
   </si>
   <si>
     <t>https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=5509-401</t>
   </si>
   <si>
     <t>https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg5509-401</t>
   </si>
   <si>
-    <t>https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/vsg_sdb_5509-401.pdf</t>
+    <t>https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/vsg_sdb_5509-401.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -510,90 +510,90 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vogelschutzgebiet&amp;layers=vogelschutzgebiet&amp;qid=VSG-7000-007" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=5509-401" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg5509-401" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/vsg_sdb_5509-401.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vogelschutzgebiet&amp;layers=vogelschutzgebiet&amp;qid=VSG-7000-007" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=5509-401" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg5509-401" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/vsg_sdb_5509-401.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:X2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="35.28515625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="6" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="12.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="178.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="15.5703125" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="42.42578125" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="178" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="81.85546875" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="76.28515625" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="73.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -664,51 +664,51 @@
       <c r="E2" t="s">
         <v>27</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>28</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>29</v>
       </c>
       <c r="J2" t="s">
         <v>30</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>31</v>
       </c>
       <c r="N2">
         <v>109714</v>
       </c>
       <c r="O2" s="3">
-        <v>45970.0641247325</v>
+        <v>46045.46802668317</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2" t="s">
         <v>35</v>
       </c>
       <c r="T2" t="s">
         <v>36</v>
       </c>
       <c r="U2" t="s">
         <v>37</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>38</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>39</v>
       </c>