--- v0 (2025-11-08)
+++ v1 (2026-01-23)
@@ -132,51 +132,51 @@
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>Naturschutz</t>
   </si>
   <si>
     <t>Vogelschutzgebiet besonderer Bedeutung (EG)</t>
   </si>
   <si>
     <t>Natura 2000</t>
   </si>
   <si>
     <t>DE-5507-401</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((369144.96999999974 5583383.5600000005, 369249 5583463.91, 369335.1799999997 5583527.07, 369339.98000000045 5583521.699999999, 369364.2999999998 5583494.57, 369391.5599999996 5583464.300000001, 369396.3300000001 5583457.73, 369385.5800000001 5583452.18, 369416.58999999985 5583384.199999999, 369405.41000000015 5583366.27, 369410.28000000026 5583347.66, 369403.5 5583341.74, 369386.23000000045 5583322.34, 369316.8499999996 5583305.550000001, 369311.04000000004 5583304.17, 369267.6200000001 5583273.77, 369234.71999999974 5583250.74, 369219.5999999996 5583240.16, 369211.5 5583235.460000001, 369202.8200000003 5583230.43, 369184.2400000002 5583221.6, 369139.4400000004 5583200.32, 369132.54000000004 5583197.029999999, 369126.4400000004 5583194.140000001, 369113.2000000002 5583184.0600000005, 369086.95999999996 5583164.109999999, 369084.04000000004 5583161.58, 369045.73000000045 5583128.359999999, 369009.83999999985 5583097.24, 368986.5 5583077, 368966.75 5583064.84, 368982.26999999955 5583059.800000001, 369013.04000000004 5583027.01, 369064.9900000002 5582981.5600000005, 369078.1799999997 5582971.0600000005, 369107.96999999974 5582960.68, 369116.4500000002 5582962.42, 369143.1900000004 5582967.890000001, 369157.6500000004 5582970.85, 369169.7999999998 5582969.27, 369176.3799999999 5582968.43, 369194.5999999996 5582959.41, 369262.48000000045 5582960.65, 369272.6900000004 5582963.130000001, 369296.91000000015 5582969.01, 369313.28000000026 5582972.970000001, 369320.01999999955 5582972.3100000005, 369326.03000000026 5582971.710000001, 369342.1500000004 5582967.09, 369352.04000000004 5582964.26, 369362.71999999974 5582959.16, 369365.7599999998 5582957.07, 369392.5999999996 5582938.6899999995, 369412.11000000034 5582925.32, 369425.29000000004 5582919.43, 369449.3200000003 5582908.67, 369466.2400000002 5582901.109999999, 369477.8799999999 5582893.380000001, 369500.0499999998 5582872.529999999, 369500.7599999998 5582871.859999999, 369509.0800000001 5582857.48, 369506.9199999999 5582850.98, 369506.6200000001 5582850.960000001, 369504.0800000001 5582846.02, 369487.04000000004 5582830.27, 369467.98000000045 5582812.630000001, 369381.5599999996 5582787.4, 369370.51999999955 5582791.52, 369367.5 5582792.65, 369363.9400000004 5582813.5, 369396.1500000004 5582830.359999999, 369372.8200000003 5582838.43, 369364.4900000002 5582841.3100000005, 369351.08999999985 5582869.34, 369349.9299999997 5582880.3100000005, 369334.7000000002 5582878.18, 369305.54000000004 5582874.130000001, 369279.95999999996 5582870.57, 369270.5700000003 5582869.25, 369256.4400000004 5582866.210000001, 369232.5 5582861.050000001, 369211.1900000004 5582856.449999999, 369149.04000000004 5582843.720000001, 369148.6200000001 5582843.74, 369150.4299999997 5582835.82, 369128.61000000034 5582822.42, 369073.66000000015 5582822.880000001, 369003.6500000004 5582826.609999999, 368992.33999999985 5582828.470000001, 368963.3700000001 5582833.23, 368933.2000000002 5582838.1899999995, 368903.5599999996 5582843.07, 368889.4900000002 5582845.369999999, 368875.8099999996 5582847.630000001, 368771.8499999996 5582870.08, 368748.0999999996 5582875.210000001, 368739.63999999966 5582877.050000001, 368719.5800000001 5582884.880000001, 368700.73000000045 5582896.4399999995, 368690.6799999997 5582906.35, 368686.3799999999 5582910.58, 368688.3700000001 5582918.3100000005, 368693.91000000015 5582941.960000001, 368697.2000000002 5582947.6, 368700.3300000001 5582952.949999999, 368729.6299999999 5582980.5600000005, 368730.0800000001 5582980.98, 368737.45999999996 5582987.9399999995, 368740.88999999966 5582991.17, 368750.91000000015 5583000.6, 368767.45999999996 5583020.789999999, 368777.86000000034 5583038.82, 368789.01999999955 5583066.369999999, 368788.91000000015 5583066.609999999, 368785.61000000034 5583076.65, 368785.5 5583076.380000001, 368765.98000000045 5583090, 368769.3099999996 5583099.380000001, 368769.33999999985 5583099.49, 368753.1200000001 5583110.74, 368749.3200000003 5583113.390000001, 368753.23000000045 5583120.52, 368757.16000000015 5583127.48, 368761.33999999985 5583134.199999999, 368765.76999999955 5583140.82, 368770.5499999998 5583147.140000001, 368775.6299999999 5583153.23, 368781.0599999996 5583158.9399999995, 368786.8200000003 5583164.359999999, 368792.83999999985 5583169.449999999, 368804.75 5583177.460000001, 368815.2999999998 5583183.57, 368821.96999999974 5583187.449999999, 368836.51999999955 5583194.76, 368857.76999999955 5583205.359999999, 368860.2000000002 5583206.15, 368883.1900000004 5583212.880000001, 368914.4199999999 5583234.59, 368916.9199999999 5583236.779999999, 368969.5999999996 5583283.039999999, 369021.54000000004 5583327, 369042.5999999996 5583342.529999999, 369144.96999999974 5583383.5600000005)), ((363810.6500000004 5577653.1, 363852.25 5577655.359999999, 363933.53000000026 5577659.779999999, 363943.61000000034 5577655.119999999, 363948.5099999998 5577652.85, 363959.9199999999 5577647.57, 363953.8799999999 5577643.529999999, 363932.6900000004 5577629.359999999, 363911.0499999998 5577614.880000001, 363905.8300000001 5577611.91, 363866.6699999999 5577589.66, 363852.5099999998 5577581.630000001, 363817.38999999966 5577557.279999999, 363798.3499999996 5577527.640000001, 363785.9299999997 5577508.3100000005, 363783.51999999955 5577504.57, 363749.9000000004 5577474.67, 363712.4500000002 5577449.58, 363691.25 5577435.390000001, 363626.6200000001 5577398.369999999, 363605.4000000004 5577386.369999999, 363567.83999999985 5577364.76, 363547.5700000003 5577353.09, 363510.66000000015 5577331.85, 363510.26999999955 5577332.85, 363508.9299999997 5577336.33, 363506.9400000004 5577341.48, 363506.83999999985 5577341.73, 363503.5700000003 5577350.210000001, 363497.48000000045 5577366.02, 363491.5700000003 5577381.33, 363487.8700000001 5577390.92, 363484.1699999999 5577400.529999999, 363475.3300000001 5577422.41, 363471.0499999998 5577428.359999999, 363457.1500000004 5577447.720000001, 363452.70999999996 5577453.9, 363446.83999999985 5577462.07, 363440.70999999996 5577470.6, 363449.96999999974 5577479.91, 363468.88999999966 5577498.949999999, 363516.1799999997 5577526.5600000005, 363568.61000000034 5577546.4399999995, 363603.5599999996 5577556.119999999, 363602.8300000001 5577559.66, 363601.08999999985 5577568.23, 363600.6299999999 5577570.470000001, 363668.7999999998 5577590.65, 363667.38999999966 5577601.02, 363667.1900000004 5577602.470000001, 363666.11000000034 5577610.369999999, 363665.88999999966 5577612.02, 363665.36000000034 5577615.83, 363664.78000000026 5577620.15, 363663.6200000001 5577628.609999999, 363642.5800000001 5577624.98, 363642.0599999996 5577629.58, 363641.6900000004 5577632.859999999, 363641.6200000001 5577633.470000001, 363641.20999999996 5577637.07, 363641.1500000004 5577637.619999999, 363640.73000000045 5577641.32, 363673.3700000001 5577647.359999999, 363773.5499999998 5577660.01, 363810.4199999999 5577661.1, 363810.6500000004 5577653.1)), ((363425.5599999996 5579076.3100000005, 363435.79000000004 5579082.93, 363475.9400000004 5579072.41, 363498.08999999985 5579063.35, 363513.0700000003 5579053.960000001, 363543.1299999999 5579026.93, 363546.78000000026 5579003.91, 363551.45999999996 5578958.619999999, 363553.66000000015 5578918.460000001, 363552.6200000001 5578913.93, 363548.7999999998 5578905.23, 363543.88999999966 5578896.17, 363533.45999999996 5578863.0600000005, 363515.4299999997 5578832.34, 363501.8499999996 5578812.26, 363478.51999999955 5578788.9399999995, 363466.70999999996 5578779.1899999995, 363462.91000000015 5578783.41, 363448.83999999985 5578780.800000001, 363422.8499999996 5578767.67, 363411.79000000004 5578759.01, 363409.78000000026 5578757.4399999995, 363413.53000000026 5578771.279999999, 363414.9400000004 5578776.99, 363421.6699999999 5578801.5600000005, 363423.9500000002 5578809.5, 363425.63999999966 5578815.369999999, 363427.78000000026 5578816.67, 363430.33999999985 5578821.800000001, 363437.1799999997 5578835.529999999, 363440.04000000004 5578839.699999999, 363444.4500000002 5578846.130000001, 363448.96999999974 5578852.73, 363457.4400000004 5578865.09, 363460.20999999996 5578869.43, 363463.2999999998 5578874.289999999, 363464.61000000034 5578876.359999999, 363468.3799999999 5578882.279999999, 363476.63999999966 5578895.25, 363488.71999999974 5578916.0600000005, 363494.5099999998 5578926.1, 363501.1299999999 5578946.640000001, 363503.2000000002 5578953.09, 363505.5999999996 5578960.539999999, 363505.91000000015 5578968.710000001, 363507.01999999955 5578975.4, 363506.1699999999 5578985.359999999, 363505.4400000004 5578993.8100000005, 363502.61000000034 5578998.08, 363500.2000000002 5578998.029999999, 363494.38999999966 5579007.119999999, 363487.45999999996 5579017.92, 363478.83999999985 5579027.130000001, 363473.6699999999 5579032.76, 363467.6900000004 5579040.33, 363457.3200000003 5579046.630000001, 363441.83999999985 5579056.050000001, 363436.2599999998 5579059.27, 363430.73000000045 5579062.93, 363428.4000000004 5579068.99, 363425.5599999996 5579076.3100000005)), ((363425.5599999996 5579076.3100000005, 363422.86000000034 5579074.550000001, 363416.6699999999 5579070.550000001, 363354.1500000004 5579056.83, 363346.41000000015 5579057.789999999, 363330.8099999996 5579061.449999999, 363320.3300000001 5579067.050000001, 363315.3099999996 5579069.74, 363304.76999999955 5579073.57, 363289.6299999999 5579082.41, 363272.7400000002 5579087.02, 363265.03000000026 5579092.289999999, 363263.63999999966 5579093.23, 363242.75 5579103.5, 363241.01999999955 5579101.039999999, 363239.53000000026 5579098.92, 363261.4000000004 5579088.65, 363270.5099999998 5579084.359999999, 363266.3300000001 5579077.98, 363263.66000000015 5579073.880000001, 363253.9500000002 5579078.15, 363256.8799999999 5579082.27, 363237.5 5579086.699999999, 363232.6900000004 5579089.210000001, 363231.8499999996 5579088, 363230.38999999966 5579085.92, 363229.36000000034 5579084.460000001, 363227.2000000002 5579081.4, 363226.3700000001 5579080.210000001, 363225.0499999998 5579078.34, 363201.25 5579086.380000001, 363193.83999999985 5579080.619999999, 363166.26999999955 5579072.640000001, 363095.5 5579064.43, 363055.5099999998 5579059.140000001, 363036.9900000002 5579056.9, 363015.4500000002 5579051.140000001, 362987.08999999985 5579025.85, 362976.3700000001 5579012.92, 362954.1699999999 5578997.16, 362940.7599999998 5578993.17, 362916.8700000001 5578995.199999999, 362886.75 5579010.1, 362871.3200000003 5579020.6, 362850.1200000001 5579040.880000001, 362813.8799999999 5579081.050000001, 362785.86000000034 5579115.59, 362759.5499999998 5579137.039999999, 362731.2999999998 5579163.74, 362714.6299999999 5579179.41, 362718.3700000001 5579183.050000001, 362782.88999999966 5579149.960000001, 362796.4500000002 5579146.119999999, 362813.76999999955 5579146.859999999, 362818.78000000026 5579143.529999999, 362824.66000000015 5579122.609999999, 362836.7999999998 5579117.98, 362845.03000000026 5579110.9399999995, 362861.7000000002 5579102.130000001, 362900.54000000004 5579099.58, 362927.8700000001 5579104.0600000005, 362947.0099999998 5579109.65, 362959.3499999996 5579115.359999999, 363036.03000000026 5579172.390000001, 363064.78000000026 5579201.779999999, 363066.66000000015 5579203.699999999, 363073.83999999985 5579209.529999999, 363083.76999999955 5579231.76, 363084.3799999999 5579253.720000001, 363084.46999999974 5579254.109999999, 363091.7999999998 5579290.529999999, 363093.16000000015 5579314.369999999, 363100.3700000001 5579329.17, 363116.46999999974 5579352.220000001, 363145.2599999998 5579378.33, 363145.95999999996 5579379.34, 363168.96999999974 5579412.380000001, 363160.6799999997 5579426.49, 363106.46999999974 5579459.4399999995, 363096.7000000002 5579468.369999999, 363089.8499999996 5579474.65, 363080.21999999974 5579486.359999999, 363075.98000000045 5579501.77, 363078.38999999966 5579510.390000001, 363087.9400000004 5579518.33, 363118.0800000001 5579523.25, 363127.5800000001 5579536.800000001, 363136.0599999996 5579544.65, 363151.6799999997 5579559.109999999, 363165.5599999996 5579572.01, 363207.1299999999 5579610.640000001, 363226.5700000003 5579628.699999999, 363240.9000000004 5579642.01, 363229.11000000034 5579653.42, 363229.61000000034 5579660.33, 363203.53000000026 5579677.029999999, 363177.88999999966 5579698.539999999, 363159.2599999998 5579709.24, 363129.7599999998 5579731.529999999, 363100.4900000002 5579763.970000001, 363077.0599999996 5579797.609999999, 363066.3799999999 5579810.43, 363046 5579831.74, 363032.9299999997 5579848.210000001, 363020.5800000001 5579867.52, 363006.0499999998 5579879.449999999, 362994.29000000004 5579883.24, 362979.4199999999 5579885.01, 362963.5800000001 5579881.59, 362939.54000000004 5579868.1, 362923.3799999999 5579856.720000001, 362916.6299999999 5579847.859999999, 362907.3700000001 5579830.18, 362894.9900000002 5579817.6, 362885.5099999998 5579812.890000001, 362870.5 5579810.23, 362847.95999999996 5579809.48, 362836.9500000002 5579812.43, 362815.98000000045 5579823.220000001, 362808.9000000004 5579828.75, 362805.1699999999 5579837.3100000005, 362802.1200000001 5579853.0600000005, 362808.2599999998 5579886.67, 362810.9199999999 5579893.359999999, 362817.1200000001 5579901.48, 362843.6500000004 5579923.27, 362851.4400000004 5579933.91, 362871.0999999996 5579959.5, 362885.23000000045 5579972.51, 362894.0999999996 5579979.9, 362906.2000000002 5579984.460000001, 362924.4000000004 5579986.630000001, 362941.78000000026 5579992.880000001, 362964.04000000004 5580003.859999999, 362981.9299999997 5580013.59, 362980.28000000026 5580025.359999999, 362962.61000000034 5580058.02, 362951.1200000001 5580071.83, 362909.6699999999 5580083.789999999, 362904.6799999997 5580088.17, 362899.9900000002 5580095.43, 362898.8300000001 5580102.6899999995, 362900.8700000001 5580109.99, 362918.9299999997 5580125.359999999, 362919.38999999966 5580126.5, 362923.2999999998 5580136.01, 362917.48000000045 5580152.779999999, 362902.8499999996 5580194.17, 362894.45999999996 5580203.59, 362882.1799999997 5580217.34, 362858.21999999974 5580236.390000001, 362846.4900000002 5580236.5, 362790.20999999996 5580224.35, 362789.11000000034 5580225.52, 362788.2000000002 5580226.49, 362810.1900000004 5580255.279999999, 362816.5099999998 5580265.01, 362820.8799999999 5580270.720000001, 362833.54000000004 5580287.25, 362834.23000000045 5580288.140000001, 362835.25 5580306.140000001, 362835.38999999966 5580308.49, 362835.86000000034 5580309.43, 362848.2599999998 5580303.8100000005, 362852.48000000045 5580311.539999999, 362855.5999999996 5580309.59, 362860.3200000003 5580308.890000001, 362863.63999999966 5580308.5, 362866.6200000001 5580308.49, 362867.70999999996 5580311.800000001, 362870.6799999997 5580321.859999999, 362875.3300000001 5580320.09, 362895.46999999974 5580314.8100000005, 362894.6900000004 5580312.76, 362914.36000000034 5580304.949999999, 362925.0099999998 5580301.359999999, 362930.9199999999 5580296.640000001, 362931.79000000004 5580298.9, 362931.29000000004 5580307.59, 362935.5099999998 5580316.609999999, 362922.1200000001 5580325.92, 362900.41000000015 5580329.9399999995, 362901.33999999985 5580332.710000001, 362876.7000000002 5580341, 362879.4500000002 5580350.470000001, 362871.04000000004 5580365.710000001, 362861.96999999974 5580364.41, 362864 5580369.08, 362868.3700000001 5580378.74, 362876.3300000001 5580396.380000001, 362857.1699999999 5580398.26, 362868.08999999985 5580452.74, 362871.4299999997 5580469.380000001, 362875.45999999996 5580490.08, 362891.0599999996 5580569.1, 362896.79000000004 5580598.17, 362900.83999999985 5580618.6899999995, 362907.21999999974 5580631, 362913 5580639.67, 362920.2999999998 5580647.859999999, 362922.86000000034 5580650.73, 362938.73000000045 5580665.33, 362953.7999999998 5580677.3100000005, 363024.1500000004 5580727.01, 363036.3300000001 5580722.75, 363028.8499999996 5580697.33, 363032.46999999974 5580695.74, 363055.5099999998 5580686.4, 363077.01999999955 5580691.65, 363092.76999999955 5580695.48, 363104.54000000004 5580698.359999999, 363127.5 5580699.65, 363128.5700000003 5580699.199999999, 363136.8799999999 5580695.800000001, 363162.2000000002 5580685.4399999995, 363174.3799999999 5580678.65, 363174.96999999974 5580688.300000001, 363170.1500000004 5580696.59, 363175.0599999996 5580747.550000001, 363180.1699999999 5580777.08, 363187.0800000001 5580817.01, 363186.28000000026 5580828.49, 363183.0700000003 5580874.029999999, 363181.58999999985 5580895.119999999, 363180.23000000045 5580914.550000001, 363184.46999999974 5580924.98, 363181.75 5580939.300000001, 363179.9400000004 5580948.949999999, 363154.1299999999 5580985.08, 363116.41000000015 5581013.550000001, 363103.9000000004 5581031.26, 363094.9000000004 5581043.99, 363086.54000000004 5581071.92, 363076.1699999999 5581106.57, 363065.75 5581118.5, 363054.21999999974 5581118.779999999, 363018.3300000001 5581119.619999999, 363077.3099999996 5581167.75, 363093.6699999999 5581181.1, 363105.9199999999 5581191.1, 363146.25 5581215.1899999995, 363156.0800000001 5581214.550000001, 363166.25 5581213.57, 363164.5999999996 5581225.380000001, 363224.5599999996 5581243.119999999, 363231.2999999998 5581257.49, 363240.8099999996 5581277.84, 363246.3799999999 5581277.33, 363253.0099999998 5581278.949999999, 363241.4500000002 5581318.67, 363235.1699999999 5581333.9399999995, 363232.1699999999 5581338.789999999, 363235.1500000004 5581340.619999999, 363202.88999999966 5581393.42, 363197.6900000004 5581401.93, 363189.1200000001 5581415.949999999, 363188.13999999966 5581417.25, 363181.8300000001 5581425.470000001, 363179.38999999966 5581428.65, 363172.6900000004 5581437.390000001, 363162.5700000003 5581444.25, 363161.6699999999 5581444.460000001, 363144.38999999966 5581448.18, 363095.0700000003 5581451.949999999, 363075.3700000001 5581456.039999999, 363076.2400000002 5581459.949999999, 363070.61000000034 5581461.109999999, 363048.2599999998 5581472.07, 363042.2599999998 5581475.720000001, 363043.6200000001 5581481.01, 363047.75 5581484.6, 363078.7400000002 5581487.029999999, 363082.4500000002 5581488.199999999, 363105.4500000002 5581495.41, 363127.63999999966 5581511.220000001, 363139.5999999996 5581522.01, 363150.7000000002 5581533.619999999, 363160.2599999998 5581545.17, 363184.21999999974 5581575.68, 363197.7400000002 5581588.67, 363226.4400000004 5581616.27, 363216.76999999955 5581624.02, 363211.9500000002 5581627.880000001, 363207.8099999996 5581631.199999999, 363196.63999999966 5581615.720000001, 363190.8200000003 5581607.65, 363184.9900000002 5581600.92, 363177.5800000001 5581606.65, 363164.1900000004 5581617.0600000005, 363170.3300000001 5581623.6, 363172.1699999999 5581640.83, 363168.2000000002 5581635.09, 363160.54000000004 5581629.199999999, 363142.2400000002 5581624.68, 363103.54000000004 5581624.109999999, 363094.11000000034 5581622.43, 363072.8499999996 5581618.65, 363057.7999999998 5581622.029999999, 363041.8300000001 5581625.609999999, 363016.8700000001 5581631.199999999, 363006.7599999998 5581633.470000001, 362995.86000000034 5581635.91, 362977.36000000034 5581640.0600000005, 362968.23000000045 5581641.93, 362938.20999999996 5581648.57, 362934.4500000002 5581638.859999999, 362931.7000000002 5581632.109999999, 362930.25 5581628.390000001, 362921.38999999966 5581631.859999999, 362888.45999999996 5581647.83, 362887.46999999974 5581645.699999999, 362885.5599999996 5581644.43, 362878.2400000002 5581644.75, 362876.98000000045 5581648.83, 362871.5499999998 5581655.640000001, 362872.0999999996 5581656.050000001, 362869.71999999974 5581659.02, 362869.58999999985 5581659.199999999, 362864.51999999955 5581661.470000001, 362863.11000000034 5581660.23, 362855.88999999966 5581653.890000001, 362843.01999999955 5581642.529999999, 362846.2400000002 5581638.9, 362841.70999999996 5581635.029999999, 362836.4000000004 5581630.5, 362820.91000000015 5581634.83, 362819.1200000001 5581633.890000001, 362810.29000000004 5581629.25, 362786.46999999974 5581616.48, 362771.2599999998 5581641.869999999, 362746.4400000004 5581641.92, 362747.41000000015 5581623.18, 362766.71999999974 5581598.65, 362768.71999999974 5581590.91, 362770.61000000034 5581583.609999999, 362772.3799999999 5581573.779999999, 362773.2000000002 5581565.789999999, 362772.9400000004 5581559.029999999, 362771.6299999999 5581552.210000001, 362769.7000000002 5581546.65, 362766.5 5581540.66, 362764.6200000001 5581538.32, 362685.3499999996 5581540.380000001, 362675.3499999996 5581542.0600000005, 362672.45999999996 5581524.1, 362613.73000000045 5581535.199999999, 362553.79000000004 5581546.5600000005, 362539.46999999974 5581549.26, 362533.51999999955 5581549.68, 362525.8499999996 5581530.42, 362509.9400000004 5581512.65, 362473.63999999966 5581489.25, 362464.6500000004 5581483.470000001, 362400.5499999998 5581427.07, 362396.5700000003 5581422.65, 362325.21999999974 5581343.470000001, 362305.5499999998 5581321.640000001, 362245.01999999955 5581254.449999999, 362218.3099999996 5581224.8100000005, 362208.1799999997 5581206.970000001, 362206.6200000001 5581202.039999999, 362202.26999999955 5581188.18, 362201.91000000015 5581184.779999999, 362200.4400000004 5581170.630000001, 362202.6200000001 5581161.27, 362206.91000000015 5581154.5, 362202.3499999996 5581147.390000001, 362174.7599999998 5581151.039999999, 362130.3099999996 5581156.9, 362114.51999999955 5581158.99, 362024.4400000004 5581170.890000001, 362002.5999999996 5581173.92, 361981.88999999966 5581170.699999999, 361953.83999999985 5581166.25, 361936.95999999996 5581163.58, 361935.0700000003 5581163.27, 361893.8799999999 5581151.779999999, 361885.4199999999 5581144.609999999, 361909.9299999997 5581150.050000001, 361905.61000000034 5581112.35, 361959.54000000004 5581114.460000001, 361966.5599999996 5581124.93, 361998.3300000001 5581121.35, 361994.0999999996 5581114.210000001, 362012.8099999996 5581095.77, 362041.11000000034 5581067.869999999, 362054.48000000045 5581054.699999999, 362063.48000000045 5581045.83, 362094.78000000026 5581014.970000001, 362095.3700000001 5581014.390000001, 362114.88999999966 5580995.15, 362097.8700000001 5580978.300000001, 362073.6799999997 5580965.33, 362065.8300000001 5580962.01, 362054.33999999985 5580957.15, 362039.11000000034 5580961.57, 362017.79000000004 5580972.58, 361983 5580992.09, 361962.6299999999 5581006.76, 361945.9400000004 5581020.460000001, 361943.71999999974 5581021.289999999, 361939.88999999966 5581022.720000001, 361928.4199999999 5581027.02, 361910.4500000002 5581030.73, 361896.41000000015 5581032.09, 361879.11000000034 5581033.76, 361862.2400000002 5581027.9399999995, 361855.98000000045 5581019.49, 361833.48000000045 5581034.289999999, 361833.2999999998 5581034.68, 361818.6299999999 5581043.9, 361802.0700000003 5581058.18, 361793.2599999998 5581064.75, 361767.2999999998 5581069.449999999, 361744.5 5581085.43, 361738.7000000002 5581090.98, 361725.6900000004 5581106.970000001, 361713.21999999974 5581126.050000001, 361694.23000000045 5581145.710000001, 361679.23000000045 5581158.4399999995, 361635.3300000001 5581189.8100000005, 361627.79000000004 5581192.24, 361543.58999999985 5581219.42, 361535.91000000015 5581221.9, 361477.75 5581234.59, 361455.7400000002 5581239.390000001, 361437.70999999996 5581243.210000001, 361436.58999999985 5581236.359999999, 361422.8499999996 5581221.4399999995, 361413.61000000034 5581211.4, 361405.36000000034 5581202.4399999995, 361401.6299999999 5581196.75, 361370.4900000002 5581149.119999999, 361335.73000000045 5581185.07, 361325.13999999966 5581185.83, 361337.88999999966 5581174.98, 361365.98000000045 5581146.359999999, 361369.8200000003 5581137.8100000005, 361369.98000000045 5581135.619999999, 361370.8700000001 5581123.73, 361361.73000000045 5581090.85, 361357.1799999997 5581074.4399999995, 361345.6900000004 5581033.07, 361338.23000000045 5581047.43, 361329.20999999996 5581060.109999999, 361317.23000000045 5581067.52, 361302.23000000045 5581072.52, 361292.8700000001 5581072.859999999, 361267.5800000001 5581073.77, 361249.4299999997 5581074.42, 361233.6699999999 5581072.4399999995, 361218.29000000004 5581070.5, 361211.20999999996 5581078.6899999995, 361208.2000000002 5581079.5600000005, 361197.71999999974 5581044.359999999, 361194.5999999996 5581033.83, 361210.8499999996 5581020.710000001, 361242.03000000026 5581003.1899999995, 361225.21999999974 5580997.539999999, 361198.76999999955 5581001.6899999995, 361189.8099999996 5581002.130000001, 361129.91000000015 5581004.960000001, 361130.04000000004 5581000.26, 361120.9199999999 5581001.57, 361115.9500000002 5581002.300000001, 361111.5099999998 5580998.199999999, 361109.46999999974 5580996.3100000005, 361103.8300000001 5580991.1, 361090.7000000002 5580950.34, 361085.6900000004 5580947.640000001, 361053.20999999996 5580957.630000001, 361038.6699999999 5580958.98, 361037.6799999997 5580955.890000001, 361036.9500000002 5580947.25, 361004.41000000015 5580897.66, 360992.0700000003 5580882.880000001, 360961.4900000002 5580846.24, 360951.61000000034 5580834.390000001, 360945.08999999985 5580826.59, 360934.3499999996 5580813.720000001, 360926.2599999998 5580809.85, 360920.3700000001 5580794.59, 360911.83999999985 5580772.460000001, 360888.58999999985 5580751.369999999, 360867.9900000002 5580732.6899999995, 360819.1299999999 5580688.359999999, 360813.54000000004 5580688.720000001, 360797.4299999997 5580711.16, 360795.1299999999 5580714.359999999, 360791.6799999997 5580719.17, 360788.6500000004 5580723.380000001, 360734.1200000001 5580799.35, 360731.16000000015 5580803.470000001, 360726.7999999998 5580807.949999999, 360702.4500000002 5580769.640000001, 360668.46999999974 5580764.359999999, 360625.23000000045 5580735.91, 360542.9199999999 5580661.24, 360482.20999999996 5580621.65, 360450.45999999996 5580600.970000001, 360443.86000000034 5580596.67, 360445.46999999974 5580593, 360450.36000000034 5580591.3100000005, 360471.08999999985 5580533.5600000005, 360481.41000000015 5580504.949999999, 360487.8799999999 5580487.26, 360503.96999999974 5580443.58, 360378.8700000001 5580417.35, 360374.78000000026 5580416.27, 360375.2999999998 5580400.279999999, 360380.7000000002 5580386.32, 360406.2999999998 5580365.119999999, 360452.5999999996 5580324.75, 360459.95999999996 5580293.960000001, 360458.8200000003 5580285.77, 360402.73000000045 5580192.82, 360370.25 5580093.609999999, 360354.6699999999 5580087.859999999, 360350.1799999997 5580094.67, 360349.9199999999 5580104.4, 360361.48000000045 5580134.42, 360364.8200000003 5580170.029999999, 360351.0599999996 5580198.51, 360334.33999999985 5580237.9, 360327.75 5580246.25, 360316.6500000004 5580242.710000001, 360309.91000000015 5580253.5600000005, 360308.4900000002 5580247.84, 360293.5800000001 5580241.85, 360290.83999999985 5580239.41, 360292.1699999999 5580235.52, 360291.5700000003 5580234.98, 360291.0099999998 5580234.48, 360289.6699999999 5580238.369999999, 360245.29000000004 5580198.75, 360213.2599999998 5580277.82, 360198.1699999999 5580315.0600000005, 360200.29000000004 5580318.789999999, 360197.63999999966 5580320.619999999, 360181.33999999985 5580306.92, 360145.6500000004 5580295.050000001, 360080.5 5580265.390000001, 360043.1799999997 5580254.76, 360017.1299999999 5580247.380000001, 359992.28000000026 5580237.83, 359956.25 5580228.74, 359917.91000000015 5580217.09, 359881.54000000004 5580201.210000001, 359842.54000000004 5580186.67, 359795.6799999997 5580176.609999999, 359697.83999999985 5580306.199999999, 359653.1299999999 5580314.880000001, 359604.9500000002 5580355, 359503.5800000001 5580402.98, 359448.1299999999 5580424, 359367.98000000045 5580434.720000001, 359341.3700000001 5580442.24, 359331.2599999998 5580451.02, 359320.75 5580480.68, 359305.3700000001 5580490.140000001, 359278.26999999955 5580498.84, 359253.5800000001 5580519.16, 359232.03000000026 5580540.4, 359204.16000000015 5580587, 359180.5 5580617.9399999995, 359164.66000000015 5580655.42, 359149.21999999974 5580698.82, 359145.91000000015 5580737.369999999, 359138.5499999998 5580824.41, 359154.4400000004 5580852.09, 359193.7599999998 5580898.380000001, 359197.8300000001 5580905.41, 359198.9199999999 5580914.93, 359193.51999999955 5580928.6, 359190.9900000002 5580935.050000001, 359190.58999999985 5580936.029999999, 359189.71999999974 5580938.25, 359185.5499999998 5580954.09, 359179.96999999974 5580971.369999999, 359184.8200000003 5580994.16, 359194.9400000004 5581068.630000001, 359192.6900000004 5581090.49, 359186.3099999996 5581111.119999999, 359187.2599999998 5581135.17, 359187.88999999966 5581150.77, 359193.25 5581176.6, 359207.9199999999 5581210.9, 359215.45999999996 5581228.539999999, 359216.2999999998 5581231.66, 359224.08999999985 5581260.800000001, 359240.73000000045 5581322.970000001, 359252.5700000003 5581380.83, 359262.83999999985 5581414.26, 359269.95999999996 5581437.460000001, 359274.9299999997 5581471.26, 359295.13999999966 5581516.300000001, 359310.7000000002 5581532.84, 359321.71999999974 5581536.43, 359334.0599999996 5581541.91, 359334.6799999997 5581542.65, 359341.3200000003 5581550.619999999, 359339.11000000034 5581573.18, 359341.4000000004 5581591.449999999, 359347.9199999999 5581617.35, 359361.13999999966 5581643.49, 359399.2000000002 5581673.15, 359425.48000000045 5581714.699999999, 359446.53000000026 5581767.5, 359465.2599999998 5581796.18, 359481.71999999974 5581813.890000001, 359478.6500000004 5581817.529999999, 359477.9000000004 5581818.43, 359462.0999999996 5581837.18, 359436.4500000002 5581867.640000001, 359433.5099999998 5581871.15, 359417.66000000015 5581889.960000001, 359448.95999999996 5581904.6899999995, 359487.7400000002 5581931.18, 359525.2599999998 5581964.25, 359552.9500000002 5581975, 359579.01999999955 5581975.869999999, 359595.11000000034 5581963.18, 359608.95999999996 5581940.52, 359624.41000000015 5581928.83, 359640.91000000015 5581932.119999999, 359657.6500000004 5581941.869999999, 359671.71999999974 5581957.210000001, 359688.36000000034 5581981.4, 359713.38999999966 5582024.050000001, 359731.20999999996 5582044.17, 359739.41000000015 5582053.43, 359761.08999999985 5582077.93, 359816.20999999996 5582140.220000001, 359821.4900000002 5582146.470000001, 359866.23000000045 5582199.369999999, 359916.71999999974 5582254.6, 359922.1900000004 5582260.59, 359943.1900000004 5582283.57, 359962.7400000002 5582299.02, 359991.7400000002 5582317.68, 360027.75 5582336.02, 360035.2000000002 5582338.93, 360057.2000000002 5582347.529999999, 360068.58999999985 5582350.869999999, 360121.3499999996 5582360.970000001, 360137.03000000026 5582363.01, 360153.2400000002 5582365.109999999, 360177.7599999998 5582364.380000001, 360205.8200000003 5582357.710000001, 360257.0599999996 5582345.529999999, 360277.73000000045 5582346.27, 360284.1799999997 5582346.5, 360319.2999999998 5582354.25, 360348.23000000045 5582363.1899999995, 360387.0700000003 5582381.550000001, 360416.9000000004 5582391.720000001, 360427.7400000002 5582395.41, 360431.3499999996 5582396.640000001, 360454.96999999974 5582402.949999999, 360485.9199999999 5582411.220000001, 360504.2999999998 5582411.369999999, 360515.4299999997 5582408.630000001, 360535.11000000034 5582396.84, 360554.1699999999 5582381.57, 360611.6299999999 5582323.33, 360615.4900000002 5582318.970000001, 360624.9000000004 5582314.83, 360630.8200000003 5582311.08, 360634.61000000034 5582308.68, 360646.38999999966 5582318.529999999, 360647.4299999997 5582330.34, 360667.29000000004 5582310.41, 360693.0099999998 5582284.6, 360753.66000000015 5582278.699999999, 360774.7000000002 5582270.92, 360778.83999999985 5582269.380000001, 360861.4000000004 5582238.83, 360891.9900000002 5582237.529999999, 360898.96999999974 5582236.359999999, 360897.7999999998 5582240.710000001, 360915.1200000001 5582266.470000001, 360930.20999999996 5582288.92, 360939.26999999955 5582302.380000001, 361030.76999999955 5582246.880000001, 361081.3300000001 5582216.210000001, 361083.5999999996 5582212.6, 361156.66000000015 5582227.630000001, 361196.46999999974 5582194.35, 361186.6900000004 5582164.42, 361192.1200000001 5582157.4, 361192.75 5582154.43, 361211.63999999966 5582158.18, 361217.01999999955 5582159.25, 361235.9400000004 5582172.59, 361250.5099999998 5582176.5, 361286.20999999996 5582186.109999999, 361300.3099999996 5582191.59, 361314.7400000002 5582191.26, 361317.73000000045 5582191.1899999995, 361317.7599999998 5582191.98, 361317.8300000001 5582193.65, 361307.3099999996 5582204.66, 361298.7000000002 5582215.77, 361294.5499999998 5582221.130000001, 361280.1699999999 5582242.77, 361269.9299999997 5582254.6, 361237.78000000026 5582287.83, 361224 5582300.699999999, 361198.2999999998 5582317.539999999, 361191.9400000004 5582323.34, 361190.98000000045 5582321.789999999, 361186.8300000001 5582320.15, 361136.1500000004 5582344.08, 361081.13999999966 5582370.0600000005, 3610</t>
   </si>
   <si>
     <t>https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=5507-401</t>
   </si>
   <si>
     <t>https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg5507-401</t>
   </si>
   <si>
-    <t>https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/vsg_sdb_5507-401.pdf</t>
+    <t>https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/vsg_sdb_5507-401.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -510,90 +510,90 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vogelschutzgebiet&amp;layers=vogelschutzgebiet&amp;qid=VSG-7000-006" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=5507-401" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg5507-401" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/vsg_sdb_5507-401.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vogelschutzgebiet&amp;layers=vogelschutzgebiet&amp;qid=VSG-7000-006" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=5507-401" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg5507-401" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/vsg_sdb_5507-401.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:X2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="36.5703125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="8" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="12.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="178.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="15.5703125" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="42.42578125" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="178" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="81.85546875" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="76.28515625" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="73.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -664,51 +664,51 @@
       <c r="E2" t="s">
         <v>27</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>28</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>29</v>
       </c>
       <c r="J2" t="s">
         <v>30</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>31</v>
       </c>
       <c r="N2">
         <v>109713</v>
       </c>
       <c r="O2" s="3">
-        <v>45969.74279856151</v>
+        <v>46045.45679414868</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2" t="s">
         <v>35</v>
       </c>
       <c r="T2" t="s">
         <v>36</v>
       </c>
       <c r="U2" t="s">
         <v>37</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>38</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>39</v>
       </c>