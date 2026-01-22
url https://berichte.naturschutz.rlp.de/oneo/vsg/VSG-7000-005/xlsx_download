--- v0 (2025-11-07)
+++ v1 (2026-01-22)
@@ -132,51 +132,51 @@
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>Naturschutz</t>
   </si>
   <si>
     <t>Vogelschutzgebiet besonderer Bedeutung (EG)</t>
   </si>
   <si>
     <t>Natura 2000</t>
   </si>
   <si>
     <t>DE-5412-401</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((415891.7599999998 5605373.460000001, 415880.9299999997 5605398.199999999, 415875.83999999985 5605409.789999999, 415842.54000000004 5605444.23, 415838.1799999997 5605447.720000001, 415799.1500000004 5605478.82, 415765.98000000045 5605517.74, 415731.5700000003 5605595.710000001, 415700.13999999966 5605672.0600000005, 415665.3700000001 5605651.279999999, 415604.4000000004 5605594.33, 415552.33999999985 5605538.82, 415504.0700000003 5605483.9399999995, 415474.86000000034 5605461.93, 415470.5800000001 5605454.710000001, 415459.91000000015 5605428.789999999, 415451.7400000002 5605419.33, 415457.48000000045 5605412.5600000005, 415430.5 5605235.16, 415440.3300000001 5605241.51, 415435.83999999985 5605235.869999999, 415429.36000000034 5605227.710000001, 415391.54000000004 5605180.140000001, 415402.1699999999 5605149.380000001, 415524.83999999985 5605137.0600000005, 415534.3300000001 5605136.109999999, 415543.3700000001 5605124.539999999, 415558.5599999996 5605105.07, 415569.8200000003 5605090.66, 415614.61000000034 5605033.3100000005, 415616.79000000004 5605035.02, 415639.6699999999 5605053, 415642.3700000001 5605055.119999999, 415637.4500000002 5605061.710000001, 415654.5499999998 5605070.23, 415667.9900000002 5605073.529999999, 415687.9900000002 5605078.43, 415714.2999999998 5605083.66, 415718.2000000002 5605082.75, 415739.4400000004 5605077.789999999, 415756.1799999997 5605080.289999999, 415760.83999999985 5605065.99, 415769.61000000034 5605051.74, 415798.6200000001 5605032.41, 415841.4900000002 5605015.300000001, 415893.7400000002 5604989.050000001, 415910.9900000002 5604989.970000001, 415904.11000000034 5604979.529999999, 415897.45999999996 5604975.199999999, 415854.0599999996 5604946.9399999995, 415838.5700000003 5604932.470000001, 415830.6900000004 5604919.1899999995, 415828.9000000004 5604904.1, 415829.8200000003 5604897.029999999, 415830.7599999998 5604889.699999999, 415842.71999999974 5604796.880000001, 415832.0599999996 5604742.460000001, 415781.61000000034 5604687.74, 415771.86000000034 5604514.710000001, 415705.5599999996 5604518.58, 415697.66000000015 5604489.220000001, 415689.9299999997 5604465.859999999, 415691.91000000015 5604357.49, 415692 5604352.82, 415693.23000000045 5604312.32, 415712.4500000002 5604270.0600000005, 415732.7599999998 5604225.539999999, 415788.98000000045 5604207.800000001, 415814.1900000004 5604199.84, 415822.91000000015 5604197.130000001, 415834.2999999998 5604193.57, 415895.8200000003 5604206.380000001, 415944.63999999966 5604240.039999999, 416013.3200000003 5604241.050000001, 416079.2999999998 5604242.1, 416188.5099999998 5604283.07, 416272.8700000001 5604413.82, 416371.6500000004 5604475.890000001, 416387.01999999955 5604485.35, 416394.76999999955 5604490.17, 416416.3700000001 5604469.789999999, 416431.75 5604455.289999999, 416439.0099999998 5604448.42, 416442.54000000004 5604444.82, 416498.28000000026 5604372.49, 416553.4000000004 5604300.970000001, 416617.2599999998 5604217.300000001, 416662.96999999974 5604157.43, 416674.73000000045 5604146.23, 416724.78000000026 5604098.57, 416762.2400000002 5604062.890000001, 416786.8300000001 5604039.470000001, 416822.6799999997 5604006.220000001, 416824.8799999999 5604004.18, 416911.91000000015 5603923.51, 416928.98000000045 5603907.68, 416944.01999999955 5603898.890000001, 416955.4199999999 5603893.91, 417071.78000000026 5603916.77, 417197.20999999996 5603941.5600000005, 417209.96999999974 5603944.02, 417285.8099999996 5603958.98, 417296.88999999966 5603961.1899999995, 417395.9400000004 5603982.26, 417486.5 5604001.300000001, 417491.76999999955 5604005.199999999, 417494.3700000001 5604009.359999999, 417499.8799999999 5604057.84, 417500.5599999996 5604063.800000001, 417498.8099999996 5604117.82, 417498.6500000004 5604120.82, 417495.7599999998 5604174.710000001, 417489.75 5604263.82, 417484.70999999996 5604270.49, 417416.3799999999 5604295.369999999, 417413.04000000004 5604296.609999999, 417362.8499999996 5604528.880000001, 417361.9400000004 5604532.800000001, 417331.13999999966 5604676.539999999, 417357.5099999998 5604690.92, 417360.3099999996 5604692.41, 417355.88999999966 5604722.779999999, 417346.0099999998 5604744.01, 417345.21999999974 5604750.029999999, 417357.8099999996 5604766.58, 417424.5599999996 5604855.07, 417434.98000000045 5604868.859999999, 417444.29000000004 5604881.1899999995, 417447.6900000004 5604883.859999999, 417444.01999999955 5604885.91, 417443.1200000001 5604892.220000001, 417441.4400000004 5604903.8100000005, 417426.76999999955 5604916.789999999, 417402.11000000034 5604938.59, 417399.7599999998 5604940.6899999995, 417410.38999999966 5604947.380000001, 417394.28000000026 5604994.99, 417389.5800000001 5605008.92, 417376.8099999996 5605046.66, 417375.03000000026 5605051.92, 417363.86000000034 5605084.949999999, 417361 5605090.140000001, 417353.33999999985 5605104.07, 417339.5599999996 5605129.07, 417336.2599999998 5605133.039999999, 417323.1900000004 5605156.52, 417321.7400000002 5605159.15, 417291.6900000004 5605213.09, 417270.21999999974 5605251.630000001, 417265.0999999996 5605260.85, 417258.9900000002 5605271.800000001, 417220.4500000002 5605341.029999999, 417177.23000000045 5605418.609999999, 417174.1299999999 5605424.1899999995, 417168.78000000026 5605433.800000001, 417152.20999999996 5605463.539999999, 417111.75 5605536.119999999, 417099.8499999996 5605540.82, 417083.1299999999 5605560.84, 417075.86000000034 5605569.550000001, 417062.8200000003 5605585.1899999995, 417060.8200000003 5605587.67, 416982.75 5605681.289999999, 416980.21999999974 5605692.09, 416897.0999999996 5605792.220000001, 416823.0099999998 5605881.289999999, 416774.4500000002 5605938.82, 416661.6500000004 5606078.3100000005, 416541.5599999996 5606226.199999999, 416525.61000000034 5606244.869999999, 416516.8099999996 5606252.08, 416505.5599999996 5606254.369999999, 416494.2400000002 5606252.369999999, 416450.4000000004 5606235.640000001, 416352.6500000004 5606200.24, 416325.26999999955 5606187.9, 416300.1699999999 5606171.99, 416241.53000000026 5606130.960000001, 416163.5599999996 5606106.33, 416139 5606099.41, 416142.4400000004 5606097.119999999, 416145.2400000002 5606094.029999999, 416148.46999999974 5606087.300000001, 416151.7999999998 5606080.3100000005, 416160.8799999999 5606084.48, 416181.6900000004 5606040.8100000005, 416186.0599999996 5606026.76, 416188.96999999974 5606012.49, 416190.48000000045 5605997.609999999, 416190.78000000026 5605989.630000001, 416191.0499999998 5605982.73, 416191.0700000003 5605972.460000001, 416191.1299999999 5605957.630000001, 416189.76999999955 5605932.92, 416201.6500000004 5605933.220000001, 416223.08999999985 5605903.92, 416240.21999999974 5605871.15, 416243.3200000003 5605850.6899999995, 416204.33999999985 5605856.83, 416194.8300000001 5605858.33, 416178.23000000045 5605860.9399999995, 416169.3499999996 5605829.85, 416158.6900000004 5605804.24, 416134.54000000004 5605757.300000001, 416122.95999999996 5605729.42, 416119.95999999996 5605719.960000001, 416118.38999999966 5605715.34, 416114.8300000001 5605700.77, 416112.83999999985 5605685.949999999, 416104.41000000015 5605586.73, 416100.4400000004 5605539.9399999995, 416099.23000000045 5605520.5600000005, 416097.5700000003 5605494.59, 416096.95999999996 5605485.17, 416095.78000000026 5605466.66, 416095.8200000003 5605457.59, 416095.8099999996 5605448.1, 416095.8700000001 5605444.279999999, 416096.7599999998 5605430.98, 416106.11000000034 5605378.539999999, 416106.4000000004 5605375.93, 416108.91000000015 5605352.15, 416112.98000000045 5605313.73, 416121.2999999998 5605235.25, 416125.11000000034 5605201.52, 416126.5999999996 5605188.140000001, 416128.33999999985 5605172.91, 416118.7999999998 5605156.6899999995, 415843.9400000004 5605271.130000001, 415919.0800000001 5605311.16, 415896.83999999985 5605361.9399999995, 415891.7599999998 5605373.460000001)), ((419595.78000000026 5602536.27, 419595.79000000004 5602530.83, 419595.8099999996 5602522.25, 419659.5800000001 5602511.74, 419667.46999999974 5602510.4399999995, 419687.8499999996 5602507.09, 419700.0099999998 5602505.08, 419704.9900000002 5602504.26, 419730.63999999966 5602500.029999999, 419742.6699999999 5602498.0600000005, 419807.9199999999 5602487.41, 419814.1299999999 5602486.390000001, 419818.9199999999 5602484.1899999995, 419876.4400000004 5602460.369999999, 419881.51999999955 5602458.210000001, 419967.9000000004 5602420.76, 419982.6900000004 5602414.4, 420053.8700000001 5602383.76, 420058.9500000002 5602381.710000001, 420154.8300000001 5602340.18, 420162.6699999999 5602340.619999999, 420163.3300000001 5602340.66, 420206.9000000004 5602343.09, 420241.0599999996 5602344.98, 420246.0999999996 5602345.27, 420331.88999999966 5602350.07, 420399.1699999999 5602353.85, 420484.3300000001 5602451.710000001, 420484.66000000015 5602452.109999999, 420507.2400000002 5602461.41, 420513.6500000004 5602465.41, 420519.20999999996 5602470.140000001, 420522.3200000003 5602475.279999999, 420523.4299999997 5602479.390000001, 420523.1799999997 5602487.48, 420521.3700000001 5602494.300000001, 420521.4900000002 5602495.85, 420520.29000000004 5602500.380000001, 420517.6799999997 5602510.23, 420515.4900000002 5602518.529999999, 420515.4500000002 5602518.67, 420468.6900000004 5602682.91, 420447.3799999999 5602758.460000001, 420442.8300000001 5602774.449999999, 420418.66000000015 5602851.619999999, 420401.8300000001 5602905.3100000005, 420398.2599999998 5602916.710000001, 420253.6299999999 5603379.23, 420245.16000000015 5603399.0600000005, 420207.9900000002 5603388.84, 420177.98000000045 5603380.59, 420172.4900000002 5603381.41, 420158 5603383.5600000005, 420104.76999999955 5603400.529999999, 420071.21999999974 5603411.24, 420046.5700000003 5603405.15, 419993.8499999996 5603392.119999999, 419978.9400000004 5603388.4399999995, 419963.33999999985 5603384.58, 419921.4400000004 5603374.24, 419891.16000000015 5603259.390000001, 419890.1500000004 5603259.33, 419860.6699999999 5603257.550000001, 419855.36000000034 5603257.24, 419853.2599999998 5603257.109999999, 419819.71999999974 5603255.09, 419818.6799999997 5603255.02, 419800.7000000002 5603253.9399999995, 419786.2599999998 5603253.07, 419782.13999999966 5603252.83, 419781.0999999996 5603252.76, 419721.9000000004 5603249.1899999995, 419700.46999999974 5603144.210000001, 419695.0599999996 5603142.74, 419675.6799999997 5603137.449999999, 419588.8300000001 5603113.779999999, 419560.28000000026 5602950.85, 419555.58999999985 5602935.17, 419549.71999999974 5602917.24, 419544.6900000004 5602903.529999999, 419549.79000000004 5602901.460000001, 419595.4400000004 5602921.619999999, 419595.4500000002 5602913.609999999, 419595.5599999996 5602794.630000001, 419595.5599999996 5602790.640000001, 419595.61000000034 5602743.6899999995, 419595.66000000015 5602684.369999999, 419595.6799999997 5602658.58, 419595.7000000002 5602631.93, 419595.70999999996 5602628.460000001, 419595.75 5602588.99, 419595.75 5602582.630000001, 419595.75 5602577.82, 419595.7599999998 5602576.66, 419595.7599999998 5602574.220000001, 419595.7599999998 5602571.550000001, 419595.79000000004 5602537.33, 419595.78000000026 5602536.27)), ((416434.9299999997 5602643.33, 416506.86000000034 5602651.789999999, 416527.33999999985 5602658.890000001, 416541.78000000026 5602671.98, 416807.1900000004 5602826.609999999, 416763.63999999966 5602906.550000001, 416767.0499999998 5602913.470000001, 416617.3300000001 5603438.800000001, 416597.9500000002 5603506.779999999, 416595.6200000001 5603506.9, 416593.63999999966 5603511.65, 416588.1699999999 5603524.77, 416586.1799999997 5603529.529999999, 416585.71999999974 5603530.630000001, 416573.63999999966 5603559.6, 416573.1900000004 5603560.710000001, 416561 5603589.949999999, 416560.58999999985 5603590.9399999995, 416559.0099999998 5603594.720000001, 416550.1500000004 5603615.970000001, 416548.2000000002 5603620.67, 416547.7999999998 5603621.630000001, 416388.6799999997 5603517.109999999, 416164.8099999996 5603370.1, 416154.9000000004 5603363.59, 416131.6200000001 5603348.289999999, 416074.25 5603310.619999999, 416073.36000000034 5603310.029999999, 416069.9299999997 5603307.779999999, 415978.53000000026 5603247.76, 415975.1699999999 5603245.5600000005, 415887.53000000026 5603188, 415883.3200000003 5603185.23, 415835.70999999996 5603153.970000001, 415832.6299999999 5603151.93, 415830.4000000004 5603150.449999999, 415825.91000000015 5603147.460000001, 415828.6900000004 5603143.92, 415837.20999999996 5603133.359999999, 415863.26999999955 5603101.66, 415877.3700000001 5603084.539999999, 415881.53000000026 5603087.25, 415889.5599999996 5603076.93, 415903.45999999996 5603059.08, 416054.1200000001 5602868.85, 416077.9900000002 5602839.18, 416084.6200000001 5602830.9399999995, 416109.8099999996 5602799.6899999995, 416110.53000000026 5602797.050000001, 416110.36000000034 5602792.699999999, 416109 5602789.23, 416104.8799999999 5602784.91, 416081.70999999996 5602769.279999999, 416066.41000000015 5602760.26, 416061.0099999998 5602754.210000001, 416086.01999999955 5602723.890000001, 416114.1500000004 5602700.73, 416121.1200000001 5602696.300000001, 416164.9400000004 5602668.43, 416223.46999999974 5602631.109999999, 416253.9299999997 5602602.470000001, 416272.29000000004 5602582.48, 416272.8300000001 5602581.9, 416280.96999999974 5602573.029999999, 416284.0999999996 5602569.630000001, 416318.45999999996 5602528.460000001, 416328.6799999997 5602517.34, 416357.03000000026 5602486.57, 416359.66000000015 5602487.98, 416380.2000000002 5602459.83, 416397.9500000002 5602424.15, 416413.5999999996 5602385.65, 416416.23000000045 5602379.1899999995, 416434.88999999966 5602331.630000001, 416442.6500000004 5602309.23, 416439.95999999996 5602307.84, 416447.5800000001 5602285.859999999, 416460.0099999998 5602240.41, 416469.4400000004 5602212.619999999, 416485.5 5602179.75, 416496.51999999955 5602155.48, 416499.54000000004 5602150.58, 416513.7000000002 5602127.66, 416528.8300000001 5602106.82, 416535.83999999985 5602098.8100000005, 416550.75 5602081.73, 416551.9199999999 5602080.529999999, 416569.8300000001 5602063.289999999, 416579.71999999974 5602055.210000001, 416585.1299999999 5602050.76, 416609.04000000004 5602033.529999999, 416616.8799999999 5602028.48, 416697.5800000001 5602057.27, 416755.13999999966 5602077.8100000005, 416787.48000000045 5602089.35, 416752.9199999999 5602186.52, 416715.2000000002 5602243.1899999995, 416666.6200000001 5602418.93, 416675.5999999996 5602505.0600000005, 416682.25 5602532.83, 416698.6699999999 5602557.98, 416640.25 5602529.58, 416588.79000000004 5602578.960000001, 416556.6900000004 5602584.699999999, 416489.9900000002 5602595.99, 416460.9400000004 5602610.789999999, 416434.9299999997 5602643.33)))</t>
   </si>
   <si>
     <t>https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=5412-401</t>
   </si>
   <si>
     <t>https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg5412-401</t>
   </si>
   <si>
-    <t>https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/vsg_sdb_5412-401.pdf</t>
+    <t>https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/vsg_sdb_5412-401.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -510,90 +510,90 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vogelschutzgebiet&amp;layers=vogelschutzgebiet&amp;qid=VSG-7000-005" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=5412-401" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg5412-401" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/vsg_sdb_5412-401.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vogelschutzgebiet&amp;layers=vogelschutzgebiet&amp;qid=VSG-7000-005" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=5412-401" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg5412-401" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/vsg_sdb_5412-401.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:X2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="35.5703125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="6" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="23.85546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="178.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="15.5703125" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="42.42578125" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="178" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="81.85546875" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="76.28515625" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="73.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -664,51 +664,51 @@
       <c r="E2" t="s">
         <v>27</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>28</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>29</v>
       </c>
       <c r="J2" t="s">
         <v>30</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>31</v>
       </c>
       <c r="N2">
         <v>109712</v>
       </c>
       <c r="O2" s="3">
-        <v>45968.91488770938</v>
+        <v>46044.94569306104</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2" t="s">
         <v>35</v>
       </c>
       <c r="T2" t="s">
         <v>36</v>
       </c>
       <c r="U2" t="s">
         <v>37</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>38</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>39</v>
       </c>