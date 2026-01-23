--- v0 (2025-11-09)
+++ v1 (2026-01-23)
@@ -132,51 +132,51 @@
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>Naturschutz</t>
   </si>
   <si>
     <t>Vogelschutzgebiet besonderer Bedeutung (EG)</t>
   </si>
   <si>
     <t>Natura 2000</t>
   </si>
   <si>
     <t>DE-5409-401</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((378176.2400000002 5600755.18, 378188.95999999996 5600769.630000001, 378198.7400000002 5600780.74, 378204.7599999998 5600787.59, 378210.54000000004 5600793.710000001, 378174.88999999966 5600951.710000001, 378151.08999999985 5601078.279999999, 378131.9299999997 5601207.359999999, 378112.75 5601336.449999999, 378085.7599999998 5601344.369999999, 378058.3099999996 5601555.949999999, 378016.9900000002 5601833.27, 378013.4500000002 5601856.65, 377994.6299999999 5601981.140000001, 377978.6299999999 5601978.9, 377949.8300000001 5602168.35, 377941.38999999966 5602166.109999999, 377938.1500000004 5602179.92, 377909.4299999997 5602206.1899999995, 377937.01999999955 5602248.65, 377965.91000000015 5602315.33, 377959.88999999966 5602350.09, 377950.54000000004 5602363.710000001, 377941.86000000034 5602376.210000001, 377938.3200000003 5602381.0600000005, 377929.7999999998 5602417.27, 377915.61000000034 5602445.68, 377910.83999999985 5602468.880000001, 377903.1500000004 5602493.369999999, 377899.9299999997 5602490.9, 377889.51999999955 5602482.93, 377855.08999999985 5602456.5600000005, 377850.01999999955 5602452.74, 377859.5499999998 5602421.59, 377855.61000000034 5602418.85, 377845.91000000015 5602412.1899999995, 377844.8099999996 5602411.4399999995, 377839.3700000001 5602407.699999999, 377825.76999999955 5602398.34, 377787.26999999955 5602371.880000001, 377774.3200000003 5602362.970000001, 377756.1900000004 5602350.73, 377749.6200000001 5602346.289999999, 377742.0999999996 5602341.210000001, 377735.58999999985 5602336.8100000005, 377731.8499999996 5602334.15, 377730.79000000004 5602333.4, 377724.5999999996 5602329, 377715.5499999998 5602322.5600000005, 377709.20999999996 5602318.07, 377708.0999999996 5602317.27, 377692.71999999974 5602306.34, 377688.9299999997 5602303.640000001, 377685.1799999997 5602300.970000001, 377677.8499999996 5602295.76, 377670.0599999996 5602290.220000001, 377669.16000000015 5602289.58, 377664.9000000004 5602286.5600000005, 377660.75 5602283.619999999, 377655.36000000034 5602279.779999999, 377650.01999999955 5602275.99, 377644.95999999996 5602272.4, 377639.29000000004 5602268.35, 377633.5800000001 5602264.3100000005, 377628.51999999955 5602260.720000001, 377623.2000000002 5602256.9399999995, 377618.3099999996 5602249.43, 377608.5700000003 5602233.130000001, 377602.66000000015 5602223.51, 377598.1799999997 5602216.199999999, 377596.9199999999 5602214.390000001, 377590.01999999955 5602204.4399999995, 377585.8799999999 5602198.460000001, 377581.9299999997 5602192.75, 377577.7599999998 5602187.09, 377573.9900000002 5602181.3100000005, 377573.1900000004 5602180.4399999995, 377566.78000000026 5602173.529999999, 377560.9299999997 5602167.23, 377551.53000000026 5602157.1, 377546.23000000045 5602154.59, 377540.7999999998 5602152.02, 377537.79000000004 5602150.59, 377532.8799999999 5602148.27, 377520.53000000026 5602142.43, 377516.26999999955 5602140.41, 377508.4299999997 5602138.41, 377507.7999999998 5602138.24, 377499.4299999997 5602136.09, 377490.6699999999 5602133.84, 377423.46999999974 5602116.58, 377413.7400000002 5602114.130000001, 377404.8300000001 5602111.85, 377397.38999999966 5602109.9399999995, 377394.63999999966 5602109.24, 377389.41000000015 5602107.93, 377384.54000000004 5602106.710000001, 377380.2400000002 5602105.640000001, 377375.8200000003 5602104.529999999, 377371.5800000001 5602103.470000001, 377365.7000000002 5602101.970000001, 377359.21999999974 5602100.3100000005, 377355.23000000045 5602099.289999999, 377338.9199999999 5602095.130000001, 377310.73000000045 5602087.08, 377281.98000000045 5602078.85, 377268.08999999985 5602074.619999999, 377254.73000000045 5602071.640000001, 377247.2400000002 5602069.960000001, 377239.4900000002 5602068.23, 377226.8200000003 5602065.4, 377220.33999999985 5602063.9399999995, 377202.0499999998 5602059.98, 377194.5800000001 5602058.359999999, 377173.63999999966 5602053.8100000005, 377168.6200000001 5602052.720000001, 377163.54000000004 5602051.619999999, 377156.51999999955 5602050.09, 377149.28000000026 5602048.529999999, 377142.16000000015 5602045.65, 377130.6900000004 5602038.68, 377122.53000000026 5602033.74, 377116.9299999997 5602030.16, 377087.8499999996 5602011.57, 377058.33999999985 5602001.210000001, 377043.9400000004 5601996.15, 377030.3099999996 5601991.359999999, 377026.2599999998 5601990.699999999, 377010.76999999955 5601986.92, 377004.79000000004 5601985.460000001, 376998.4199999999 5601983.9, 376964.29000000004 5601975.57, 376946.9299999997 5601971.300000001, 376938.2400000002 5601969.26, 376929.0800000001 5601967.1, 376917.4900000002 5601963.470000001, 376910.96999999974 5601961.41, 376906.5499999998 5601960.02, 376901.9500000002 5601958.57, 376897.4400000004 5601957.16, 376888.3799999999 5601954.3100000005, 376879.53000000026 5601951.529999999, 376869.5599999996 5601947.23, 376855.70999999996 5601941.26, 376851.1299999999 5601939.32, 376843.7000000002 5601936.15, 376835.8300000001 5601932.789999999, 376826.66000000015 5601928.869999999, 376817.4000000004 5601924.93, 376804.5700000003 5601919.4399999995, 376792.8300000001 5601914.4399999995, 376786.2400000002 5601911.609999999, 376778.9000000004 5601908.49, 376771.23000000045 5601905.210000001, 376763.63999999966 5601901.960000001, 376743.3300000001 5601893.289999999, 376732.5099999998 5601888.66, 376724.63999999966 5601885.220000001, 376718.76999999955 5601882.85, 376713.73000000045 5601880.710000001, 376704.79000000004 5601876.75, 376699.1500000004 5601874.23, 376689.3700000001 5601869.949999999, 376686.16000000015 5601868.289999999, 376675.08999999985 5601862.3100000005, 376670.11000000034 5601859.609999999, 376659.3700000001 5601853.8100000005, 376652.7999999998 5601850.27, 376633.5999999996 5601839.93, 376621.6900000004 5601833.48, 376610.3799999999 5601827.35, 376610.23000000045 5601827.27, 376598.5099999998 5601820.92, 376598.3499999996 5601820.83, 376567.01999999955 5601803.859999999, 376570.9500000002 5601793.77, 376588.0800000001 5601791.539999999, 376587.8499999996 5601786.33, 376593.2599999998 5601772.1, 376596.76999999955 5601772.359999999, 376632.3799999999 5601676.67, 376639.03000000026 5601658.789999999, 376644.78000000026 5601643.140000001, 376650.6699999999 5601627.109999999, 376578.5700000003 5601610.640000001, 376561.6299999999 5601606.02, 376485.76999999955 5601585.199999999, 376399.2400000002 5601557.720000001, 376336.3799999999 5601537.98, 376344.29000000004 5601514.25, 376349.61000000034 5601498.279999999, 376353.8799999999 5601485.470000001, 376359.7999999998 5601467.73, 376362.13999999966 5601464.800000001, 376373.1799999997 5601467.24, 376380.8099999996 5601468.9399999995, 376384.61000000034 5601424.07, 376391.51999999955 5601413.9, 376397.6699999999 5601405.18, 376403.11000000034 5601396.4399999995, 376407.20999999996 5601391.85, 376417.83999999985 5601374.99, 376420.79000000004 5601370.029999999, 376425.1900000004 5601372.83, 376448.96999999974 5601388.3100000005, 376462.88999999966 5601397.34, 376471.4400000004 5601402.890000001, 376480.48000000045 5601409.15, 376491.4900000002 5601416.76, 376502.51999999955 5601424.390000001, 376503.63999999966 5601425.17, 376507.6200000001 5601416.82, 376512.70999999996 5601419.27, 376516.8099999996 5601421.220000001, 376543.3700000001 5601433.960000001, 376545.0800000001 5601427.08, 376546.5999999996 5601420.949999999, 376547.0800000001 5601418.970000001, 376549.29000000004 5601410.01, 376576.5999999996 5601420.3100000005, 376585.1500000004 5601423.539999999, 376589.4199999999 5601425.15, 376592.1699999999 5601426.1899999995, 376593.61000000034 5601420.869999999, 376594.0099999998 5601420.890000001, 376603.6500000004 5601421.52, 376613.4500000002 5601422.16, 376623.5999999996 5601422.8100000005, 376626.9400000004 5601408.99, 376628.4900000002 5601402.640000001, 376631.6299999999 5601389.52, 376652.53000000026 5601394.58, 376657.3499999996 5601395.9, 376662.13999999966 5601397.210000001, 376668.41000000015 5601398.960000001, 376670.5599999996 5601399.59, 376681.1200000001 5601402.380000001, 376684.1699999999 5601393.66, 376686.2400000002 5601387.75, 376686.4199999999 5601386.369999999, 376689.08999999985 5601378.960000001, 376695.2000000002 5601359.91, 376695.4400000004 5601359.130000001, 376698.21999999974 5601350.390000001, 376701.26999999955 5601340.84, 376706.98000000045 5601322.93, 376718.6500000004 5601327.4, 376730.3099999996 5601331.859999999, 376740.5099999998 5601335.77, 376744.29000000004 5601337.359999999, 376731.91000000015 5601376.390000001, 376742.1900000004 5601381.27, 376751.6900000004 5601385.76, 376766.1200000001 5601392.59, 376777.9400000004 5601351.51, 376778.51999999955 5601349.57, 376779.4400000004 5601346.380000001, 376797.3799999999 5601353.710000001, 376797.8700000001 5601352.119999999, 376816.2599999998 5601293.279999999, 376821.6699999999 5601275.9399999995, 376836.0800000001 5601280.4, 376848.1799999997 5601235.84, 376851.0099999998 5601225.49, 376853.7000000002 5601215.59, 376853.78000000026 5601215.34, 376856.48000000045 5601205.4399999995, 376877.95999999996 5601212.1899999995, 376881.78000000026 5601213.390000001, 376905.25 5601219.33, 376909.5599999996 5601220.43, 376922.23000000045 5601171.82, 376942.38999999966 5601175.619999999, 376954.5700000003 5601177.91, 376955.2000000002 5601178.039999999, 376968.9000000004 5601180.77, 376980.29000000004 5601183.050000001, 376991.4500000002 5601185.279999999, 376997.28000000026 5601186.4399999995, 376999.78000000026 5601186.9399999995, 377002.2400000002 5601187.43, 377004.16000000015 5601187.82, 377016.3200000003 5601190.24, 377029.0999999996 5601192.800000001, 377023.28000000026 5601218.449999999, 377035.8099999996 5601221.380000001, 377036.1900000004 5601219.9399999995, 377063.0700000003 5601226.52, 377070.8799999999 5601200.67, 377079.63999999966 5601202.279999999, 377087.08999999985 5601203.640000001, 377094.75 5601205.76, 377106.8799999999 5601209.1, 377114.0599999996 5601211.09, 377120.54000000004 5601212.880000001, 377127.8799999999 5601214.91, 377135.16000000015 5601217.18, 377134.2999999998 5601219.57, 377127.2000000002 5601239.33, 377142.45999999996 5601245.26, 377151.5 5601222.27, 377160.2000000002 5601225.4399999995, 377170.8799999999 5601229.33, 377171.8499999996 5601223.07, 377180.11000000034 5601226.67, 377183.9199999999 5601229.220000001, 377189.48000000045 5601233.01, 377194.4199999999 5601236.390000001, 377203.3300000001 5601242.49, 377213.36000000034 5601249.35, 377228.95999999996 5601258.279999999, 377247.1500000004 5601222.289999999, 377247.7999999998 5601224.32, 377257.3700000001 5601241.09, 377306.1900000004 5601266.619999999, 377310.5 5601268.880000001, 377314.8799999999 5601270.609999999, 377322.5599999996 5601245.92, 377322.6500000004 5601242.92, 377324.13999999966 5601243.51, 377325.75 5601244.15, 377326.3799999999 5601244.390000001, 377335.28000000026 5601247.9, 377349.46999999974 5601253.49, 377354.4900000002 5601238.18, 377354.83999999985 5601237.119999999, 377357.3200000003 5601229.539999999, 377359.04000000004 5601224.27, 377360.78000000026 5601219, 377361.13999999966 5601217.93, 377362.5099999998 5601213.73, 377364.2400000002 5601208.449999999, 377365.9500000002 5601203.25, 377367.1699999999 5601199.529999999, 377367.4000000004 5601198.8100000005, 377371.3200000003 5601186.84, 377372.9400000004 5601181.93, 377373.3700000001 5601180.59, 377373.71999999974 5601179.529999999, 377377.3799999999 5601168.380000001, 377378.29000000004 5601165.59, 377379.3200000003 5601162.449999999, 377381.04000000004 5601157.210000001, 377381.5 5601155.83, 377384.71999999974 5601145.24, 377387.48000000045 5601136.949999999, 377388.45999999996 5601134.039999999, 377390.48000000045 5601127.98, 377391.58999999985 5601124.68, 377396.1299999999 5601111.07, 377399.51999999955 5601100.68, 377401.8700000001 5601093.51, 377402.9400000004 5601090.199999999, 377406.38999999966 5601079.67, 377406.6799999997 5601078.76, 377409.3099999996 5601070.789999999, 377412.2999999998 5601061.789999999, 377416.6200000001 5601048.4, 377417.7400000002 5601044.609999999, 377392.0999999996 5601033.279999999, 377427.76999999955 5600992.210000001, 377438.0800000001 5600996.08, 377467.53000000026 5601008.220000001, 377473.4000000004 5600993.119999999, 377476.0999999996 5600986.1899999995, 377481.4299999997 5600988.49, 377483.2400000002 5600983.640000001, 377482.6299999999 5600983.4, 377476.38999999966 5600980.9, 377446.7400000002 5600969.09, 377454.54000000004 5600959.720000001, 377461.95999999996 5600950.609999999, 377513.96999999974 5600886.27, 377523.4299999997 5600874.57, 377542.73000000045 5600850.66, 377548.86000000034 5600842.640000001, 377554.66000000015 5600834.800000001, 377564.38999999966 5600821.66, 377573.33999999985 5600809.5600000005, 377577.9199999999 5600803.380000001, 377585.36000000034 5600793.4, 377599.6500000004 5600774.27, 377616.01999999955 5600752.130000001, 377624.46999999974 5600740.710000001, 377630.6799999997 5600732.32, 377637.8300000001 5600722.65, 377645.95999999996 5600711.66, 377658.3799999999 5600694.880000001, 377662.0499999998 5600689.92, 377668.83999999985 5600680.74, 377673.6699999999 5600674.130000001, 377679.3200000003 5600666.390000001, 377685.08999999985 5600658.68, 377691.2000000002 5600650.52, 377692.41000000015 5600650.9, 377698.38999999966 5600643.109999999, 377701.2599999998 5600639.26, 377708.61000000034 5600629.52, 377714.7400000002 5600621.15, 377723.3300000001 5600609.57, 377723.5099999998 5600609.33, 377732.3200000003 5600597.529999999, 377737.61000000034 5600591.8100000005, 377743.98000000045 5600584.92, 377757.3099999996 5600576.09, 377768 5600572.710000001, 377770.33999999985 5600572.9399999995, 377779.7000000002 5600573.890000001, 377871.03000000026 5600606, 377893.01999999955 5600613.73, 377904.76999999955 5600618.220000001, 377916.48000000045 5600622.74, 377958.7000000002 5600639, 378027.29000000004 5600664.15, 378066.11000000034 5600678.380000001, 378105.0099999998 5600692.5, 378129.48000000045 5600701.369999999, 378141.20999999996 5600705.6899999995, 378145.25 5600707.16, 378146.88999999966 5600709.210000001, 378149.7000000002 5600712.630000001, 378164.0099999998 5600730.050000001, 378168.5099999998 5600735.5, 378169.46999999974 5600736.68, 378166.8799999999 5600744.5600000005, 378173.16000000015 5600751.699999999, 378176.2400000002 5600755.18)))</t>
   </si>
   <si>
     <t>https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=5409-401</t>
   </si>
   <si>
     <t>https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg5409-401</t>
   </si>
   <si>
-    <t>https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/vsg_sdb_5409-401.pdf</t>
+    <t>https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/vsg_sdb_5409-401.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -510,90 +510,90 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vogelschutzgebiet&amp;layers=vogelschutzgebiet&amp;qid=VSG-7000-004" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=5409-401" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg5409-401" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/vsg_sdb_5409-401.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vogelschutzgebiet&amp;layers=vogelschutzgebiet&amp;qid=VSG-7000-004" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=5409-401" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg5409-401" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/vsg_sdb_5409-401.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:X2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="35.5703125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="6" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="12.5703125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="178.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="15.5703125" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="42.42578125" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="178" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="81.85546875" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="76.28515625" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="73.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -664,51 +664,51 @@
       <c r="E2" t="s">
         <v>27</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>28</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>29</v>
       </c>
       <c r="J2" t="s">
         <v>30</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>31</v>
       </c>
       <c r="N2">
         <v>109711</v>
       </c>
       <c r="O2" s="3">
-        <v>45970.32362813019</v>
+        <v>46045.84061405077</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2" t="s">
         <v>35</v>
       </c>
       <c r="T2" t="s">
         <v>36</v>
       </c>
       <c r="U2" t="s">
         <v>37</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>38</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>39</v>
       </c>