--- v0 (2025-11-08)
+++ v1 (2026-01-23)
@@ -132,51 +132,51 @@
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>Naturschutz</t>
   </si>
   <si>
     <t>Vogelschutzgebiet besonderer Bedeutung (EG)</t>
   </si>
   <si>
     <t>Natura 2000</t>
   </si>
   <si>
     <t>DE-5314-303</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((439010.0099999998 5608242.74, 438888.3099999996 5608214.039999999, 438884.8099999996 5608213.210000001, 438884.8099999996 5608218.67, 438884.73000000045 5608243.83, 438882.86000000034 5608245.470000001, 438864.0700000003 5608261.9399999995, 438858.46999999974 5608266.859999999, 438823.76999999955 5608297.289999999, 438793.3300000001 5608323.98, 438773.0599999996 5608324.789999999, 438738.6900000004 5608326.15, 438730.6900000004 5608326.779999999, 438627.58999999985 5608331.59, 438622.9299999997 5608331.59, 438619.48000000045 5608333.890000001, 438608.71999999974 5608341.0600000005, 438534.11000000034 5608390.76, 438527.26999999955 5608395.32, 438482.5099999998 5608425.15, 438457.5599999996 5608441.789999999, 438423.1799999997 5608464.710000001, 438413.36000000034 5608475.130000001, 438308.4299999997 5608586.67, 438300.5700000003 5608581.83, 438252.6699999999 5608552.4, 438250.7999999998 5608546.359999999, 438276.1500000004 5608482.01, 438272.48000000045 5608480.41, 438263.16000000015 5608476.76, 438258.83999999985 5608475.529999999, 438244.3499999996 5608514.16, 438236.41000000015 5608535.35, 438234.23000000045 5608540.9399999995, 438233.5099999998 5608542.800000001, 438228.6299999999 5608555.390000001, 438222.45999999996 5608571.300000001, 438206.2599999998 5608613.029999999, 438163.86000000034 5608599.48, 438131.7400000002 5608589.220000001, 438139.6200000001 5608578.08, 438152.13999999966 5608560.4, 438096.3799999999 5608546.720000001, 438040.6799999997 5608536.02, 437983.9400000004 5608529.609999999, 437935.8200000003 5608524.5, 437931.66000000015 5608526.630000001, 437926.71999999974 5608525.8100000005, 437927.1900000004 5608517.6899999995, 437930.33999999985 5608463.25, 437939.9500000002 5608424.3100000005, 437928.01999999955 5608422.25, 437929.08999999985 5608408.32, 437828.98000000045 5608403.119999999, 437822.11000000034 5608422.41, 437817.71999999974 5608421.390000001, 437816.36000000034 5608425.18, 437815.8099999996 5608429.16, 437812.38999999966 5608424.289999999, 437799.01999999955 5608421.27, 437781.1299999999 5608417.220000001, 437759.63999999966 5608412.359999999, 437731.75 5608406.0600000005, 437722.7599999998 5608404.02, 437710.6200000001 5608401.279999999, 437699.2999999998 5608398.720000001, 437686.36000000034 5608395.789999999, 437668.9500000002 5608391.859999999, 437655.79000000004 5608388.880000001, 437656.70999999996 5608384.98, 437675.0700000003 5608311.48, 437687.8099999996 5608260.43, 437692.9199999999 5608239.93, 437704.16000000015 5608242.4, 437705.16000000015 5608238.5, 437735.76999999955 5608118.960000001, 437740.20999999996 5608101.630000001, 437745.4000000004 5608081.33, 437755.7599999998 5608040.91, 437760.7400000002 5608036.93, 437766.41000000015 5608032.4, 437822.5099999998 5608031.9399999995, 437856.8499999996 5608050.77, 437851.08999999985 5607995.210000001, 437885.0800000001 5607953.130000001, 438490.58999999985 5608188.720000001, 438508.79000000004 5608178.9399999995, 438531.03000000026 5608170.25, 438561.5999999996 5608160.27, 438587.03000000026 5608155.07, 438625.98000000045 5608149.91, 438666.1299999999 5608148.220000001, 438699.9199999999 5608153.199999999, 438700.2400000002 5608148.93, 438701.73000000045 5608128.84, 438753.8499999996 5608112.289999999, 438822.5099999998 5608115.57, 438891.4299999997 5608118.85, 438895.53000000026 5608120.17, 438937.7400000002 5608133.720000001, 438982.79000000004 5608155.27, 439023.83999999985 5608181.279999999, 439014.7999999998 5608221.42, 439010.0099999998 5608242.74)))</t>
   </si>
   <si>
     <t>https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=5314-303</t>
   </si>
   <si>
     <t>https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg5314-303</t>
   </si>
   <si>
-    <t>https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/vsg_sdb_5314-303.pdf</t>
+    <t>https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/vsg_sdb_5314-303.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -510,90 +510,90 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vogelschutzgebiet&amp;layers=vogelschutzgebiet&amp;qid=VSG-7000-003" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=5314-303" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg5314-303" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/vsg_sdb_5314-303.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vogelschutzgebiet&amp;layers=vogelschutzgebiet&amp;qid=VSG-7000-003" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=5314-303" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg5314-303" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/vsg_sdb_5314-303.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:X2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="34.5703125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="5" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="22" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="178.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="15.5703125" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="42.42578125" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="178" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="81.85546875" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="76.28515625" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="73.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -664,51 +664,51 @@
       <c r="E2" t="s">
         <v>27</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>28</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>29</v>
       </c>
       <c r="J2" t="s">
         <v>30</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>31</v>
       </c>
       <c r="N2">
         <v>109710</v>
       </c>
       <c r="O2" s="3">
-        <v>45969.90294092266</v>
+        <v>46045.46802782681</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2" t="s">
         <v>35</v>
       </c>
       <c r="T2" t="s">
         <v>36</v>
       </c>
       <c r="U2" t="s">
         <v>37</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>38</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>39</v>
       </c>