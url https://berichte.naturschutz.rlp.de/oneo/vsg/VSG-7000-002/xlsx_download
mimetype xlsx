--- v0 (2025-11-09)
+++ v1 (2026-01-23)
@@ -132,51 +132,51 @@
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>Naturschutz</t>
   </si>
   <si>
     <t>Vogelschutzgebiet besonderer Bedeutung (EG)</t>
   </si>
   <si>
     <t>Natura 2000</t>
   </si>
   <si>
     <t>DE-5312-401</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((424400.01999999955 5625366.48, 424380.8099999996 5625342.25, 424359.3499999996 5625314.5600000005, 424335.9500000002 5625283.59, 424297.7999999998 5625227.640000001, 424277.45999999996 5625196.5600000005, 424262.03000000026 5625176, 424240.1299999999 5625153.84, 424222.3700000001 5625146.460000001, 424203.01999999955 5625143.77, 424148.95999999996 5625137.289999999, 424112.6699999999 5625128.85, 424106.58999999985 5625125.84, 424069.21999999974 5625110.359999999, 424021.8099999996 5625072.300000001, 424015.3799999999 5625067.16, 423966.04000000004 5625027.73, 423962.6799999997 5625021.07, 423960.0700000003 5625015.880000001, 423958.63999999966 5625013.050000001, 423952.7000000002 5625003.470000001, 423950.28000000026 5624999.5, 423946.73000000045 5624989.02, 423948.61000000034 5624984.029999999, 423946.8499999996 5624984.57, 423945.9299999997 5624980.550000001, 423945.2000000002 5624977.41, 423943.1500000004 5624978.630000001, 423938.0099999998 5624981.699999999, 423935.08999999985 5624986.32, 423935.1799999997 5624992.85, 423935.26999999955 5624998.210000001, 423907.08999999985 5624999.279999999, 423906.6299999999 5625005.0600000005, 423905.98000000045 5625007.779999999, 423894.9299999997 5625002.779999999, 423893.8700000001 5625002.34, 423879.04000000004 5624995.98, 423872.38999999966 5624992.08, 423866.38999999966 5624989.869999999, 423860.9400000004 5624987.880000001, 423849.96999999974 5624983.83, 423834.04000000004 5624977.99, 423819.96999999974 5624973.449999999, 423813.3200000003 5624971.3100000005, 423812.4199999999 5624969.199999999, 423809.29000000004 5624970, 423807.48000000045 5624969.52, 423779.3499999996 5624962.26, 423778.4500000002 5624967.369999999, 423757.1799999997 5624974.58, 423756.8799999999 5624964.609999999, 423757.5599999996 5624962.960000001, 423753.8300000001 5624961.390000001, 423752.58999999985 5624960.869999999, 423749.2599999998 5624959.470000001, 423740.36000000034 5624945.09, 423750.58999999985 5624940.18, 423757.6699999999 5624924.279999999, 423761.0800000001 5624916.59, 423771.9000000004 5624893.369999999, 423761.6699999999 5624885.66, 423758.01999999955 5624860.09, 423744.20999999996 5624863.029999999, 423745.58999999985 5624853.18, 423742.8499999996 5624847.58, 423732.5999999996 5624827.619999999, 423728.13999999966 5624798.1, 423727.78000000026 5624795.84, 423720.04000000004 5624746.380000001, 423715.4400000004 5624717.039999999, 423714.3799999999 5624710.27, 423701.0499999998 5624688.119999999, 423700.70999999996 5624677.609999999, 423697.7999999998 5624661.51, 423704.91000000015 5624643.52, 423710.20999999996 5624643.24, 423710.11000000034 5624642.609999999, 423699.4500000002 5624622.25, 423699.03000000026 5624619.18, 423696.83999999985 5624602.949999999, 423694.41000000015 5624585.02, 423667.1699999999 5624584.890000001, 423662.9000000004 5624584.859999999, 423662.7400000002 5624586.51, 423651.21999999974 5624663.52, 423648.4299999997 5624663.34, 423647.9400000004 5624663.720000001, 423615.25 5624689.6, 423606.4900000002 5624696.529999999, 423565.1500000004 5624715.85, 423569.26999999955 5624752.77, 423568.9500000002 5624756.49, 423563.8499999996 5624756.48, 423484.7400000002 5624761.8100000005, 423483.95999999996 5624761.75, 423484.0599999996 5624770.76, 423484.23000000045 5624789.02, 423484.2999999998 5624796.5, 423344.8799999999 5624780.859999999, 423339.4299999997 5624768.279999999, 423337.8700000001 5624764.699999999, 423329.28000000026 5624775.210000001, 423325.8300000001 5624776.539999999, 423323.26999999955 5624777.550000001, 423317.78000000026 5624779.67, 423309.9900000002 5624799.4, 423308.1500000004 5624804.050000001, 423306.04000000004 5624809.220000001, 423292.5499999998 5624824.029999999, 423281.98000000045 5624830.6899999995, 423283.66000000015 5624833.880000001, 423271.23000000045 5624836.15, 423266.3300000001 5624837.050000001, 423257.21999999974 5624848.34, 423230.73000000045 5624881.130000001, 423233.9400000004 5624886.66, 423238.3300000001 5624890.43, 423243.53000000026 5624894.9, 423259.7400000002 5624894.859999999, 423270.08999999985 5624897.77, 423290.9000000004 5624903.640000001, 423291.8200000003 5624905.779999999, 423291.0700000003 5624908.07, 423290.4400000004 5624910.050000001, 423293.6699999999 5624911.41, 423276.9400000004 5624940.52, 423279.5099999998 5624943.01, 423280.5099999998 5624943.859999999, 423287.9299999997 5624950.25, 423301.21999999974 5624962.01, 423310.25 5624970.07, 423316.8200000003 5624975.92, 423314.70999999996 5624977.4399999995, 423282.5099999998 5624999.3100000005, 423291.0700000003 5625012.77, 423290.33999999985 5625013.26, 423271.91000000015 5625024.300000001, 423273.4000000004 5625026.800000001, 423279.4400000004 5625036.699999999, 423281.53000000026 5625040.1, 423261.6900000004 5625049.83, 423262.4500000002 5625051.23, 423223.1200000001 5625059.9399999995, 423213.38999999966 5625061.57, 423058.4400000004 5625134.23, 423057.98000000045 5625136.98, 423031.2599999998 5625143.18, 423017.95999999996 5625141.859999999, 423017.5700000003 5625146.5, 423004.2400000002 5625151.32, 422991.76999999955 5625155.84, 422982.75 5625161.42, 422985.20999999996 5625161.32, 422972.23000000045 5625166.92, 422958.5599999996 5625172.52, 422952.38999999966 5625174.720000001, 422944.0800000001 5625178.960000001, 422935.26999999955 5625182.210000001, 422932.8799999999 5625183.460000001, 422908.5999999996 5625196.25, 422907.3300000001 5625196.970000001, 422900.7000000002 5625200.779999999, 422888.5599999996 5625207.76, 422880.58999999985 5625212.35, 422876.5499999998 5625214.67, 422874.70999999996 5625215.73, 422850.1500000004 5625231.699999999, 422848.5700000003 5625232.84, 422826.7599999998 5625248.609999999, 422822.66000000015 5625252.35, 422803.8300000001 5625269.550000001, 422798.1699999999 5625274.93, 422787.61000000034 5625284.98, 422780.95999999996 5625291.289999999, 422776.26999999955 5625288.3100000005, 422767.1900000004 5625299.51, 422762.46999999974 5625304.609999999, 422757.03000000026 5625310.460000001, 422753.0800000001 5625314.710000001, 422737.4199999999 5625331.59, 422733.8300000001 5625335.470000001, 422730.2000000002 5625340.539999999, 422726.63999999966 5625345.470000001, 422723.1299999999 5625350.369999999, 422716.6699999999 5625358.880000001, 422700.6500000004 5625378.449999999, 422699.6299999999 5625384.07, 422690.6299999999 5625400.58, 422687 5625400.17, 422683.66000000015 5625399.470000001, 422626.29000000004 5625387.369999999, 422610.08999999985 5625353.029999999, 422609.9199999999 5625338.15, 422603.45999999996 5625338.220000001, 422587.9900000002 5625341.8100000005, 422575.61000000034 5625344.6899999995, 422556.51999999955 5625336.779999999, 422528.26999999955 5625322.390000001, 422507.53000000026 5625311.83, 422515.04000000004 5625296.789999999, 422522.08999999985 5625282.66, 422520.41000000015 5625281.449999999, 422518.70999999996 5625280.23, 422498.5700000003 5625259.91, 422424.11000000034 5625217.779999999, 422398.0800000001 5625214.07, 422395.3300000001 5625196.460000001, 422389.58999999985 5625171.27, 422380.66000000015 5625140.8100000005, 422378.11000000034 5625132.210000001, 422374.83999999985 5625133.140000001, 422366.4000000004 5625135.529999999, 422365.0700000003 5625135.91, 422328.3700000001 5625146.789999999, 422304.53000000026 5625142.41, 422293.76999999955 5625153.609999999, 422294.0499999998 5625154.529999999, 422299.3300000001 5625172.34, 422292.7000000002 5625170.789999999, 422288.4000000004 5625168.460000001, 422279.4500000002 5625166.93, 422275.96999999974 5625166.33, 422260.8799999999 5625163.75, 422256.13999999966 5625159.699999999, 422221.1200000001 5625111.74, 422217.5 5625101.82, 422216.1900000004 5625102.550000001, 422206.11000000034 5625108.16, 422172.78000000026 5625078.83, 422150.4199999999 5625031.77, 422124.70999999996 5625044.279999999, 422115.6699999999 5625034.970000001, 422101.0099999998 5625029.85, 422078.53000000026 5625022.6899999995, 422066.4299999997 5625039.33, 422045.38999999966 5625059.34, 421986.8200000003 5625102.17, 421939.5700000003 5625140.33, 421878.4500000002 5625158.51, 421841.2999999998 5625169.550000001, 421838.8099999996 5625170.289999999, 421834.7599999998 5625169.4399999995, 421760.5499999998 5625153.880000001, 421756.2599999998 5625153.16, 421650.38999999966 5625133.619999999, 421638.29000000004 5625134.640000001, 421592.6200000001 5625118.57, 421560.3300000001 5625112.699999999, 421552.1699999999 5625111.210000001, 421521.61000000034 5625105.630000001, 421512.8499999996 5625105.15, 421504.28000000026 5625104.67, 421449.29000000004 5625102.27, 421441.7599999998 5625101.859999999, 421437.29000000004 5625101.630000001, 421437 5625105.4399999995, 421439.03000000026 5625107.6, 421438.73000000045 5625111.720000001, 421438.3200000003 5625117.220000001, 421437.53000000026 5625127.630000001, 421436.78000000026 5625137.85, 421436 5625148.130000001, 421436.25 5625148.970000001, 421432.0599999996 5625156.07, 421390.79000000004 5625155.199999999, 421353.7400000002 5625160.51, 421352.8300000001 5625154.6, 421353.5099999998 5625152.9399999995, 421350.78000000026 5625151.960000001, 421320.3200000003 5625156.26, 421307.66000000015 5625152.5600000005, 421299.5599999996 5625150.27, 421286.5999999996 5625146.35, 421280.4500000002 5625144.59, 421260.2400000002 5625138.619999999, 421259.2999999998 5625138.32, 421257.11000000034 5625137.619999999, 421242.6299999999 5625133.470000001, 421235.7400000002 5625156.960000001, 421234.3499999996 5625161.699999999, 421208.4299999997 5625148.859999999, 421202.91000000015 5625163.470000001, 421182.1799999997 5625169.65, 421190.3099999996 5625196.9, 421182.1799999997 5625201.74, 421167.58999999985 5625210.4399999995, 421164.3700000001 5625200.92, 421159.7599999998 5625189.02, 421158.6699999999 5625186.039999999, 421155.6200000001 5625177.57, 421149.98000000045 5625161.880000001, 421141.5 5625138.300000001, 421138.7400000002 5625129.09, 421133.3099999996 5625111.08, 421120.5 5625106.550000001, 421120.25 5625115.890000001, 421114.08999999985 5625149.93, 421113.7000000002 5625152.09, 421112.73000000045 5625157.48, 421116.26999999955 5625166.76, 421116.11000000034 5625180.880000001, 421111.7400000002 5625193.66, 421106.45999999996 5625193, 421072.11000000034 5625194.93, 421064.6699999999 5625195.42, 421062.5999999996 5625195.550000001, 421069.0800000001 5625209.57, 421076.7999999998 5625222.99, 421093 5625243.8100000005, 421099.5 5625252.199999999, 421102.0800000001 5625255.710000001, 421103.23000000045 5625257.289999999, 421108.96999999974 5625257.16, 421110.48000000045 5625257.119999999, 421115.1299999999 5625266.5600000005, 421110.13999999966 5625284.68, 421087.5700000003 5625373.49, 421084.83999999985 5625377.26, 421067.8499999996 5625400.73, 421056.0499999998 5625417.140000001, 420999.28000000026 5625460.220000001, 420987.26999999955 5625469.279999999, 420988.48000000045 5625470.800000001, 420990.0599999996 5625472.720000001, 420997.48000000045 5625481.460000001, 420997.11000000034 5625485.52, 420941.63999999966 5625528.359999999, 420937.28000000026 5625533.859999999, 420919.8099999996 5625555.960000001, 420875.5499999998 5625612.949999999, 420890.1299999999 5625623.92, 420876.8700000001 5625657.09, 420869.78000000026 5625661.74, 420828 5625693.51, 420821.58999999985 5625701.0600000005, 420757.96999999974 5625646.52, 420755.36000000034 5625565.33, 420641.3700000001 5625632.57, 420636.0800000001 5625620.74, 420622.48000000045 5625590.4, 420614.9400000004 5625573.57, 420612.7000000002 5625568.57, 420601.36000000034 5625543.460000001, 420587.1299999999 5625511.949999999, 420572.0099999998 5625478.49, 420555.28000000026 5625452.43, 420541.5599999996 5625431.08, 420530.26999999955 5625413.59, 420522.96999999974 5625402.24, 420474.46999999974 5625329.699999999, 420442.4500000002 5625289.84, 420439.8300000001 5625286.27, 420427.3700000001 5625270.65, 420414.88999999966 5625255.02, 420410.1799999997 5625249.15, 420402.4199999999 5625239.4, 420388.4000000004 5625225.08, 420371.3700000001 5625207.27, 420362.2599999998 5625197.83, 420357.46999999974 5625192.869999999, 420343.5700000003 5625178.48, 420325.03000000026 5625160.699999999, 420307.29000000004 5625178.84, 420298.1900000004 5625169.93, 420289.4500000002 5625178.85, 420285.8700000001 5625175.359999999, 420282.03000000026 5625179.289999999, 420285.04000000004 5625182.220000001, 420260.91000000015 5625206.859999999, 420275.1799999997 5625220.84, 420289.45999999996 5625234.85, 420302.3700000001 5625247.49, 420188.5800000001 5625341.710000001, 420186.4199999999 5625340.220000001, 420181.1299999999 5625337.220000001, 420175.8099999996 5625334.880000001, 420169.23000000045 5625332.65, 420163.23000000045 5625331.279999999, 420152.4900000002 5625330.279999999, 420147.48000000045 5625329.970000001, 420136.3099999996 5625329.5, 420130.2999999998 5625329.02, 420125.3300000001 5625328.32, 420122.4000000004 5625327.58, 420119.4400000004 5625326.619999999, 420116.9400000004 5625325.1899999995, 420115.45999999996 5625321.609999999, 420105.9299999997 5625303.289999999, 420095.61000000034 5625287.279999999, 420078.3499999996 5625262.130000001, 420053.23000000045 5625223.619999999, 420035.0499999998 5625190.68, 420021.25 5625167.4399999995, 420020.0999999996 5625165.5, 419997.4400000004 5625123.550000001, 419978.78000000026 5625087.26, 419970.98000000045 5625067.41, 419967.6799999997 5625051.09, 419959.5800000001 5625032.789999999, 419949.78000000026 5625016.869999999, 419934.70999999996 5625001.67, 419921.54000000004 5624983.98, 419902 5624951.3100000005, 419893.79000000004 5624934.76, 419879.58999999985 5624914.43, 419869.5700000003 5624898.279999999, 419858.16000000015 5624876.109999999, 419845.5499999998 5624847.08, 419834.83999999985 5624822.109999999, 419825.9900000002 5624800.029999999, 419817.46999999974 5624776.59, 419810.70999999996 5624757.82, 419809.6900000004 5624754.67, 419802.88999999966 5624733.779999999, 419787.21999999974 5624690.49, 419775.9299999997 5624666.609999999, 419759.8200000003 5624643.77, 419744.66000000015 5624625.1899999995, 419725.8300000001 5624608.130000001, 419708.3700000001 5624591.289999999, 419681.1299999999 5624566.75, 419647.51999999955 5624539.93, 419646.8499999996 5624539.539999999, 419602.6299999999 5624514.199999999, 419579.70999999996 5624499.27, 419564.88999999966 5624488.92, 419551.6200000001 5624479.67, 419527.9900000002 5624463.5, 419500.51999999955 5624439.9, 419474.11000000034 5624417.08, 419447.86000000034 5624393.67, 419418.70999999996 5624364.289999999, 419407.5099999998 5624353.609999999, 419449.8700000001 5624320.6899999995, 419492.4000000004 5624364.34, 419514.0599999996 5624393.720000001, 419534.3700000001 5624422.640000001, 419536.4400000004 5624425.42, 419603.8200000003 5624374.949999999, 419595.3700000001 5624358.390000001, 419598.9900000002 5624353.82, 419624.3099999996 5624321.890000001, 419631.96999999974 5624312.220000001, 419629.41000000015 5624293.6, 419627.2999999998 5624278.18, 419615.6299999999 5624262.52, 419606.8300000001 5624250.699999999, 419602.86000000034 5624246.82, 419587.6900000004 5624232, 419569.48000000045 5624214.220000001, 419548.5 5624193.720000001, 419538.8499999996 5624184.98, 419536.45999999996 5624182.42, 419520.96999999974 5624169.24, 419471.2400000002 5624125.74, 419468.0499999998 5624123.5, 419467.1900000004 5624122.880000001, 419447.58999999985 5624109.25, 419456.26999999955 5624093.73, 419457.36000000034 5624091.77, 419534.36000000034 5624110.84, 419538.9500000002 5624108.949999999, 419538.9299999997 5624108.9, 419539.03000000026 5624106.050000001, 419539.33999999985 5624104.83, 419540.16000000015 5624100.68, 419547.0999999996 5624093.65, 419551.61000000034 5624091.34, 419563.28000000026 5624085.35, 419559.5599999996 5624081.93, 419537.96999999974 5624086.49, 419479.4299999997 5624040.869999999, 419449.4900000002 5624017.380000001, 419448.98000000045 5624016.869999999, 419448.6500000004 5624013.17, 419445.2599999998 5624010.18, 419440.2400000002 5624012.609999999, 419409.2599999998 5624008.33, 419392.5999999996 5624006.27, 419373.75 5624004.15, 419349.8300000001 5624001.24, 419348.3700000001 5623997.380000001, 419367.9400000004 5623969.539999999, 419373.4299999997 5623952.609999999, 419370.2000000002 5623892.050000001, 419368.6699999999 5623886.300000001, 419367.0599999996 5623880.02, 419370.01999999955 5623880.199999999, 419366.2400000002 5623877.199999999, 419359.9299999997 5623854.15, 419358.5099999998 5623848.970000001, 419362.6500000004 5623848.109999999, 419364.3700000001 5623844.199999999, 419372.96999999974 5623820.630000001, 419383.26999999955 5623809.9399999995, 419412.7599999998 5623778.67, 419423.45999999996 5623767.1899999995, 419432.75 5623757.77, 419442 5623747.880000001, 419451.7999999998 5623737.58, 419461.9199999999 5623726.8100000005, 419472.3499999996 5623716.109999999, 419480.3300000001 5623708.0600000005, 419486.25 5623706.9399999995, 419487.9299999997 5623706.9399999995, 419490.71999999974 5623709.029999999, 419494.33999999985 5623711.619999999, 419495.5 5623717.98, 419500.11000000034 5623697.84, 419501 5623697.119999999, 419528.1299999999 5623692.5600000005, 419549.0099999998 5623689.07, 419572.2400000002 5623685.17, 419590.2400000002 5623682.15, 419625.13999999966 5623672.619999999, 419626.16000000015 5623672.35, 419677.6699999999 5623658.300000001, 419685.11000000034 5623656.26, 419698.6500000004 5623636.720000001, 419709.8700000001 5623620.529999999, 419716.0999999996 5623611.52, 419719.8499999996 5623606.130000001, 419723.4500000002 5623601.32, 419726.4400000004 5623597.34, 419736.0800000001 5623584.4399999995, 419742.11000000034 5623553.1, 419743.66000000015 5623545.08, 419747.7599999998 5623523.779999999, 419754.8300000001 5623487.050000001, 419750.1500000004 5623485.59, 419737.0700000003 5623488.6, 419720.79000000004 5623492.35, 419720.0700000003 5623486.24, 419713.6200000001 5623431.16, 419762.1699999999 5623421.9, 419767.66000000015 5623420.48, 419768.9199999999 5623412.84, 419770.11000000034 5623406.84, 419774.70999999996 5623389.74, 419788.9199999999 5623337.359999999, 419793.9000000004 5623319, 419791.98000000045 5623307.220000001, 419788.01999999955 5623305.17, 419781.8499999996 5623302.630000001, 419770 5623305.880000001, 419712.7000000002 5623314.92, 419679.1900000004 5623322.59, 419664.7400000002 5623325.9, 419642.38999999966 5623335.119999999, 419592.9500000002 5623369.050000001, 419554.71999999974 5623385.869999999, 419534.63999999966 5623356.789999999, 419517.25 5623368.98, 419498.78000000026 5623381.91, 419479.0599999996 5623395.720000001, 419460.28000000026 5623408.880000001, 419441.9900000002 5623421.6899999995, 419425.71999999974 5623445.720000001, 419407.83999999985 5623472.210000001, 419402.8300000001 5623468.9, 419375.3700000001 5623450.84, 419339.4900000002 5623428.619999999, 419361.4000000004 5623397.33, 419374.11000000034 5623383.619999999, 419372.4500000002 5623376.9399999995, 419384.48000000045 5623360.050000001, 419416.75 5623309.109999999, 419439.98000000045 5623272.15, 419465.4400000004 5623235.449999999, 419500.0499999998 5623190.51, 419522.78000000026 5623159.460000001, 419542.5499999998 5623132.49, 419546.3300000001 5623127.34, 419550.3300000001 5623121.880000001, 419560.3799999999 5623103.16, 419577.4299999997 5623069.43, 419592.91000000015 5623040.1899999995, 419615.5499999998 5622997.51, 419627.9000000004 5622974.470000001, 419633.8200000003 5622970.449999999, 419660.96999999974 5622923.75, 419674.6500000004 5622904.390000001, 419681.70999999996 5622895.02, 419685.4199999999 5622890.08, 419689.46999999974 5622884.699999999, 419704.9299999997 5622867.550000001, 419711.3300000001 5622860.43, 419717.73000000045 5622854.27, 419716.63999999966 5622852.869999999, 419736.3300000001 5622836.9, 419737.54000000004 5622838.43, 419738.4900000002 5622837.73, 419762.8799999999 5622825.23, 419785.83999999985 5622813.449999999, 419796.3700000001 5622808.51, 419822.88999999966 5622796.16, 419826.88999999966 5622794.699999999, 419832.9500000002 5622795.26, 419845.38999999966 5622798.58, 419845.41000000015 5622796.390000001, 419851.7000000002 5622796.960000001, 419872.71999999974 5622798.359999999, 419874.79000000004 5622797.98, 419878.5999999996 5622797.289999999, 419892.8300000001 5622794.710000001, 419914.38999999966 5622787.890000001, 419947.8799999999 5622773.74, 419983.96999999974 5622760.59, 420027.9000000004 5622750.15, 420061.3700000001 5622742.52, 420086.21999999974 5622739.1899999995, 420104.3799999999 5622737.0600000005, 420117.66000000015 5622733.779999999, 420157.7000000002 5622721.880000001, 420171.21999999974 5622716.220000001, 420171.9000000004 5622715.93, 420176.5700000003 5622713.970000001, 420182.58999999985 5622711.449999999, 420212.5700000003 5622694.73, 420232.38999999966 5622678.98, 420240.5499999998 5622671.93, 420300.4199999999 5622640.210000001, 420319.5800000001 5622627.779999999, 420341.8799999999 5622607.67, 420353.3799999999 5622599.720000001, 420356.70999999996 5622591.369999999, 420358.23000000045 5622579.85, 420370.9299999997 5622515.9, 420381.9199999999 5622488.83, 420388.9000000004 5622474.220000001, 420391.26999999955 5622462.880000001, 420397.6699999999 5622442.33, 420403.23000000045 5622412.99, 420411.96999999974 5622349.59, 420412.38999999966 5622346.16, 420412.8700000001 5622342.220000001, 420413.0999999996 5622340.210000001, 420417.28000000026 5622305.720000001, 420418.98000000045 5622266.699999999, 420418.36000000034 5622254.279999999, 420418.7599999998 5622200.43, 420421.11000000034 5622194.92, 420421.51999999955 5622193.609999999, 420421.9400000004 5622190.029999999, 420423.36000000034 5622150.24, 420427.76999999955 5622097.92, 420431.0800000001 5622084.4, 420434.45999999996 5622084.359999999, 420452.3099999996 5622084.210000001, 420454.8799999999 5622084.18, 420455.61000000034 5622081.23, 420481.6799999997 5622081.08, 420502.4500000002 5622080.960000001, 420513.66000000015 5622080.9, 420513.6200000001 5622077.300000001, 420507.9900000002 5622070.1899999995, 420508.1699999999 5622060.9399999995, 420507.86000000034 5622042.949999999, 420507.13999999966 5622000.699999999, 420506.5499999998 5621990.5600000005, 420503.45999999996 5621976.68, 420501.54000000004 5621970.74, 420494.7999999998 5621952.49, 420491.2999999998 5621946.23, 420513.2599999998 5621953.58, 420521.61000000034 5621956.369999999, 420525.2599999998 5621957.58, 420579.66000000015 5621975.73, 420583.4500000002 5621976.99, 420603.3300000001 5621983.619999999, 420623.1500000004 5621990.23, 420642.9500000002 5621996.84, 420652.16000000015 5621999.92, 420662.1500000004 5622003.24, 420672.95999999996 5622006.859999999, 420690.29000000004 5622012.630000001, 420697.08999999985 5622014.9, 420712.0999999996 5621942.33, 420749.51999999955 5621941.93, 420745.6799999997 5621863.390000001, 420833.0499999998 5621871.130000001, 420861.73000000045 5621877.890000001, 420860.3200000003 5621881.3100000005, 420890.46999999974 5621892.49, 420904.3700000001 5621853.16, 420912.96999999974 5621828.84, 421109.46999999974 5621852.42, 421256.98000000045 5621866.84, 421338.2400000002 5621875.01, 421343.7999999998 5621878.869999999, 421345.38999999966 5621879.970000001, 421345.4400000004 5621880.0600000005, 421350.7999999998 5621877.32, 421343.7999999998 5621862.59, 421336.76999999955 5621774.460000001, 421333.66000000015 5621735.539999999, 421333.5599999996 5621734.119999999, 421331.5099999998 5621708.4, 421324.9900000002 5621626.42, 421323.0999999996 5621602.630000001, 421316.9400000004 5621525.630000001, 421307.95999999996 5621501.01, 421265.13999999966 5621383.59, 421239.20999999996 5621328.289999999, 421320.28000000026 5621325.050000001, 421377.5700000003 5621318.789999999, 421376.3099999996 5621297.210000001, 421376.4900000002 5621286.98, 421380.2000000002 5621225.619999999, 421381.61000000034 5621191.140000001, 421383.41000000015 5621166.460000001, 421388.8499999996 5621108.41, 421390.26999999955 5621074.34, 421391.13999999966 5621061.210000001, 421391.95999999996 5621051.970000001, 421394.4199999999 5621034.5, 421394.3200000003 5621034.52, 421393.53000000026 5621034.67, 421404.6200000001 5620952.6899999995, 421413.25 5620888.550000001, 421414.6699999999 5620883.119999999, 421416.23000000045 5620877.16, 421459.5700000003 5620711.460000001, 421464.66000000015 5620693.8100000005, 421458.1200000001 5620684.279999999, 421454.5700000003 5620679.1, 421451.08999999985 5620674.050000001, 421447.86000000034 5620669.359999999, 421446.11000000034 5620666.82, 421425.01999999955 5620636.24, 421411.6699999999 5620616.869999999, 421407.58999999985 5620610.970000001, 421396.9500000002 5620595.529999999, 421392.8499999996 5620589.57, 421385.25 5620578.550000001, 421360.5599999996 5620542.75, 421351.54000000004 5620529.66, 421346.26999999955 5620522.02, 421341.0499999998 5620517.75, 421338.28000000026 5620517.33, 421339.1200000001 5620511.470000001, 421346.1500000004 5620509.119999999, 421386.38999999966 5620481.0600000005, 421522.58999999985 5620465.09, 421552.79000000004 5620458.619999999, 421570.9500000002 5620452.199999999, 421594.5999999996 5620442.32, 421621.20999999996 5620427.859999999, 421636.75 5620419.43, 421706.5099999998 5620375.84, 421735.1299999999 5620357.32, 421773.33999999985 5620332.619999999, 421810.54000000004 5620312.779999999, 421817.8499999996 5620308.6899999995, 421942.5599999996 5620252.02, 421969.8700000001 5620235.9, 422003.2400000002 5620210.75, 422028.3700000001 5620191.82, 422105.9199999999 5620123, 422126.1699999999 5620108.15, 422155.51999999955 5620093.140000001, 422198.8499999996 5620076.75, 422204.48000000045 5620074.539999999, 422221.1699999999 5620106.300000001, 422366.08999999985 5620063.720000001, 422363.53000000026 5620049.24, 422360.48000000045 5620032.07, 422380.4299999997 5620026.279999999, 422472.33999999985 5619999.609999999, 422477.1799999997 5619998.6, 422497.7400000002 5619994.390000001, 422542.7000000002 5619983.92, 422578.96999999974 5619977.17, 422604.4000000004 5619973.41, 422627.76999999955 5619971.32, 422646.6299999999 5619971.960000001, 422664.2000000002 5619973.789999999, 422680.1900000004 5619976.300000001, 422681.0099999998 5619976.529999999, 422697.3700000001 5619980.98, 422696.7000000002 5619982.48, 422699.8200000003 5619983.52, 422699.9500000002 5619983.5600000005, 422704.0099999998 5619981.85, 422750.3099999996 5619998.49, 422738.9000000004 5620016.029999999, 422770.1200000001 5620024.779999999, 422799.26999999955 5620032.949999999, 422800.9400000004 5620021.949999999, 422802.9299999997 5620008.84, 422803.6699999999 5620006.33, 422804.8499999996 5620002.300000001, 422865.70999999996 5620019.710000001, 422861.46999999974 5620033.890000001, 422890.26999999955 5620042.369999999, 422937.9199999999 5620055.720000001, 422940.1699999999 5620064.6, 422943.76999999955 5620064.66, 423013.0700000003 5620067.18, 423039.98000000045 5620072.33, 423066.45999999996 5620074, 423096.6200000001 5620073.220000001, 423096.86000000034 5620082.98, 423097.11000000034 5620093.23, 423097.4000000004 5620105.15, 423097.6500000004 5620115.57, 423097.83999999985 5620123.3100000005, 423098.96999999974 5620170.529999999, 423099.0499999998 5620174.029999999, 423097 5620176.93, 423092.23000000045 5620183.640000001, 423087.5499999998 5620190.220000001, 423075.13999999966 5620207.68, 423071.9400000004 5620212.1899999995, 423065.5099999998 5620221.25, 423071.70999999996 5620222.0600000005, 423100.8300000001 5620230.890000001, 423118.3700000001 5620196.33, 423120.38999999966 5620198.279999999, 423121.8799999999 5620199.300000001, 423124.26999999955 5620200.460000001, 423127.1299999999 5620201.17, 423128.8499999996 5620201.27, 423134.1900000004 5620202.5600000005, 423130.4900000002 5620217.52, 423162.3499999996 5620224.83, 423157.5599999996 5620248.1, 423215.41000000015 5620265.66, 423224.0099999998 5620268.07, 423225.66000000015 5620259.960000001, 423237.11000000034 5620240.550000001, 423242.4199999999 5620231.5600000005, 423290.3499999996 5620278.33, 423313.3799999999 5620300.82, 423317.7599999998 5620303.65, 423377.79000000004 5620359.08, 423382.6699999999 5620367.58, 423387.91000000015 5620364.699999999, 423441.6299999999 5620369.779999999, 423453.11000000034 5620370.85, 423465.88999999966 5620372.0600000005, 423481.04000000004 5620373.49, 423485.4900000002 5620373.800000001, 423485.5099999998 5620371.41, 423489.1200000001 5620365.76, 423538.86000000034 5620388.609999999, 423541.5800000001 5620389.800000001, 423598.1799999997 5620315.300000001, 423616.3700000001 5620328.6899999995, 423630.45999999996 5620339.0600000005, 423639.1200000001 5620345.42, 423650.5999999996 5620353.859999999, 423675.08999999985 5620371.890000001, 423685.16000000015 5620379.289999999, 423700.6200000001 5620390.68, 423715.9199999999 5620401.93, 423735.8200000003 5620416.59, 423746.5 5620424.460000001, 423762 5620435.859999999, 423766.5 5620439.17, 423771.4000000004 5620449.91, 423776.1699999999 5620452.140000001, 423780.13999999966 5620474.73, 423789.58999999985 5620528.35, 423770.9500000002 5620565.07, 423770.91000000015 5620565.119999999, 423776.4500000002 5620568.869999999, 423803.98000000045 5620585.609999999, 423817.70999999996 5620593.960000001, 423819.3300000001 5620594.9399999995, 423829.78000000026 5620601.289999999, 423832.73000000045 5620603.859999999, 423840 5620610.16, 423847.45999999996 5620616.630000001, 423856.5099999998 5620624.470000001, 423860.54000000004 5620627.970000001, 423871.03000000026 5620637.09, 423883.36000000034 5620647.779999999, 423890.6200000001 5620625.15, 423906.2000000002 5620576.5600000005, 423907.6699999999 5620571.949999999, 423876.8799999999 5620542.710000001, 423861.76999999955 5620517.970000001, 423850.4400000004 5620479.09, 423842.16000000015 5620416.140000001, 423851.36000000034 5620392.550000001, 423865.0599999996 5620355.48, 423868.78000000026 5620346, 423869.3200000003 5620351.449999999, 423877.1900000004 5620361.76, 423888.4000000004 5620376.35, 423930.2400000002 5620407.550000001, 423956.70999999996 5620424.32, 423959.6799999997 5620426.199999999, 424015.3200000003 5620461.300000001, 424053.4000000004 5620478.83, 424056.1500000004 5620480.1, 424073.0499999998 5620487.880000001, 424089.7999999998 5620495.6, 424099.9900000002 5620500.289999999, 424116.83999999985 5620508.050000001, 424122.8200000003 5620514.33, 424143.4400000004 5620535.93, 424175.38999999966 5620553.76, 424225.28000000026 5620561.470000001, 424225.9400000004 5620558.41, 424227.88999999966 5620549.32, 424231.38999999966 5620533.02, 424279.78000000026 5620542.9, 424302.79000000004 5620541.5600000005, 424328.03000000026 5620534.050000001, 424358.3499999996 5620504.140000001, 424403.4000000004 5620493.300000001, 424435.83999999985 5620511.74, 424437.9199999999 5620512.99, 424430.6200000001 5620530.49, 424428.6900000004 5620535.09, 424450.6699999999 5620546.699999999, 424438.5800000001 5620563.109999999, 424453.3499999996 5620603.8100000005, 424501.8300000001 5620613.52, 424538.78000000026 5620617.460000001, 424539.7999999998 5620670.550000001, 424533.78000000026 5620747.550000001, 424527.6299999999 5620808.800000001, 424520.1500000004 5620831.550000001, 424493.9900000002 5620878.529999999, 424438.66000000015 5621013.710000001, 424378.66000000015 5621206.550000001, 424378.3499999996 5621210.710000001, 424383.86000000034 5621211.01, 424590.6299999999 5621222.67, 424593.3099999996 5621224.25, 424594.41000000015 5621220.73, 424616.1299999999 5621151.08, 424696.3799999999 5621197.98, 424708.29000000004 5621204.9399999995, 424729.4299999997 5621217.3100000005, 424733.51999999955 5621219.630000001, 424739.4400000004 5621200.289999999, 424749.1200000001 5621155.65, 424758.8200000003 5621133.720000001, 424760.6699999999 5621129.609999999, 424763.9400000004 5621122.380000001, 424764.53000000026 5621121.119999999, 424765.6799999997 5621118.210000001, 424758.8099999996 5621105.710000001, 424735.1699999999 5621076.77, 424729.25 5621065.279999999, 424723.3499999996 5621053.84, 424713.53000000026 5621031.460000001, 424709.5700000003 5621018.5, 424708.29000000004 5621005.880000001, 424709.6299999999 5620991.220000001, 424712.2400000002 5620978.289999999, 424716.23000000045 5620958.5600000005, 424721.88999999966 5620926.67, 424722.5800000001 5620922.77, 424731.7599999998 5620886.140000001, 424734.7999999998 5620871.99, 424740.29000000004 5620846.4399999995, 424741.61000000034 5620821.25, 424741.7400000002 5620818.789999999, 424742.26999999955 5620808.82, 424742.46999999974 5620804.970000001, 424740.63999999966 5620757.4, 424738.4500000002 5620710, 424740.54000000004 5620707.630000001, 424740.0099999998 5620696.1899999995, 424739.5 5620685.3100000005, 424739.3200000003 5620681.77, 424737.3700000001 5620639.9399999995, 424737.5800000001 5620635.970000001, 424826.1900000004 5620648.16, 424830.8700000001 5620648.80000000</t>
   </si>
   <si>
     <t>https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=5312-401</t>
   </si>
   <si>
     <t>https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg5312-401</t>
   </si>
   <si>
-    <t>https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/vsg_sdb_5312-401.pdf</t>
+    <t>https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/vsg_sdb_5312-401.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -510,90 +510,90 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vogelschutzgebiet&amp;layers=vogelschutzgebiet&amp;qid=VSG-7000-002" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=5312-401" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg5312-401" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/vsg_sdb_5312-401.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vogelschutzgebiet&amp;layers=vogelschutzgebiet&amp;qid=VSG-7000-002" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=5312-401" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg5312-401" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/vsg_sdb_5312-401.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:X2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="36.140625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="8" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="12.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="178.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="15.5703125" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="42.42578125" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="178" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="81.85546875" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="76.28515625" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="73.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -664,51 +664,51 @@
       <c r="E2" t="s">
         <v>27</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>28</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>29</v>
       </c>
       <c r="J2" t="s">
         <v>30</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>31</v>
       </c>
       <c r="N2">
         <v>109709</v>
       </c>
       <c r="O2" s="3">
-        <v>45970.12034692315</v>
+        <v>46045.56438870681</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2" t="s">
         <v>35</v>
       </c>
       <c r="T2" t="s">
         <v>36</v>
       </c>
       <c r="U2" t="s">
         <v>37</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>38</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>39</v>
       </c>