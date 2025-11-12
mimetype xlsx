--- v0 (2025-11-11)
+++ v1 (2025-11-12)
@@ -664,51 +664,51 @@
       <c r="E2" t="s">
         <v>27</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>28</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>29</v>
       </c>
       <c r="J2" t="s">
         <v>30</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>31</v>
       </c>
       <c r="N2">
         <v>109708</v>
       </c>
       <c r="O2" s="3">
-        <v>45972.58208853767</v>
+        <v>45973.270790296</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2" t="s">
         <v>35</v>
       </c>
       <c r="T2" t="s">
         <v>36</v>
       </c>
       <c r="U2" t="s">
         <v>37</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>38</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>39</v>
       </c>