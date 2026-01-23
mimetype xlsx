--- v1 (2025-11-12)
+++ v2 (2026-01-23)
@@ -132,51 +132,51 @@
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>Naturschutz</t>
   </si>
   <si>
     <t>Vogelschutzgebiet besonderer Bedeutung (EG)</t>
   </si>
   <si>
     <t>Natura 2000</t>
   </si>
   <si>
     <t>DE-5213-401</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((421941.61000000034 5620099.99, 421937.4299999997 5620094.800000001, 421896.6699999999 5620127.09, 421836.1799999997 5620176.0600000005, 421840.5499999998 5620161.24, 421837.3099999996 5620161.710000001, 421817.5700000003 5620164.949999999, 421793.2599999998 5620168.949999999, 421761.26999999955 5620174.210000001, 421728.0099999998 5620179.6899999995, 421729.08999999985 5620117.76, 421729.1299999999 5620116.18, 421729.16000000015 5620114.539999999, 421731 5620045.109999999, 421730.33999999985 5620041.98, 421729.0999999996 5620036.109999999, 421731.54000000004 5620035.83, 421729.91000000015 5620034.4, 421728.46999999974 5620033.130000001, 421730.83999999985 5619976.77, 421730.9299999997 5619974.66, 421733.2400000002 5619919.640000001, 421737.2599999998 5619915.210000001, 421736.3799999999 5619911.26, 421733.6799999997 5619909.460000001, 421735.1200000001 5619876.98, 421736.23000000045 5619851.92, 421737.3099999996 5619827.51, 421738.4199999999 5619802.68, 421739.6200000001 5619775.58, 421740.28000000026 5619760.8100000005, 421741.54000000004 5619732.3100000005, 421743.3700000001 5619691.289999999, 421744.01999999955 5619676.300000001, 421749.16000000015 5619671.470000001, 421748.5099999998 5619663.619999999, 421746.66000000015 5619661.369999999, 421751.08999999985 5619640.67, 421756.0999999996 5619617.23, 421756.5800000001 5619614.970000001, 421761.48000000045 5619592.08, 421768.23000000045 5619560.539999999, 421783.0599999996 5619491.15, 421790.28000000026 5619457.369999999, 421790.53000000026 5619366.890000001, 421771.4299999997 5619333.18, 421764.6500000004 5619293.890000001, 421755.9000000004 5619293.380000001, 421749.1200000001 5619293.02, 421728.41000000015 5619291.92, 421720.8700000001 5619291.52, 421696.63999999966 5619290.23, 421668.2999999998 5619288.720000001, 421665.88999999966 5619290.33, 421669.5099999998 5619280.720000001, 421684.6500000004 5619240.52, 421692.45999999996 5619219.77, 421692.9900000002 5619218.359999999, 421705.66000000015 5619184.6, 421717.9000000004 5619151.6, 421729.78000000026 5619119.57, 421730.53000000026 5619117.539999999, 421751.6200000001 5619060.67, 421757.6699999999 5619044.359999999, 421764.3499999996 5619026.35, 421777.4400000004 5618991.029999999, 421782.1699999999 5618978.279999999, 421788.53000000026 5618961.119999999, 421800.53000000026 5618928.75, 421805.61000000034 5618915.0600000005, 421814 5618892.470000001, 421817.0499999998 5618884.23, 421828.6500000004 5618852.960000001, 421829.1500000004 5618851.59, 421830.21999999974 5618848.73, 421828.5099999998 5618848.0600000005, 421829.6299999999 5618846.029999999, 421833.9299999997 5618838.49, 421840.8700000001 5618826.119999999, 421848.23000000045 5618813.640000001, 421855.45999999996 5618801.380000001, 421862.03000000026 5618790.07, 421868.66000000015 5618778.880000001, 421870.70999999996 5618775.470000001, 421875.5499999998 5618767.119999999, 421885.51999999955 5618750.0600000005, 421892.25 5618738.43, 421893.1200000001 5618736.83, 421900.95999999996 5618723.42, 421908.5499999998 5618710.51, 421915.8700000001 5618697.960000001, 421922.9000000004 5618685.84, 421925.70999999996 5618681.35, 421956.20999999996 5618628.59, 421984.16000000015 5618580.1899999995, 421985.6200000001 5618577.279999999, 421986.6200000001 5618575.289999999, 422009.03000000026 5618537.16, 422009.91000000015 5618535.710000001, 422025.9900000002 5618507.880000001, 422055.9400000004 5618456.029999999, 422073.5999999996 5618425.48, 422075.75 5618421.76, 422079.86000000034 5618414.640000001, 422109.51999999955 5618363.5600000005, 422129.23000000045 5618330.130000001, 422143.88999999966 5618305.050000001, 422144.5499999998 5618303.890000001, 422159.54000000004 5618278.01, 422160.26999999955 5618276.75, 422175.5499999998 5618250.5600000005, 422176.6200000001 5618248.74, 422192.3799999999 5618221.710000001, 422194.54000000004 5618217.949999999, 422207.03000000026 5618196.609999999, 422210.48000000045 5618190.720000001, 422218.66000000015 5618176.710000001, 422230.86000000034 5618155.800000001, 422231.2000000002 5618155.220000001, 422246.3799999999 5618129.460000001, 422249.71999999974 5618123.470000001, 422258.21999999974 5618108.74, 422258.6200000001 5618108.039999999, 422277.3099999996 5618076.41, 422278.2000000002 5618075, 422310.48000000045 5618170.789999999, 422325.13999999966 5618213.640000001, 422336.6799999997 5618247.359999999, 422349.5599999996 5618284.9399999995, 422353.1299999999 5618290.73, 422359.1500000004 5618290.140000001, 422396.0599999996 5618285.9399999995, 422396.20999999996 5618297.470000001, 422396.3799999999 5618299.880000001, 422398.13999999966 5618300.369999999, 422420.91000000015 5618304.92, 422430.9199999999 5618307.07, 422433.9299999997 5618307.710000001, 422435.0599999996 5618307.9399999995, 422439.3799999999 5618308.84, 422441.61000000034 5618309.3100000005, 422470.9500000002 5618316.130000001, 422472.16000000015 5618316.380000001, 422503.91000000015 5618322.859999999, 422502.5599999996 5618330.0600000005, 422502.1500000004 5618332.23, 422503.2599999998 5618332.51, 422531.08999999985 5618340.8100000005, 422532.2599999998 5618341.15, 422541.75 5618319.109999999, 422544.6900000004 5618312.01, 422546.04000000004 5618311.02, 422548.01999999955 5618306.390000001, 422550.33999999985 5618300.67, 422556.3099999996 5618286.41, 422556.54000000004 5618285.1899999995, 422590.26999999955 5618295.119999999, 422591.41000000015 5618295.449999999, 422614.3799999999 5618302.1899999995, 422649.3200000003 5618312.5600000005, 422654.61000000034 5618314.42, 422649.71999999974 5618291.92, 422649.46999999974 5618290.82, 422639.4900000002 5618244.9399999995, 422639.1699999999 5618243.49, 422630.04000000004 5618201.550000001, 422629.75 5618200.199999999, 422645.9400000004 5618192.68, 422655.1299999999 5618188.369999999, 422661.9400000004 5618185.119999999, 422667.0700000003 5618182.6899999995, 422678.1799999997 5618177.42, 422689.8499999996 5618171.890000001, 422695.3499999996 5618169.289999999, 422699.1500000004 5618167.48, 422701.4400000004 5618166.390000001, 422708.8300000001 5618162.890000001, 422719.6500000004 5618157.77, 422731.53000000026 5618152.140000001, 422736.38999999966 5618149.84, 422754.1900000004 5618154.050000001, 422780.5599999996 5618160.3100000005, 422790.0999999996 5618162.630000001, 422794.9400000004 5618163.800000001, 422795.28000000026 5618159.77, 422793.66000000015 5618156.800000001, 422800.5700000003 5618135.52, 422808.2400000002 5618111.52, 422809.6799999997 5618107.0600000005, 422815.7599999998 5618087.869999999, 422816.3200000003 5618086.07, 422822.3700000001 5618067.6, 422822.9199999999 5618065.52, 422827.7000000002 5618050.82, 422832.48000000045 5618036.119999999, 422834.5 5618029.84, 422838.13999999966 5618018.710000001, 422844.0800000001 5618000.1, 422845.13999999966 5617996.82, 422850.0599999996 5617981.720000001, 422855.4900000002 5617964.619999999, 422861.04000000004 5617947.5600000005, 422862.66000000015 5617942.630000001, 422866.53000000026 5617930.52, 422873.1900000004 5617910.119999999, 422876.8300000001 5617899.75, 422877.4000000004 5617897.460000001, 422879.4900000002 5617889.119999999, 422880.3200000003 5617885.8100000005, 422872.78000000026 5617873.8100000005, 422854.3799999999 5617844.52, 422853.8200000003 5617843.59, 422851.6699999999 5617840.140000001, 422848.9900000002 5617835.83, 422833.5599999996 5617810.99, 422825.98000000045 5617798.800000001, 422821.7999999998 5617792.07, 422798.8200000003 5617755.07, 422813.3799999999 5617740.4399999995, 422827.98000000045 5617765.710000001, 422845.3499999996 5617746.01, 422832.3200000003 5617720.58, 422845.2400000002 5617718.609999999, 422852.9000000004 5617717.48, 422860.0499999998 5617716.359999999, 422865.38999999966 5617715.5600000005, 422867.0499999998 5617715.26, 422882.0599999996 5617712.9399999995, 422900.6299999999 5617710.279999999, 422918.0499999998 5617707.779999999, 422920.4500000002 5617708.3100000005, 422927.95999999996 5617709.9399999995, 422944.5700000003 5617713.550000001, 422959.98000000045 5617716.9, 422978.6699999999 5617720.960000001, 422981.11000000034 5617721.49, 422981.51999999955 5617720.52, 422979.8799999999 5617716.859999999, 422973.8300000001 5617703.3100000005, 422973.26999999955 5617702.050000001, 422997.3499999996 5617712.779999999, 422997.26999999955 5617711.6899999995, 422995.3200000003 5617689.6, 423011.76999999955 5617694.75, 423011.21999999974 5617693.5600000005, 422998.4199999999 5617666.24, 422998.3099999996 5617665.300000001, 422995.3300000001 5617646.18, 423006.20999999996 5617644.9399999995, 423070.86000000034 5617636.09, 423109.6200000001 5617630.869999999, 423142.6799999997 5617626.41, 423160.3200000003 5617624.02, 423166.91000000015 5617622.949999999, 423197.9500000002 5617619.1899999995, 423224.66000000015 5617615.66, 423266.7599999998 5617609.82, 423272.51999999955 5617609.210000001, 423281.5099999998 5617619.890000001, 423295.58999999985 5617636.640000001, 423299.1799999997 5617640.92, 423305.0800000001 5617647.92, 423316.4000000004 5617661.369999999, 423326.54000000004 5617673.43, 423330.4299999997 5617678.039999999, 423337.03000000026 5617685.890000001, 423344.9000000004 5617695.25, 423351.4199999999 5617703.01, 423356.23000000045 5617708.710000001, 423358.08999999985 5617710.93, 423368.4199999999 5617723.199999999, 423380.4500000002 5617737.52, 423381.0099999998 5617738.1899999995, 423391.5 5617750.640000001, 423404.7400000002 5617766.390000001, 423408.7000000002 5617765.67, 423414.5599999996 5617764.83, 423482.0800000001 5617754.4, 423482.0800000001 5617755.57, 423482.0800000001 5617756.01, 423478.9900000002 5617793.5600000005, 423478.8700000001 5617795.1, 423496.79000000004 5617821.800000001, 423535.48000000045 5617879.42, 423538.29000000004 5617883.59, 423589.86000000034 5617960.35, 423592.98000000045 5617965.01, 423594.9400000004 5617967.92, 423597.61000000034 5617971.890000001, 423628.9199999999 5618018.470000001, 423652.9900000002 5618054.300000001, 423655.28000000026 5618057.16, 423726.4299999997 5618163.109999999, 423729.03000000026 5618166.98, 423722.6200000001 5618174.84, 423716.6900000004 5618182.119999999, 423709.5499999998 5618190.880000001, 423704.1900000004 5618197.449999999, 423697.70999999996 5618205.41, 423695.2000000002 5618208.48, 423691.96999999974 5618212.449999999, 423686.0599999996 5618219.720000001, 423677.08999999985 5618230.73, 423669.21999999974 5618240.4, 423661.0099999998 5618250.5, 423659.8799999999 5618251.869999999, 423654.78000000026 5618258.140000001, 423653.7999999998 5618259.34, 423644.73000000045 5618270.48, 423638.5599999996 5618278.07, 423632.4400000004 5618285.59, 423629.25 5618289.539999999, 423628.0999999996 5618290.949999999, 423617.71999999974 5618303.76, 423580.3300000001 5618349.890000001, 423564.79000000004 5618369.08, 423561.20999999996 5618373.6899999995, 423563 5618376.619999999, 423564.5800000001 5618380.970000001, 423570.9500000002 5618398.640000001, 423582.66000000015 5618431.130000001, 423602.20999999996 5618485.390000001, 423603.46999999974 5618488.85, 423605.3700000001 5618494.16, 423622.9900000002 5618542.98, 423640.8499999996 5618592.52, 423642.29000000004 5618596.529999999, 423645.6799999997 5618600.210000001, 423648.29000000004 5618603.039999999, 423654 5618609.25, 423662.4299999997 5618618.41, 423667.11000000034 5618623.5, 423670.66000000015 5618627.35, 423678.53000000026 5618635.9, 423686.8700000001 5618644.960000001, 423694.6500000004 5618653.42, 423702.2999999998 5618661.73, 423709.8300000001 5618669.91, 423717.4299999997 5618678.17, 423724.7599999998 5618686.140000001, 423726.4500000002 5618687.98, 423733.71999999974 5618681.880000001, 423733.8200000003 5618681.98, 423735.7400000002 5618684.07, 423739.71999999974 5618688.390000001, 423748.7400000002 5618698.77, 423754.7999999998 5618705.74, 423760.6500000004 5618712.470000001, 423768.2599999998 5618721.23, 423774.1500000004 5618728, 423780.7599999998 5618735.609999999, 423790.6799999997 5618747.02, 423797.1799999997 5618754.5, 423803.5099999998 5618761.77, 423809.2000000002 5618768.33, 423816.76999999955 5618777.02, 423823.6500000004 5618784.949999999, 423828.58999999985 5618790.640000001, 423834.63999999966 5618797.59, 423840.6699999999 5618804.52, 423846.9900000002 5618811.789999999, 423855.6299999999 5618821.73, 423860.23000000045 5618827.029999999, 423864.78000000026 5618832.25, 423870.91000000015 5618839.32, 423877.11000000034 5618846.4399999995, 423884.23000000045 5618854.630000001, 423892.8799999999 5618864.58, 423897.71999999974 5618870.15, 423904.0700000003 5618874.17, 423906.83999999985 5618875.35, 423928.21999999974 5618884.470000001, 423937.26999999955 5618888.32, 423949.28000000026 5618893.43, 423987.6299999999 5618909.76, 423997.03000000026 5618926.82, 424001.08999999985 5618937.5600000005, 424002.8499999996 5618942.23, 424003.8700000001 5618944.9399999995, 424020.26999999955 5618988.6, 424027.29000000004 5619018.01, 424011.6500000004 5619042.0600000005, 424000.54000000004 5619059.140000001, 423988.66000000015 5619077.4, 423980.21999999974 5619090.369999999, 423967.01999999955 5619110.67, 423953.51999999955 5619131.34, 423944.3499999996 5619145.49, 423935.8200000003 5619158.59, 423929.1900000004 5619168.800000001, 423923.6500000004 5619177.32, 423918.75 5619184.84, 423911.2400000002 5619196.369999999, 423907.5800000001 5619201.98, 423901.0099999998 5619204.98, 423892.5 5619208.869999999, 423884.1200000001 5619212.6899999995, 423875.3300000001 5619216.699999999, 423867.5999999996 5619220.220000001, 423855.4000000004 5619225.800000001, 423849.75 5619228.380000001, 423843.6500000004 5619230.3100000005, 423831.4500000002 5619234.18, 423815.29000000004 5619239.3100000005, 423812.7000000002 5619239.470000001, 423802.6699999999 5619240.08, 423792.70999999996 5619240.6899999995, 423783.4000000004 5619241.25, 423752.1799999997 5619243.15, 423737.1500000004 5619244.07, 423734.3099999996 5619246.15, 423726.95999999996 5619251.539999999, 423707.0099999998 5619266.199999999, 423706.1799999997 5619267.73, 423698.54000000004 5619281.8100000005, 423691.33999999985 5619288.960000001, 423718.04000000004 5619315.220000001, 423720.9299999997 5619318.08, 423721.63999999966 5619318.77, 423723.1200000001 5619320.23, 423735.2999999998 5619332.220000001, 423753.9500000002 5619364.289999999, 423755.91000000015 5619367.65, 423776.6299999999 5619408.67, 423718.2000000002 5619438.199999999, 423700.21999999974 5619442.890000001, 423685.70999999996 5619446.68, 423670.4900000002 5619450.16, 423631.1200000001 5619459.17, 423619.75 5619461.77, 423595.5499999998 5619475.460000001, 423553.0499999998 5619499.5, 423540.36000000034 5619508.880000001, 423538.53000000026 5619510.220000001, 423522.3200000003 5619522.119999999, 423514.3799999999 5619527.949999999, 423492.7599999998 5619543.82, 423484.2000000002 5619550.109999999, 423480.2999999998 5619552.970000001, 423456.1200000001 5619560.08, 423444.5 5619563.5, 423429.4400000004 5619567.9399999995, 423423.29000000004 5619569.74, 423417.48000000045 5619578.57, 423407.5499999998 5619593.73, 423393.9199999999 5619614.49, 423386.0999999996 5619626.4, 423384.3799999999 5619656.08, 423387.6200000001 5619675.91, 423391.01999999955 5619669.8100000005, 423483.1799999997 5619760.800000001, 423498.78000000026 5619776.210000001, 423486.6200000001 5619788.59, 423481.4000000004 5619793.9, 423478.8200000003 5619796.529999999, 423472.58999999985 5619803.119999999, 423469.9500000002 5619805.9399999995, 423465.51999999955 5619809.49, 423460.98000000045 5619813.140000001, 423455.20999999996 5619817.76, 423445.1200000001 5619825.859999999, 423435.91000000015 5619833.25, 423434.1500000004 5619834.66, 423419.75 5619846.23, 423410.1200000001 5619853.960000001, 423396.5700000003 5619864.83, 423388.4000000004 5619871.380000001, 423372.1200000001 5619884.460000001, 423370.86000000034 5619885.470000001, 423358.5 5619895.380000001, 423352.0700000003 5619900.550000001, 423345.96999999974 5619905.4399999995, 423338.23000000045 5619911.77, 423329.9299999997 5619918.5600000005, 423321.5800000001 5619925.380000001, 423312.8099999996 5619932.550000001, 423296.03000000026 5619946.26, 423286.1299999999 5619954.369999999, 423276.26999999955 5619962.390000001, 423272.0800000001 5619960.390000001, 423269.6200000001 5619962.390000001, 423208.6900000004 5620012.26, 423186.0099999998 5620028.210000001, 423163.1900000004 5620039.800000001, 423143.3499999996 5620034.380000001, 423126.54000000004 5620029.52, 423107.1799999997 5620026.52, 423102.5 5620025.710000001, 423098.9900000002 5620025.130000001, 423080.6900000004 5620021.93, 423058.1200000001 5620020.949999999, 423020.5999999996 5620022.24, 423014.0499999998 5620022.0600000005, 423009.11000000034 5620021.859999999, 422990.0499999998 5620021.32, 422951.70999999996 5620018.68, 422928.8799999999 5620014.65, 422924.6200000001 5620013.68, 422919.75 5620012.6, 422913.9400000004 5620011.34, 422849.7999999998 5619994.17, 422811.23000000045 5619983.85, 422767.3300000001 5619972.1, 422766.46999999974 5619971.800000001, 422732.04000000004 5619962.1899999995, 422691.11000000034 5619950.76, 422687.9199999999 5619949.869999999, 422639.5599999996 5619936.109999999, 422633.4400000004 5619936.32, 422611.98000000045 5619940.699999999, 422592.76999999955 5619945.34, 422548.3200000003 5619956.1, 422492.3799999999 5619969.65, 422490.38999999966 5619970.130000001, 422429.3799999999 5619984.890000001, 422416.7599999998 5619988.140000001, 422414.79000000004 5619988.66, 422387.1299999999 5619995.869999999, 422354.5 5620004.390000001, 422351.70999999996 5620005.23, 422284.4199999999 5620025.8100000005, 422232.5 5620041.68, 422223.1799999997 5620044.1899999995, 422221.1699999999 5620044.73, 422175.70999999996 5620057.109999999, 422142.28000000026 5620067.23, 422113.16000000015 5620076.039999999, 422095.5800000001 5620081.35, 422092.36000000034 5620082.630000001, 422073.9900000002 5620089.9, 422071.1900000004 5620091.23, 422052.2400000002 5620100.25, 422049.20999999996 5620101.98, 422029.0700000003 5620113.42, 421998.04000000004 5620136.52, 421981.63999999966 5620149.460000001, 421974 5620140.210000001, 421941.61000000034 5620099.99)))</t>
   </si>
   <si>
     <t>https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=5213-401</t>
   </si>
   <si>
     <t>https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg5213-401</t>
   </si>
   <si>
-    <t>https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/vsg_sdb_5213-401.pdf</t>
+    <t>https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/vsg_sdb_5213-401.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -510,90 +510,90 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vogelschutzgebiet&amp;layers=vogelschutzgebiet&amp;qid=VSG-7000-001" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=5213-401" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg5213-401" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/vsg_sdb_5213-401.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vogelschutzgebiet&amp;layers=vogelschutzgebiet&amp;qid=VSG-7000-001" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=vsgnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=vsg_gebietsgrenzen&amp;layers=vsg_gebietsgrenzen&amp;qid=5213-401" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=vsg5213-401" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/vsg_sdb_5213-401.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:X2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="35.42578125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="6" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="22.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="178.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="15.5703125" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="42.42578125" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="178" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="81.85546875" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="76.28515625" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="73.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -664,51 +664,51 @@
       <c r="E2" t="s">
         <v>27</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>28</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>29</v>
       </c>
       <c r="J2" t="s">
         <v>30</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>31</v>
       </c>
       <c r="N2">
         <v>109708</v>
       </c>
       <c r="O2" s="3">
-        <v>45973.270790296</v>
+        <v>46045.67792789645</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2" t="s">
         <v>35</v>
       </c>
       <c r="T2" t="s">
         <v>36</v>
       </c>
       <c r="U2" t="s">
         <v>37</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>38</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>39</v>
       </c>