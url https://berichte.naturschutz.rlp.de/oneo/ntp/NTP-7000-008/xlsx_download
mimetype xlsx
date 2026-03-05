--- v0 (2025-11-02)
+++ v1 (2026-03-05)
@@ -594,51 +594,51 @@
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>21</v>
       </c>
       <c r="H2" s="3">
         <v>41393</v>
       </c>
       <c r="I2" t="s">
         <v>22</v>
       </c>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>24</v>
       </c>
       <c r="N2">
         <v>109587</v>
       </c>
       <c r="O2" s="3">
-        <v>45963.39207047397</v>
+        <v>46086.2346048199</v>
       </c>
       <c r="P2" t="s">
         <v>25</v>
       </c>
       <c r="Q2" t="s">
         <v>26</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>