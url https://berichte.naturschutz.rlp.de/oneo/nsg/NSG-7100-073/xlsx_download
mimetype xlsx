--- v0 (2025-11-13)
+++ v1 (2026-02-18)
@@ -659,51 +659,51 @@
       <c r="E2" t="s">
         <v>28</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>29</v>
       </c>
       <c r="H2" s="3">
         <v>40835</v>
       </c>
       <c r="I2" t="s">
         <v>30</v>
       </c>
       <c r="J2" t="s">
         <v>31</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>32</v>
       </c>
       <c r="N2">
         <v>109337</v>
       </c>
       <c r="O2" s="3">
-        <v>45974.50141672781</v>
+        <v>46071.30302438481</v>
       </c>
       <c r="P2" t="s">
         <v>33</v>
       </c>
       <c r="Q2" t="s">
         <v>34</v>
       </c>
       <c r="R2" s="3">
         <v>29277</v>
       </c>
       <c r="S2" s="3">
         <v>29277</v>
       </c>
       <c r="T2" s="2" t="s">
         <v>35</v>
       </c>
       <c r="X2" t="s">
         <v>36</v>
       </c>
       <c r="Y2" t="s">
         <v>37</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>