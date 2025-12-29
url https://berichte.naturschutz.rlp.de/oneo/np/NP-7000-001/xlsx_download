--- v0 (2025-11-01)
+++ v1 (2025-12-29)
@@ -680,51 +680,51 @@
       <c r="G2" s="2" t="s">
         <v>30</v>
       </c>
       <c r="H2" s="3">
         <v>44378</v>
       </c>
       <c r="I2" t="s">
         <v>31</v>
       </c>
       <c r="J2" t="s">
         <v>32</v>
       </c>
       <c r="K2" t="s">
         <v>33</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>34</v>
       </c>
       <c r="N2">
         <v>109765</v>
       </c>
       <c r="O2" s="3">
-        <v>45962.92559692176</v>
+        <v>46020.36500923287</v>
       </c>
       <c r="P2" t="s">
         <v>35</v>
       </c>
       <c r="Q2" t="s">
         <v>36</v>
       </c>
       <c r="R2" s="3">
         <v>42064</v>
       </c>
       <c r="S2" s="3">
         <v>42064</v>
       </c>
       <c r="T2" s="2" t="s">
         <v>37</v>
       </c>
       <c r="U2" t="s">
         <v>38</v>
       </c>
       <c r="V2" t="s">
         <v>39</v>
       </c>
       <c r="W2" t="s">
         <v>40</v>
       </c>