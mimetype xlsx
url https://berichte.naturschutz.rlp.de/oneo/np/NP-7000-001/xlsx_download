--- v1 (2025-12-29)
+++ v2 (2026-02-14)
@@ -680,51 +680,51 @@
       <c r="G2" s="2" t="s">
         <v>30</v>
       </c>
       <c r="H2" s="3">
         <v>44378</v>
       </c>
       <c r="I2" t="s">
         <v>31</v>
       </c>
       <c r="J2" t="s">
         <v>32</v>
       </c>
       <c r="K2" t="s">
         <v>33</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>34</v>
       </c>
       <c r="N2">
         <v>109765</v>
       </c>
       <c r="O2" s="3">
-        <v>46020.36500923287</v>
+        <v>46067.33179772089</v>
       </c>
       <c r="P2" t="s">
         <v>35</v>
       </c>
       <c r="Q2" t="s">
         <v>36</v>
       </c>
       <c r="R2" s="3">
         <v>42064</v>
       </c>
       <c r="S2" s="3">
         <v>42064</v>
       </c>
       <c r="T2" s="2" t="s">
         <v>37</v>
       </c>
       <c r="U2" t="s">
         <v>38</v>
       </c>
       <c r="V2" t="s">
         <v>39</v>
       </c>
       <c r="W2" t="s">
         <v>40</v>
       </c>