--- v0 (2025-11-09)
+++ v1 (2026-02-16)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="lsg" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="35" uniqueCount="35">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="36" uniqueCount="36">
   <si>
     <t>kennung</t>
   </si>
   <si>
     <t>uuid</t>
   </si>
   <si>
     <t>geom_typ</t>
   </si>
   <si>
     <t>area</t>
   </si>
   <si>
     <t>bezeichnung</t>
   </si>
   <si>
     <t>bemerkung</t>
   </si>
   <si>
     <t>url_lanis</t>
   </si>
   <si>
     <t>datum_erfassung</t>
   </si>
   <si>
@@ -93,54 +93,57 @@
   <si>
     <t>url_rvo</t>
   </si>
   <si>
     <t>geom</t>
   </si>
   <si>
     <t>rechtsetzung_anlass</t>
   </si>
   <si>
     <t>LSG-7338-011</t>
   </si>
   <si>
     <t>8be7d7cb-023e-7c64-b534-8267e97f1a9d</t>
   </si>
   <si>
     <t>Fläche</t>
   </si>
   <si>
     <t>Heidewald - Erweiterung Maxdorf</t>
   </si>
   <si>
     <t>https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=landschaftsschutzgebiet&amp;layers=landschaftsschutzgebiet&amp;qid=LSG-7338-011</t>
   </si>
   <si>
-    <t>Neureither, Martin</t>
-[...2 lines deleted...]
-    <t>Datenerfassung</t>
+    <t>Müller, Martin, LANIS-Zentrale</t>
+  </si>
+  <si>
+    <t>fachliche Korrektur</t>
+  </si>
+  <si>
+    <t>gelegenheitsbedingte Kontrolle der Geometrie ergab Unschärfen insbesondere im Angrenzungsbereich zum Nachbar-LSG</t>
   </si>
   <si>
     <t>LK Rhein-Pfalz-Kreis</t>
   </si>
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>siehe Rechtsverordnung</t>
   </si>
   <si>
     <t>https://naturschutz.rlp.de/Dokumente/rvo/lsg/LSG-7338-011.pdf</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((448178.197 5482069.968, 448177.503 5482053.791, 448176.428 5482027.98, 448175.519 5482006.155, 448175.089 5481995.784, 448174.623 5481984.587, 448174.237 5481975.319, 448173.783 5481964.415, 448173.304 5481952.899, 448172.843 5481941.834, 448172.391 5481930.976, 448171.964 5481920.698, 448171.492 5481909.361, 448171.035 5481898.396, 448170.123 5481876.497, 448169.694 5481866.183, 448169.235 5481854.898, 448168.994 5481848.941, 448168.808 5481844.303, 448168.357 5481832.946, 448167.923 5481822.075, 448167.705 5481816.585, 448167.512 5481811.757, 448167.084 5481801.008, 448166.659 5481790.358, 448166.233 5481779.681, 448165.837 5481769.743, 448165.407 5481758.965, 448165.013 5481749.058, 448164.557 5481737.634, 448164.096 5481725.925, 448163.622 5481714.039, 448163.189 5481703.278, 448162.921 5481697.375, 448162.731 5481691.998, 448151.047 5481690.997, 448122.44 5481688.516, 448099.231 5481686.507, 448070.174 5481683.988, 448043.196 5481681.649, 448017.698 5481679.45, 448009.781 5481678.759, 448006.033 5481678.439, 447987.741 5481677.2, 447979.224 5481676.63, 447955.296 5481675.011, 447954.099 5481674.93, 447947.132 5481674.461, 447937.351 5481673.809, 447933.862 5481673.569, 447906.444 5481671.72, 447902.936 5481671.481, 447877.347 5481669.752, 447867.301 5481669.072, 447857.765 5481668.434, 447852.647 5481668.084, 447848.639 5481665.545, 447848.109 5481665.485, 447816.822 5481661.917, 447792.493 5481659.149, 447764.395 5481655.941, 447740.334 5481653.203, 447713.196 5481650.115, 447700.861 5481648.706, 447688.576 5481647.307, 447661.658 5481644.239, 447650.352 5481642.95, 447646.604 5481641.46, 447635.808 5481640.211, 447630.94 5481639.651, 447622.493 5481638.673, 447596.935 5481635.724, 447572.304 5481632.886, 447547.684 5481630.038, 447523.865 5481627.29, 447500.046 5481624.542, 447481.701 5481622.439, 447463.346 5481620.334, 447444.991 5481618.229, 447441.27 5481617.803, 447426.635 5481616.125, 447413.39 5481614.606, 447400.782 5481612.637, 447407.814 5481627.224, 447417.05 5481646.383, 447400.962 5481644.629, 447257.103 5481629.302, 447253.997 5481634.943, 447250.949 5481640.479, 447247.779 5481646.158, 447244.61 5481651.836, 447241.551 5481657.304, 447235.623 5481667.93, 447229.476 5481678.937, 447226.557 5481684.166, 447223.84 5481689.035, 447223.349 5481689.915, 447221.162 5481694.265, 447218.769 5481699.026, 447216.177 5481704.183, 447213.575 5481709.361, 447210.496 5481715.486, 447208.439 5481719.58, 447201.961 5481732.471, 447195.624 5481745.075, 447194.015 5481748.284, 447197.754 5481748.658, 447217.421 5481750.626, 447237.624 5481752.647, 447257.445 5481754.634, 447277.481 5481756.642, 447296.987 5481758.597, 447316.399 5481760.543, 447335.719 5481762.48, 447354.886 5481764.401, 447364.306 5481765.345, 447373.72 5481766.289, 447383.087 5481767.228, 447392.428 5481768.164, 447429.852 5481771.915, 447447.257 5481773.66, 447465.208 5481775.459, 447477.848 5481782.694, 447493.521 5481784.706, 447564.554 5481793.954, 447642.271 5481804.072, 447656.38 5481805.908, 447660.257 5481803.463, 447670.367 5481804.583, 447758.854 5481814.38, 447850.403 5481824.515, 447858.639 5481825.427, 447858.214 5481818.76, 447857.749 5481811.287, 447856.835 5481796.572, 447856.453997 5481790.452242, 447856.4539970307 5481790.452242007, 447856.4539970108 5481790.452241686, 447860.338 5481791.239, 447874.723 5481792.295, 447952.604 5481798.008, 448015.513 5481802.624, 448016.226 5481811.968, 448016.899 5481820.785, 448017.643 5481830.521, 448018.38 5481840.181, 448019.108 5481849.713, 448019.239 5481851.444, 448019.849 5481859.638, 448020.506 5481868.201, 448021.265 5481878.107, 448021.945 5481886.969, 448022.684 5481896.594, 448023.395 5481905.852, 448024.089 5481914.898, 448024.854 5481924.857, 448025.553 5481933.965, 448026.34 5481944.203, 448027.019 5481953.067, 448027.713 5481962.089, 448028.421 5481971.301, 448029.193 5481981.361, 448029.876 5481990.27, 448030.57 5481999.297, 448031.289 5482008.663, 448031.978 5482017.65, 448032.695 5482026.992, 448033.434 5482036.626, 448037.151 5482040.985, 448122.897 5482065.867, 448164.929 5482078.065, 448178.716 5482082.066, 448178.197 5482069.968)))</t>
   </si>
   <si>
     <t>Ausweisung</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
@@ -516,53 +519,53 @@
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=landschaftsschutzgebiet&amp;layers=landschaftsschutzgebiet&amp;qid=LSG-7338-011" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://naturschutz.rlp.de/Dokumente/rvo/lsg/LSG-7338-011.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:V2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.5703125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="36.42578125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="5" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="30.85546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="188.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
-    <col min="9" max="9" width="17.7109375" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="28" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="17.85546875" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="108.28515625" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="21.140625" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="22.42578125" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="13.28515625" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="58.28515625" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="18.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:22">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
@@ -620,90 +623,93 @@
       </c>
       <c r="V1" s="1" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="2" spans="1:22">
       <c r="A2" t="s">
         <v>22</v>
       </c>
       <c r="B2" t="s">
         <v>23</v>
       </c>
       <c r="C2" t="s">
         <v>24</v>
       </c>
       <c r="D2">
         <v>17</v>
       </c>
       <c r="E2" t="s">
         <v>25</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>26</v>
       </c>
       <c r="H2" s="3">
-        <v>45072</v>
+        <v>45917</v>
       </c>
       <c r="I2" t="s">
         <v>27</v>
       </c>
       <c r="J2" t="s">
         <v>28</v>
       </c>
+      <c r="K2" t="s">
+        <v>29</v>
+      </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N2">
         <v>644002</v>
       </c>
       <c r="O2" s="3">
-        <v>45970.97004914252</v>
+        <v>46069.01775174184</v>
       </c>
       <c r="P2" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="Q2" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="R2" s="3">
         <v>43982</v>
       </c>
       <c r="S2" s="3">
         <v>43982</v>
       </c>
       <c r="T2" s="2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="U2" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="V2" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="T2" r:id="rId2"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>