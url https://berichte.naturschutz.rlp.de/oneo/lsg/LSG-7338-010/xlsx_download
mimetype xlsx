--- v0 (2025-11-09)
+++ v1 (2026-02-16)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="lsg" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="35" uniqueCount="35">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="36" uniqueCount="36">
   <si>
     <t>kennung</t>
   </si>
   <si>
     <t>uuid</t>
   </si>
   <si>
     <t>geom_typ</t>
   </si>
   <si>
     <t>area</t>
   </si>
   <si>
     <t>bezeichnung</t>
   </si>
   <si>
     <t>bemerkung</t>
   </si>
   <si>
     <t>url_lanis</t>
   </si>
   <si>
     <t>datum_erfassung</t>
   </si>
   <si>
@@ -93,54 +93,57 @@
   <si>
     <t>url_rvo</t>
   </si>
   <si>
     <t>geom</t>
   </si>
   <si>
     <t>rechtsetzung_anlass</t>
   </si>
   <si>
     <t>LSG-7338-010</t>
   </si>
   <si>
     <t>b932f48c-826d-abf8-dcbf-8e92dbd40c7e</t>
   </si>
   <si>
     <t>Fläche</t>
   </si>
   <si>
     <t>Heidewald</t>
   </si>
   <si>
     <t>https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=landschaftsschutzgebiet&amp;layers=landschaftsschutzgebiet&amp;qid=LSG-7338-010</t>
   </si>
   <si>
-    <t>&lt;nicht mehr ermittelbar&gt;</t>
-[...2 lines deleted...]
-    <t>Datenerfassung</t>
+    <t>Müller, Martin, LANIS-Zentrale</t>
+  </si>
+  <si>
+    <t>fachliche Korrektur</t>
+  </si>
+  <si>
+    <t>Kontrolle der ALK-Konformität ergab z.T. erhebliche Unschärfen</t>
   </si>
   <si>
     <t>LK Rhein-Pfalz-Kreis</t>
   </si>
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>siehe Rechtsverordnung</t>
   </si>
   <si>
     <t>https://naturschutz.rlp.de/Dokumente/rvo/lsg/LSG-7338-010.pdf</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((448019.108 5481849.713, 448019.239 5481851.444, 448019.849 5481859.638, 448020.506 5481868.201, 448021.265 5481878.107, 448021.945 5481886.969, 448022.684 5481896.594, 448023.395 5481905.852, 448024.089 5481914.898, 448024.854 5481924.857, 448025.553 5481933.965, 448026.34 5481944.203, 448027.019 5481953.067, 448027.713 5481962.089, 448028.421 5481971.301, 448029.193 5481981.361, 448029.876 5481990.27, 448030.57 5481999.297, 448031.289 5482008.663, 448031.978 5482017.65, 448032.695 5482026.992, 448033.434 5482036.626, 448037.151 5482040.985, 448122.897 5482065.867, 448164.929 5482078.065, 448178.716 5482082.066, 448179.177 5482092.812, 448183.357 5482099.27, 448253.09 5482101.615, 448277.062 5482102.426, 448288.652 5482102.829, 448292.584 5482102.961, 448297.248 5482103.117, 448326.056 5482104.092, 448327.925 5482104.152, 448328.123 5482114.402, 448328.312 5482124.058, 448328.515 5482134.35, 448328.714 5482144.534, 448328.906 5482154.353, 448329.101 5482164.31, 448329.299 5482174.379, 448329.494 5482184.325, 448329.704 5482195.079, 448329.89 5482204.569, 448330.086 5482214.596, 448330.28 5482224.491, 448330.486 5482235.042, 448330.789 5482250.513, 448331.021 5482262.375, 448331.085 5482265.661, 448331.261 5482274.791, 448331.463 5482285.295, 448331.666 5482295.805, 448331.86 5482305.848, 448332.266 5482326.851, 448332.461 5482336.905, 448332.652 5482346.821, 448332.844 5482356.744, 448333.046 5482367.191, 448333.251 5482377.816, 448333.446 5482387.909, 448333.857 5482409.151, 448334.048 5482419.072, 448334.26 5482430.053, 448334.476 5482441.213, 448334.677 5482451.665, 448334.858 5482461.014, 448335.166 5482476.975, 448335.257 5482481.698, 448335.486 5482493.536, 448335.686 5482503.928, 448335.878 5482513.856, 448336.093 5482524.994, 448336.311 5482536.289, 448336.52 5482547.131, 448336.624 5482552.527, 448336.727 5482557.896, 448336.945 5482570.115, 448337.187 5482583.682, 448337.422 5482596.836, 448337.689 5482611.748, 448337.979 5482627.989, 448338.317 5482646.904, 448338.703 5482668.49, 448339.002 5482685.234, 448339.111 5482691.323, 448339.154 5482695.401, 448339.424 5482720.864, 448339.46 5482724.454, 448339.841 5482762.651, 448339.876 5482766.469, 448340.589 5482823.402, 448341.06 5482861.235, 448341.973 5482915.07, 448342.035 5482918.751, 448343.577 5483010.369, 448343.21 5483017.623, 448339.986 5483023.636, 448326.345 5483025.565, 448274.336 5483032.92, 448242.491 5483037.171, 448179.18 5483042.804, 448179.32 5483043.803, 448169.479 5483044.36, 448160.247 5483044.882, 448150.11 5483045.456, 448140.622 5483045.993, 448131.058 5483046.534, 448121.907 5483047.052, 448112.346 5483047.593, 448107.692 5483047.856, 448103.858 5483047.48, 448094.179 5483046.531, 448080.225 5483045.163, 448065.812 5483043.75, 448058.759 5483043.058, 448051.962 5483042.392, 448044.864 5483041.696, 448037.353 5483040.96, 448022.769 5483039.53, 447953.344 5483032.723, 447950.5 5483032.444, 447885.815 5483026.164, 447877.162 5483025.324, 447868.327 5483024.466, 447859.742 5483023.632, 447850.628 5483022.747, 447842.374 5483021.946, 447836.58 5483002.421, 447834.9496099443 5482996.927357224, 447825.511 5483000.126, 447814.41 5482997.824, 447804.053 5482995.676, 447794.096 5482993.611, 447783.539 5482991.422, 447773.537 5482989.348, 447763.422 5482987.25, 447752.8 5482985.047, 447741.658 5482982.736, 447731.213 5482980.57, 447721.046 5482978.462, 447710.423 5482976.259, 447700.441 5482974.189, 447699.169 5482973.925, 447690.418 5482972.11, 447679.953 5482969.94, 447669.262 5482967.723, 447658.687 5482965.53, 447627.576 5482959.078, 447623.602 5482958.254, 447564.766 5482946.052, 447442.745 5482920.747, 447433.366 5482918.762, 447423.712 5482916.718, 447414.336 5482914.733, 447410.788 5482913.982, 447404.459 5482912.529, 447396.752 5482910.759, 447388.032 5482908.757, 447380.647 5482907.061, 447372.124 5482905.233, 447368.294 5482904.411, 447356.294 5482901.958, 447344.259 5482899.497, 447331.962 5482896.983, 447319.949 5482894.527, 447299.046 5482890.134, 447283.506 5482886.939, 447276.454 5482884.669, 447268.314 5482882.049, 447260.224 5482879.445, 447252.333 5482876.904, 447244.216 5482874.291, 447236.253 5482871.782, 447228.308 5482869.278, 447220.28 5482866.933, 447210.993 5482864.221, 447202.926 5482861.676, 447195.237 5482859.251, 447186.252 5482856.417, 447174.136 5482852.599, 447161.93 5482848.742, 447154.053 5482846.264, 447145.449 5482843.509, 447137.473 5482841.013, 447129.182 5482838.419, 447116.796 5482834.512, 447104.331 5482830.584, 447096.132 5482827.997, 447087.46 5482825.261, 447078.858 5482822.547, 447070.369 5482819.869, 447062.887 5482817.508, 447054.629 5482814.903, 447051.012 5482813.744, 447019.674 5482800.005, 446977.285 5482782.845, 446955.012 5482766.342, 446930.116 5482747.719, 446916.198 5482737.312, 446902.92 5482729.383, 446895.862 5482724.953, 446890.193 5482721.395, 446883.789 5482717.376, 446877.658 5482713.528, 446849.918 5482696.117, 446845.908 5482693.6, 446842.27 5482691.316, 446838.546 5482688.979, 446834.625 5482686.518, 446827.267 5482681.9, 446823.631 5482679.617, 446820.105 5482677.404, 446812.809 5482672.75, 446803.953 5482667.099, 446794.301 5482661.601, 446787.145 5482657.524, 446775.988 5482651.303, 446772.323 5482649.307, 446768.67 5482647.318, 446761.873 5482643.617, 446754.547 5482639.628, 446745.003 5482634.431, 446731.683 5482627.179, 446722.95 5482622.423, 446721.468 5482626.237, 446713.581 5482624.207, 446709.333 5482623.117, 446704.745 5482621.938, 446700.358 5482620.812, 446696.506 5482619.824, 446691.421 5482618.519, 446685.994 5482617.124, 446681.042 5482615.851, 446672.639 5482613.691, 446664.393 5482611.582, 446656.297 5482609.502, 446652.238 5482608.452, 446648.08 5482607.382, 446639.883 5482605.283, 446631.546 5482603.143, 446623.32 5482601.022, 446606.947 5482596.816, 446598.344 5482594.605, 446594.015 5482593.493, 446589.952 5482592.45, 446583.965 5482590.911, 446594.316 5482576.635, 446602.436 5482565.434, 446603.669 5482563.734, 446593.424 5482538.232, 446589.237 5482540.771, 446587.904 5482538.6, 446582.038 5482529.051, 446579.11 5482524.285, 446576.21 5482519.563, 446573.133 5482514.555, 446570.209 5482509.795, 446563.669 5482499.148, 446557.281 5482488.749, 446550.467 5482477.656, 446543.498 5482466.31, 446539.629 5482460.011, 446536.548 5482454.997, 446530.04 5482444.402, 446516.021 5482421.58, 446508.794 5482409.814, 446495.489 5482388.155, 446480.958 5482364.5, 446473.262 5482351.971, 446458.969 5482328.703, 446452.18 5482317.651, 446445.001 5482305.964, 446443.889 5482303.681, 446433.984 5482303.464, 446433.334 5482301.79, 446422.514 5482292.804, 446416.346 5482287.682, 446409.442 5482281.949, 446382.253 5482259.371, 446375.449 5482253.72, 446368.692 5482248.11, 446356.564 5482238.038, 446339.718 5482224.049, 446341.108 5482221.9, 446347.43 5482212.11, 446355.869 5482199.044, 446364.991 5482184.92, 446372.489 5482173.31, 446375.223 5482169.078, 446386.597 5482151.469, 446391.86 5482143.32, 446394.407 5482139.377, 446398.046 5482133.743, 446409.31 5482116.24, 446424.915 5482092.142, 446427.951 5482085.776, 446425.536 5482080.127, 446421.21 5482070.011, 446419.202 5482062.166, 446417.24 5482054.104, 446415.025 5482046.108, 446412.873 5482037.793, 446409.26 5482021.799, 446404.914 5482005.232, 446401.851 5481993.557, 446398.886 5481982.703, 446396.355 5481972.61, 446393.941 5481963.98, 446391.752 5481955.598, 446389.647 5481947.538, 446387.545 5481939.669, 446383.322 5481923.862, 446381.293 5481915.802, 446379.053 5481908.556, 446378.641 5481907.225, 446611.385 5481916.649, 446616.414 5481917.05, 446614.282 5481901.25, 446613.59 5481894.119, 446655.728 5481890.522, 446727.237 5481891.273, 446823.937 5481910.132, 446836.363 5481912.35, 446842.826 5481913.504, 446861.554 5481917.145, 446877.127 5481920.173, 446878.924 5481920.233, 446876.304 5481860.012, 446875.746 5481847.19, 446873.658 5481799.165, 446879.336 5481798.948, 446885.296 5481798.719, 446895.162 5481798.341, 446905.034 5481797.963, 446914.387 5481797.605, 446938.752 5481794.254, 446961.997 5481791.058, 446987.454 5481787.557, 447009.439 5481789.214, 447022.693 5481790.214, 447042.214 5481791.682, 447061.646 5481793.141, 447064.259 5481793.369, 447084.776 5481795.23, 447098.981 5481796.529, 447113.785 5481797.888, 447142.423 5481800.517, 447137.685 5481812.672, 447128.499 5481822.177, 447126.104 5481827.049, 447111.436 5481856.884, 447100.27 5481879.605, 447098.303 5481882.721, 447092.743 5481891.53, 447071.792 5481924.746, 447040.5052830092 5481965.889090279, 447061.456 5481973.236, 447143.713 5481999.79, 447148.389 5482000.728, 447165.355 5482004.13, 447180.421 5482005.591, 447184.96 5482006.035, 447185.1 5482000.937, 447187.454 5481915.345, 447187.51 5481913.318, 447181.658 5481826.487, 447181.438 5481823.278, 447181.198 5481819.619, 447181.048 5481817.52, 447179.698 5481797.508, 447178.419 5481778.445, 447194.015 5481748.284, 447197.754 5481748.658, 447217.421 5481750.626, 447237.624 5481752.647, 447257.445 5481754.634, 447277.481 5481756.642, 447296.987 5481758.597, 447316.399 5481760.543, 447335.719 5481762.48, 447354.886 5481764.401, 447364.306 5481765.345, 447373.72 5481766.289, 447383.087 5481767.228, 447392.428 5481768.164, 447429.852 5481771.915, 447447.257 5481773.66, 447465.208 5481775.459, 447477.848 5481782.694, 447493.521 5481784.706, 447564.554 5481793.954, 447642.271 5481804.072, 447656.38 5481805.908, 447660.257 5481803.463, 447670.367 5481804.583, 447758.854 5481814.38, 447850.403 5481824.515, 447858.639 5481825.427, 447858.214 5481818.76, 447857.749 5481811.287, 447856.835 5481796.572, 447856.4539970108 5481790.452241686, 447860.338 5481791.239, 447874.723 5481792.295, 447952.604 5481798.008, 448015.513 5481802.624, 448016.226 5481811.968, 448016.899 5481820.785, 448017.643 5481830.521, 448018.38 5481840.181, 448019.108 5481849.713)), ((447977.261 5480306.707, 447985.816 5480308.261, 447988.195 5480311.729, 447972.538 5480392.177, 447968.999 5480394.705, 447971.318 5480399.035, 448026.085 5480405.123, 448033.75 5480407.04, 447968.717 5480495.527, 447930.101 5480548.069, 447928.005 5480550.898, 447925.253 5480554.612, 447814.585 5480706.538, 447780.978 5480754.931, 447777.115 5480760.494, 447768.116 5480773.452, 447734.618 5480819.617, 447729.913 5480826.1, 447662.891 5480918.466, 447550.406 5481073.013, 447535.748 5481091.466, 447508.038 5481113.943, 447501.909 5481115.562, 447498.821 5481116.376, 447488.118 5481115.695, 447476.558 5481118.744, 447467.976 5481129.9, 447464.184 5481137.511, 447460.423 5481137.75, 447444.241 5481137.537, 447254.365 5481120.88, 447170.572 5481109.717, 447163.286 5481094.431, 447184.07 5481019.848, 447186.518 5481011.067, 447209.363 5480929.13, 447244.892 5480793.941, 447251.924 5480767.201, 447267.373 5480703.788, 447292.012 5480607.609, 447318.415 5480504.514, 447325.501 5480477.034, 447329.55 5480461.331, 447335.81 5480437.029, 447336.806 5480433.164, 447337.835 5480429.171, 447338.792 5480425.454, 447339.977 5480420.858, 447340.924 5480417.185, 447341.957 5480413.175, 447342.686 5480410.346, 447343.335 5480407.827, 447344.778 5480402.185, 447348.126 5480389.19, 447352.412 5480390.523, 447389.675 5480271.708, 447395.032 5480268.879, 447463.885 5480283.983, 447543.21 5480325.817, 447546.706 5480326.598, 447551.479 5480323.737, 447549.13 5480320.148, 447565.904 5480235.093, 447569.442 5480232.684, 447571.753 5480233.104, 447577.311 5480234.112, 447582.681 5480235.087, 447588.485 5480236.141, 447594.209 5480237.18, 447597.415 5480237.762, 447601.015 5480238.415, 447608.008 5480239.684, 447611.962 5480240.402, 447617.46 5480241.4, 447635.696 5480244.71, 447644.912 5480246.383, 447651.932 5480247.657, 447655.675 5480248.337, 447661.288 5480249.355, 447666.745 5480250.346, 447671.971 5480251.295, 447677.428 5480252.285, 447683.042 5480253.304, 447688.643 5480254.321, 447699.556 5480256.302, 447704.868 5480257.266, 447710.396 5480258.269, 447717.457 5480259.551, 447724.968 5480260.915, 447732.073 5480262.204, 447735.905 5480262.9, 447739.432 5480263.54, 447743.203 5480264.225, 447754.004 5480266.185, 447766.487 5480268.451, 447777.544 5480270.458, 447788.755 5480272.493, 447794.977 5480273.623, 447799.329 5480274.413, 447806.238 5480275.667, 447809.513 5480276.261, 447813.791 5480277.038, 447823.397 5480278.782, 447834.446 5480280.787, 447840.35 5480281.858, 447846.885 5480283.043, 447853.426 5480284.228, 447860.415 5480285.496, 447867.412 5480286.766, 447899.52 5480292.594, 447916.783 5480295.724, 447926.068 5480297.409, 447954.348 5480302.546, 447977.261 5480306.707)))</t>
   </si>
   <si>
     <t>Änderung</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
@@ -516,53 +519,53 @@
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=landschaftsschutzgebiet&amp;layers=landschaftsschutzgebiet&amp;qid=LSG-7338-010" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://naturschutz.rlp.de/Dokumente/rvo/lsg/LSG-7338-010.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:V2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.5703125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="36" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="6" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="12.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="188.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
-    <col min="9" max="9" width="23.140625" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="28" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="17.85546875" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="57.42578125" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="21.140625" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="22.42578125" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="13.28515625" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="58.28515625" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="18.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:22">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
@@ -620,90 +623,93 @@
       </c>
       <c r="V1" s="1" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="2" spans="1:22">
       <c r="A2" t="s">
         <v>22</v>
       </c>
       <c r="B2" t="s">
         <v>23</v>
       </c>
       <c r="C2" t="s">
         <v>24</v>
       </c>
       <c r="D2">
         <v>233</v>
       </c>
       <c r="E2" t="s">
         <v>25</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>26</v>
       </c>
       <c r="H2" s="3">
-        <v>40835</v>
+        <v>45917</v>
       </c>
       <c r="I2" t="s">
         <v>27</v>
       </c>
       <c r="J2" t="s">
         <v>28</v>
       </c>
+      <c r="K2" t="s">
+        <v>29</v>
+      </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N2">
         <v>109049</v>
       </c>
       <c r="O2" s="3">
-        <v>45970.97005967104</v>
+        <v>46069.01596051544</v>
       </c>
       <c r="P2" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="Q2" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="R2" s="3">
         <v>33013</v>
       </c>
       <c r="S2" s="3">
         <v>33537</v>
       </c>
       <c r="T2" s="2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="U2" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="V2" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="T2" r:id="rId2"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>