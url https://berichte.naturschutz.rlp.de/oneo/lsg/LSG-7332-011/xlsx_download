--- v0 (2025-11-08)
+++ v1 (2026-02-16)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="lsg" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="35" uniqueCount="35">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="36" uniqueCount="36">
   <si>
     <t>kennung</t>
   </si>
   <si>
     <t>uuid</t>
   </si>
   <si>
     <t>geom_typ</t>
   </si>
   <si>
     <t>area</t>
   </si>
   <si>
     <t>bezeichnung</t>
   </si>
   <si>
     <t>bemerkung</t>
   </si>
   <si>
     <t>url_lanis</t>
   </si>
   <si>
     <t>datum_erfassung</t>
   </si>
   <si>
@@ -93,54 +93,57 @@
   <si>
     <t>url_rvo</t>
   </si>
   <si>
     <t>geom</t>
   </si>
   <si>
     <t>rechtsetzung_anlass</t>
   </si>
   <si>
     <t>LSG-7332-011</t>
   </si>
   <si>
     <t>0843073e-e5d8-f58f-ea2c-8a6000399e4d</t>
   </si>
   <si>
     <t>Fläche</t>
   </si>
   <si>
     <t>Ellerstadter Weiher</t>
   </si>
   <si>
     <t>https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=landschaftsschutzgebiet&amp;layers=landschaftsschutzgebiet&amp;qid=LSG-7332-011</t>
   </si>
   <si>
-    <t>&lt;nicht mehr ermittelbar&gt;</t>
-[...2 lines deleted...]
-    <t>Datenerfassung</t>
+    <t>Müller, Martin; Lanis-Zentrale</t>
+  </si>
+  <si>
+    <t>fachliche Korrektur</t>
+  </si>
+  <si>
+    <t>Grenzziehungskorrektur mit Verweis auf RVO auf Veranlassung von Fr. Weber, UNB Bad Dürkheim</t>
   </si>
   <si>
     <t>LK Bad Dürkheim</t>
   </si>
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>siehe Rechtsverordnung</t>
   </si>
   <si>
     <t>https://naturschutz.rlp.de/Dokumente/rvo/lsg/LSG-7332-011.pdf</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((446859.632 5480257.481, 446863.819 5480256.459, 446876.951 5480253.255, 446887.956 5480250.569, 446895.614 5480248.7, 446899.159 5480247.835, 446905.748 5480247.43, 446915.463 5480246.834, 446913.794 5480251.582, 446902.057 5480257.701, 446890.002 5480263.989, 446887.593 5480270.556, 446895.57 5480275.753, 446903.478 5480280.901, 446917.124 5480289.787, 446930.448 5480298.473, 446936.426 5480302.361, 446942.674 5480306.439, 446946.043 5480308.625, 446947.203 5480309.378, 446951.691 5480312.307, 446960.009 5480317.725, 446965.626 5480321.383, 446970.394 5480324.492, 446974.804 5480327.361, 446977.393 5480329.04, 446981.571 5480331.769, 446985.469 5480334.308, 446997.298 5480336.527, 447001.949 5480337.4, 447007.291 5480338.402, 447012.752 5480339.427, 447017.569 5480340.331, 447021.129 5480340.999, 447025.336 5480341.788, 447029.131 5480342.5, 447033.44 5480343.309, 447045.349 5480345.543, 447051.447 5480346.692, 447057.405 5480347.811, 447065.362 5480349.251, 447063.251 5480361.321, 447062.086 5480367.981, 447059.893 5480380.524, 447124.508 5480393.757, 447187.12 5480406.579, 447320.277 5480433.848, 447335.81 5480437.029, 447329.55 5480461.331, 447325.501 5480477.034, 447318.415 5480504.514, 447292.012 5480607.609, 447267.373 5480703.788, 447251.924 5480767.201, 447244.892 5480793.941, 447209.363 5480929.13, 447180.047 5480932.924, 447114.773 5480941.438, 447101.796 5480943.13, 447089.601 5480944.709, 447009.442 5480955.141, 446838.139 5480973.607, 446836.24 5480973.812, 446836.148 5480972.661, 446833.21 5480935.946, 446829.132 5480884.655, 446826.568 5480852.411, 446822.744 5480804.36, 446821.891 5480793.653, 446814.79 5480704.535, 446807.789 5480616.594, 446804.601 5480616.395, 446801.404 5480616.197, 446798.325 5480616.004, 446795.092 5480615.803, 446791.916 5480615.604, 446788.683 5480615.403, 446785.697 5480615.216, 446782.555 5480615.019, 446776.408 5480614.635, 446770.766 5480614.283, 446766.702 5480614.031, 446763.64 5480613.84, 446760.408 5480613.637, 446757.447 5480613.452, 446751.67 5480613.091, 446748.953 5480612.921, 446745.925 5480612.732, 446742.661 5480612.528, 446739.62 5480612.338, 446736.099 5480612.117, 446732.609 5480611.901, 446729.555 5480611.71, 446726.574 5480611.574, 446723.572 5480611.439, 446720.691 5480611.309, 446714.261 5480611.017, 446711.389 5480610.887, 446708.719 5480610.766, 446705.653 5480610.627, 446702.686 5480610.493, 446699.477 5480610.348, 446696.17 5480610.199, 446693.058 5480610.059, 446690.107 5480609.925, 446683.848 5480609.642, 446679.971 5480609.467, 446675.903 5480609.283, 446671.807 5480609.098, 446663.369 5480608.717, 446660.384 5480608.582, 446657.313 5480608.443, 446654.115 5480608.299, 446650.159 5480608.121, 446647.075 5480607.981, 446643.641 5480607.826, 446640.891 5480607.702, 446635.057 5480607.438, 446632.193 5480607.309, 446629.266 5480607.177, 446625.956 5480607.027, 446622.965 5480606.892, 446618.325 5480606.683, 446614.062 5480606.49, 446610.656 5480606.337, 446607.689 5480606.203, 446606.796 5480606.164, 446604.906 5480605.992, 446602.142 5480605.742, 446599.38 5480605.491, 446596.205 5480605.203, 446593.038 5480604.916, 446590.136 5480604.652, 446586.934 5480604.362, 446584.088 5480604.105, 446581.097 5480603.834, 446577.409 5480603.499, 446574.416 5480603.227, 446571.145 5480602.931, 446567.961 5480602.642, 446565.237 5480602.395, 446562.355 5480602.133, 446559.27 5480601.855, 446556.24 5480601.58, 446553.536 5480601.334, 446550.789 5480601.085, 446547.528 5480600.789, 446544.328 5480600.499, 446540.467 5480600.149, 446537.508 5480599.88, 446534.485 5480599.607, 446531.526 5480599.339, 446528.441 5480599.059, 446525.383 5480598.781, 446522.206 5480598.493, 446518.927 5480598.195, 446513.348 5480597.69, 446507.07 5480597.122, 446501.065 5480596.577, 446496.74 5480596.184, 446494.758 5480596.015, 446491.67 5480595.751, 446488.299 5480595.464, 446484.963 5480595.179, 446481.824 5480594.911, 446475.626 5480594.382, 446472.686 5480594.13, 446469.712 5480593.876, 446466.78 5480593.626, 446461.997 5480593.218, 446457.372 5480592.824, 446454.269 5480592.559, 446420.577 5480589.691, 446415.127 5480589.171, 446409.21 5480588.612, 446406.331 5480588.332, 446403.562 5480588.072, 446397.694 5480587.512, 446390.727 5480586.843, 446387.328 5480586.523, 446383.79 5480586.183, 446383.745 5480582.951, 446384.28 5480576.147, 446385.897 5480555.647, 446387.305 5480537.814, 446388.735 5480519.813, 446390.143 5480501.88, 446391.561 5480483.908, 446393.109 5480464.387, 446362.723 5480461.967, 446332.097 5480459.516, 446338.3 5480443.142, 446349.419 5480432.389, 446355.945 5480422.194, 446364.971 5480400.953, 446369.488 5480386.09, 446373.585 5480372.598, 446379.251 5480346.589, 446382.5 5480322.351, 446383.838 5480292.714, 446384.548 5480276.802, 446389.9 5480274.387, 446485.968 5480270.347, 446522.762 5480270.346, 446576.52 5480277.022, 446648.029 5480294.428, 446695.373 5480298.657, 446765.149 5480290.782, 446782.942 5480285.746, 446797.569 5480279.692, 446811.655 5480273.862, 446828.025 5480267.086, 446859.632 5480257.481)))</t>
   </si>
   <si>
     <t>Ausweisung</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
@@ -516,53 +519,53 @@
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=landschaftsschutzgebiet&amp;layers=landschaftsschutzgebiet&amp;qid=LSG-7332-011" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://naturschutz.rlp.de/Dokumente/rvo/lsg/LSG-7332-011.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:V2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.5703125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="36" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="5" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="18.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="188.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
-    <col min="9" max="9" width="23.140625" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="27.28515625" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="17.85546875" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="87.140625" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="21.140625" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="22.42578125" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="13.28515625" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="58.28515625" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="18.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:22">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
@@ -620,90 +623,93 @@
       </c>
       <c r="V1" s="1" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="2" spans="1:22">
       <c r="A2" t="s">
         <v>22</v>
       </c>
       <c r="B2" t="s">
         <v>23</v>
       </c>
       <c r="C2" t="s">
         <v>24</v>
       </c>
       <c r="D2">
         <v>41.5</v>
       </c>
       <c r="E2" t="s">
         <v>25</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>26</v>
       </c>
       <c r="H2" s="3">
-        <v>40835</v>
+        <v>45868</v>
       </c>
       <c r="I2" t="s">
         <v>27</v>
       </c>
       <c r="J2" t="s">
         <v>28</v>
       </c>
+      <c r="K2" t="s">
+        <v>29</v>
+      </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N2">
         <v>109027</v>
       </c>
       <c r="O2" s="3">
-        <v>45969.4885598375</v>
+        <v>46069.2446887289</v>
       </c>
       <c r="P2" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="Q2" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="R2" s="3">
         <v>32479</v>
       </c>
       <c r="S2" s="3">
         <v>32479</v>
       </c>
       <c r="T2" s="2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="U2" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="V2" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="T2" r:id="rId2"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>